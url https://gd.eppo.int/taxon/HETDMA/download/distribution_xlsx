--- v0 (2025-10-17)
+++ v1 (2026-02-20)
@@ -449,51 +449,51 @@
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>
   <si>
     <t>ws</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
@@ -1973,51 +1973,51 @@
       <c r="B57" t="s">
         <v>123</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
         <v>124</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
         <v>108</v>
       </c>
       <c r="B58" t="s">
         <v>125</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
         <v>126</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
         <v>108</v>
       </c>
       <c r="B59" t="s">
         <v>127</v>
       </c>
       <c r="C59"/>
       <c r="D59" t="s">
         <v>128</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>108</v>
       </c>
       <c r="B60" t="s">
         <v>129</v>
       </c>