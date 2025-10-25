--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Heteroderidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> soybean cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497568e0959fd5eeb" w:history="1">
+            <w:hyperlink r:id="rId268168fc4ca5b73d0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId464668e0959fd5f32" w:history="1">
+            <w:hyperlink r:id="rId554168fc4ca5b7412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77445206" name="name968868e0959fd6031" descr="15716.jpg"/>
+                  <wp:docPr id="44706533" name="name723368fc4ca5b7513" descr="15716.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15716.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId779668e0959fd6030" cstate="print"/>
+                          <a:blip r:embed="rId185968fc4ca5b7511" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId388968e0959fd611e" w:history="1">
+            <w:hyperlink r:id="rId285668fc4ca5b762b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3555,63 +3555,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="65584391" name="name218268e0959fd8228" descr="HETDGL_distribution_map.jpg"/>
+            <wp:docPr id="29041448" name="name628668fc4ca5b9a52" descr="HETDGL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDGL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId547868e0959fd8224" cstate="print"/>
+                    <a:blip r:embed="rId540768fc4ca5b9a4e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5007,51 +5007,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 110. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId234068e0959fd8edf" w:history="1">
+      <w:hyperlink r:id="rId486368fc4ca5ba69c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s13007-022-00933-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5643,90 +5643,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 417–419.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAOSTAT (2007) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId926168e0959fd9300" w:history="1">
+      <w:hyperlink r:id="rId974068fc4ca5bab80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://faostat.fao.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 2009-09-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAOSTAT (2022) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId720868e0959fd9340" w:history="1">
+      <w:hyperlink r:id="rId367768fc4ca5babc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://faostat.fao.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -6052,51 +6052,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Koenning SR &amp; Wrather JA (2010). Suppression of soybean yield potential in the continental United States from plant diseases estimated from 2006 to 2009. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId258768e0959fd959d" w:history="1">
+      <w:hyperlink r:id="rId326768fc4ca5bae82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2010-1122-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7152,51 +7152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in the United States and Canada in 2020. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId291068e0959fd9d65" w:history="1">
+      <w:hyperlink r:id="rId936168fc4ca5bb5d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-10-20-0094-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7409,51 +7409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterodera glycines</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId116268e0959fd9f12" w:history="1">
+      <w:hyperlink r:id="rId576668fc4ca5bb7b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7641,63 +7641,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 683–688.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="85603956" name="name203868e0959fda0ff" descr="eu_funding_250.png"/>
+            <wp:docPr id="85920244" name="name333868fc4ca5bb9e2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId185268e0959fda0fd" cstate="print"/>
+                    <a:blip r:embed="rId463468fc4ca5bb9e1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7795,137 +7795,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91214891">
+  <w:abstractNum w:abstractNumId="29539633">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40578253">
+    <w:lvl w:ilvl="0" w:tplc="68424706">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40578253" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68424706" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40578253" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68424706" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40578253" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68424706" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40578253" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68424706" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40578253" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68424706" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40578253" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68424706" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40578253" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68424706" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40578253" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68424706" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91214890">
+  <w:abstractNum w:abstractNumId="29539632">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14741258">
+    <w:lvl w:ilvl="0" w:tplc="74877893">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8677,55 +8677,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91214890">
-    <w:abstractNumId w:val="91214890"/>
+  <w:num w:numId="29539632">
+    <w:abstractNumId w:val="29539632"/>
   </w:num>
-  <w:num w:numId="91214891">
-    <w:abstractNumId w:val="91214891"/>
+  <w:num w:numId="29539633">
+    <w:abstractNumId w:val="29539633"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20275,51 +20275,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId992957923" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId372833349" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId497568e0959fd5eeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/" TargetMode="External"/><Relationship Id="rId464668e0959fd5f32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/categorization" TargetMode="External"/><Relationship Id="rId388968e0959fd611e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/photos" TargetMode="External"/><Relationship Id="rId234068e0959fd8edf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s13007-022-00933-8" TargetMode="External"/><Relationship Id="rId926168e0959fd9300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org/" TargetMode="External"/><Relationship Id="rId720868e0959fd9340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org" TargetMode="External"/><Relationship Id="rId258768e0959fd959d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-1122-01-RS" TargetMode="External"/><Relationship Id="rId291068e0959fd9d65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-10-20-0094-BR" TargetMode="External"/><Relationship Id="rId116268e0959fd9f12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId779668e0959fd6030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId779668e0959fd6030.jpg"/><Relationship Id="rId547868e0959fd8224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId547868e0959fd8224.jpg"/><Relationship Id="rId185268e0959fda0fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId185268e0959fda0fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId782245367" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId374293308" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId268168fc4ca5b73d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/" TargetMode="External"/><Relationship Id="rId554168fc4ca5b7412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/categorization" TargetMode="External"/><Relationship Id="rId285668fc4ca5b762b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/photos" TargetMode="External"/><Relationship Id="rId486368fc4ca5ba69c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s13007-022-00933-8" TargetMode="External"/><Relationship Id="rId974068fc4ca5bab80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org/" TargetMode="External"/><Relationship Id="rId367768fc4ca5babc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org" TargetMode="External"/><Relationship Id="rId326768fc4ca5bae82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-1122-01-RS" TargetMode="External"/><Relationship Id="rId936168fc4ca5bb5d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-10-20-0094-BR" TargetMode="External"/><Relationship Id="rId576668fc4ca5bb7b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId185968fc4ca5b7511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId185968fc4ca5b7511.jpg"/><Relationship Id="rId540768fc4ca5b9a4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId540768fc4ca5b9a4e.jpg"/><Relationship Id="rId463468fc4ca5bb9e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId463468fc4ca5bb9e1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>