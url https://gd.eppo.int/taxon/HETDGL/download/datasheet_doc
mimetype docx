--- v1 (2025-10-25)
+++ v2 (2025-11-17)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Heteroderidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> soybean cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268168fc4ca5b73d0" w:history="1">
+            <w:hyperlink r:id="rId5179691ab2a9b56cc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId554168fc4ca5b7412" w:history="1">
+            <w:hyperlink r:id="rId1530691ab2a9b5712" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44706533" name="name723368fc4ca5b7513" descr="15716.jpg"/>
+                  <wp:docPr id="89261193" name="name5858691ab2a9b615e" descr="15716.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15716.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId185968fc4ca5b7511" cstate="print"/>
+                          <a:blip r:embed="rId6347691ab2a9b615c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId285668fc4ca5b762b" w:history="1">
+            <w:hyperlink r:id="rId5983691ab2a9b625f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3555,63 +3555,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="29041448" name="name628668fc4ca5b9a52" descr="HETDGL_distribution_map.jpg"/>
+            <wp:docPr id="1007886" name="name2278691ab2a9b8669" descr="HETDGL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDGL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId540768fc4ca5b9a4e" cstate="print"/>
+                    <a:blip r:embed="rId7200691ab2a9b8666" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5007,51 +5007,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 110. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId486368fc4ca5ba69c" w:history="1">
+      <w:hyperlink r:id="rId3759691ab2a9b91f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s13007-022-00933-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5643,90 +5643,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 417–419.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAOSTAT (2007) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId974068fc4ca5bab80" w:history="1">
+      <w:hyperlink r:id="rId8744691ab2a9b961a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://faostat.fao.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 2009-09-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAOSTAT (2022) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367768fc4ca5babc2" w:history="1">
+      <w:hyperlink r:id="rId9886691ab2a9b9659" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://faostat.fao.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -6052,51 +6052,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Koenning SR &amp; Wrather JA (2010). Suppression of soybean yield potential in the continental United States from plant diseases estimated from 2006 to 2009. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId326768fc4ca5bae82" w:history="1">
+      <w:hyperlink r:id="rId9909691ab2a9b98c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2010-1122-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7152,51 +7152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in the United States and Canada in 2020. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId936168fc4ca5bb5d4" w:history="1">
+      <w:hyperlink r:id="rId5319691ab2a9b9fd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-10-20-0094-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7409,51 +7409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterodera glycines</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId576668fc4ca5bb7b5" w:history="1">
+      <w:hyperlink r:id="rId7022691ab2a9ba178" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7641,63 +7641,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 683–688.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="85920244" name="name333868fc4ca5bb9e2" descr="eu_funding_250.png"/>
+            <wp:docPr id="63332012" name="name8915691ab2a9ba331" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId463468fc4ca5bb9e1" cstate="print"/>
+                    <a:blip r:embed="rId8708691ab2a9ba330" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7795,137 +7795,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29539633">
+  <w:abstractNum w:abstractNumId="66216091">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68424706">
+    <w:lvl w:ilvl="0" w:tplc="71644190">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68424706" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71644190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68424706" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71644190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68424706" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71644190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68424706" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71644190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68424706" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71644190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68424706" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71644190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68424706" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71644190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68424706" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71644190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29539632">
+  <w:abstractNum w:abstractNumId="66216090">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74877893">
+    <w:lvl w:ilvl="0" w:tplc="18285878">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8677,55 +8677,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29539632">
-    <w:abstractNumId w:val="29539632"/>
+  <w:num w:numId="66216090">
+    <w:abstractNumId w:val="66216090"/>
   </w:num>
-  <w:num w:numId="29539633">
-    <w:abstractNumId w:val="29539633"/>
+  <w:num w:numId="66216091">
+    <w:abstractNumId w:val="66216091"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20275,51 +20275,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId782245367" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId374293308" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId268168fc4ca5b73d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/" TargetMode="External"/><Relationship Id="rId554168fc4ca5b7412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/categorization" TargetMode="External"/><Relationship Id="rId285668fc4ca5b762b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/photos" TargetMode="External"/><Relationship Id="rId486368fc4ca5ba69c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s13007-022-00933-8" TargetMode="External"/><Relationship Id="rId974068fc4ca5bab80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org/" TargetMode="External"/><Relationship Id="rId367768fc4ca5babc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org" TargetMode="External"/><Relationship Id="rId326768fc4ca5bae82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-1122-01-RS" TargetMode="External"/><Relationship Id="rId936168fc4ca5bb5d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-10-20-0094-BR" TargetMode="External"/><Relationship Id="rId576668fc4ca5bb7b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId185968fc4ca5b7511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId185968fc4ca5b7511.jpg"/><Relationship Id="rId540768fc4ca5b9a4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId540768fc4ca5b9a4e.jpg"/><Relationship Id="rId463468fc4ca5bb9e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId463468fc4ca5bb9e1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId215220131" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId204892388" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5179691ab2a9b56cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/" TargetMode="External"/><Relationship Id="rId1530691ab2a9b5712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/categorization" TargetMode="External"/><Relationship Id="rId5983691ab2a9b625f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/photos" TargetMode="External"/><Relationship Id="rId3759691ab2a9b91f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s13007-022-00933-8" TargetMode="External"/><Relationship Id="rId8744691ab2a9b961a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org/" TargetMode="External"/><Relationship Id="rId9886691ab2a9b9659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org" TargetMode="External"/><Relationship Id="rId9909691ab2a9b98c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-1122-01-RS" TargetMode="External"/><Relationship Id="rId5319691ab2a9b9fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-10-20-0094-BR" TargetMode="External"/><Relationship Id="rId7022691ab2a9ba178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6347691ab2a9b615c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6347691ab2a9b615c.jpg"/><Relationship Id="rId7200691ab2a9b8666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7200691ab2a9b8666.jpg"/><Relationship Id="rId8708691ab2a9ba330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8708691ab2a9ba330.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>