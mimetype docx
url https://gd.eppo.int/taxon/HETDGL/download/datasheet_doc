--- v2 (2025-11-17)
+++ v3 (2025-12-07)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Heteroderidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> soybean cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5179691ab2a9b56cc" w:history="1">
+            <w:hyperlink r:id="rId93676935c8317faa3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1530691ab2a9b5712" w:history="1">
+            <w:hyperlink r:id="rId74826935c8317fae9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="89261193" name="name5858691ab2a9b615e" descr="15716.jpg"/>
+                  <wp:docPr id="37729219" name="name71666935c831803b1" descr="15716.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15716.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6347691ab2a9b615c" cstate="print"/>
+                          <a:blip r:embed="rId20636935c831803b0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5983691ab2a9b625f" w:history="1">
+            <w:hyperlink r:id="rId27476935c8318049c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3555,63 +3555,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1007886" name="name2278691ab2a9b8669" descr="HETDGL_distribution_map.jpg"/>
+            <wp:docPr id="90672970" name="name16996935c83182f30" descr="HETDGL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDGL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7200691ab2a9b8666" cstate="print"/>
+                    <a:blip r:embed="rId31296935c83182f2b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5007,51 +5007,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 110. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3759691ab2a9b91f5" w:history="1">
+      <w:hyperlink r:id="rId24436935c83183a7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s13007-022-00933-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5643,90 +5643,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 417–419.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAOSTAT (2007) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8744691ab2a9b961a" w:history="1">
+      <w:hyperlink r:id="rId89736935c83183ea6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://faostat.fao.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 2009-09-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAOSTAT (2022) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9886691ab2a9b9659" w:history="1">
+      <w:hyperlink r:id="rId76866935c83183ee6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://faostat.fao.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -6052,51 +6052,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Koenning SR &amp; Wrather JA (2010). Suppression of soybean yield potential in the continental United States from plant diseases estimated from 2006 to 2009. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9909691ab2a9b98c0" w:history="1">
+      <w:hyperlink r:id="rId86126935c83184154" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2010-1122-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7152,51 +7152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in the United States and Canada in 2020. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5319691ab2a9b9fd4" w:history="1">
+      <w:hyperlink r:id="rId25706935c8318484e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-10-20-0094-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7409,51 +7409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterodera glycines</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7022691ab2a9ba178" w:history="1">
+      <w:hyperlink r:id="rId14626935c831849f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7641,63 +7641,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 683–688.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63332012" name="name8915691ab2a9ba331" descr="eu_funding_250.png"/>
+            <wp:docPr id="26023910" name="name42656935c83184ba6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8708691ab2a9ba330" cstate="print"/>
+                    <a:blip r:embed="rId37936935c83184ba5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7795,137 +7795,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="66216091">
+  <w:abstractNum w:abstractNumId="59327801">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71644190">
+    <w:lvl w:ilvl="0" w:tplc="52542858">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71644190" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52542858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71644190" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52542858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71644190" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52542858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71644190" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52542858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71644190" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52542858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71644190" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52542858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71644190" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52542858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71644190" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52542858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66216090">
+  <w:abstractNum w:abstractNumId="59327800">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18285878">
+    <w:lvl w:ilvl="0" w:tplc="20520680">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8677,55 +8677,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66216090">
-    <w:abstractNumId w:val="66216090"/>
+  <w:num w:numId="59327800">
+    <w:abstractNumId w:val="59327800"/>
   </w:num>
-  <w:num w:numId="66216091">
-    <w:abstractNumId w:val="66216091"/>
+  <w:num w:numId="59327801">
+    <w:abstractNumId w:val="59327801"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20275,51 +20275,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId215220131" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId204892388" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5179691ab2a9b56cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/" TargetMode="External"/><Relationship Id="rId1530691ab2a9b5712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/categorization" TargetMode="External"/><Relationship Id="rId5983691ab2a9b625f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/photos" TargetMode="External"/><Relationship Id="rId3759691ab2a9b91f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s13007-022-00933-8" TargetMode="External"/><Relationship Id="rId8744691ab2a9b961a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org/" TargetMode="External"/><Relationship Id="rId9886691ab2a9b9659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org" TargetMode="External"/><Relationship Id="rId9909691ab2a9b98c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-1122-01-RS" TargetMode="External"/><Relationship Id="rId5319691ab2a9b9fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-10-20-0094-BR" TargetMode="External"/><Relationship Id="rId7022691ab2a9ba178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6347691ab2a9b615c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6347691ab2a9b615c.jpg"/><Relationship Id="rId7200691ab2a9b8666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7200691ab2a9b8666.jpg"/><Relationship Id="rId8708691ab2a9ba330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8708691ab2a9ba330.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId955804829" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId582214489" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId93676935c8317faa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/" TargetMode="External"/><Relationship Id="rId74826935c8317fae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/categorization" TargetMode="External"/><Relationship Id="rId27476935c8318049c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/photos" TargetMode="External"/><Relationship Id="rId24436935c83183a7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s13007-022-00933-8" TargetMode="External"/><Relationship Id="rId89736935c83183ea6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org/" TargetMode="External"/><Relationship Id="rId76866935c83183ee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org" TargetMode="External"/><Relationship Id="rId86126935c83184154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-1122-01-RS" TargetMode="External"/><Relationship Id="rId25706935c8318484e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-10-20-0094-BR" TargetMode="External"/><Relationship Id="rId14626935c831849f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20636935c831803b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20636935c831803b0.jpg"/><Relationship Id="rId31296935c83182f2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31296935c83182f2b.jpg"/><Relationship Id="rId37936935c83184ba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37936935c83184ba5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>