--- v3 (2025-12-07)
+++ v4 (2026-01-17)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Heteroderidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> soybean cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93676935c8317faa3" w:history="1">
+            <w:hyperlink r:id="rId4126696c03973d501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74826935c8317fae9" w:history="1">
+            <w:hyperlink r:id="rId4061696c03973d545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37729219" name="name71666935c831803b1" descr="15716.jpg"/>
+                  <wp:docPr id="33255463" name="name7400696c03973db7b" descr="15716.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15716.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId20636935c831803b0" cstate="print"/>
+                          <a:blip r:embed="rId2105696c03973db79" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId27476935c8318049c" w:history="1">
+            <w:hyperlink r:id="rId8981696c03973dc93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3555,63 +3555,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90672970" name="name16996935c83182f30" descr="HETDGL_distribution_map.jpg"/>
+            <wp:docPr id="13319498" name="name5290696c03973fde5" descr="HETDGL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDGL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31296935c83182f2b" cstate="print"/>
+                    <a:blip r:embed="rId9827696c03973fde2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5007,51 +5007,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 110. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24436935c83183a7e" w:history="1">
+      <w:hyperlink r:id="rId3419696c039740968" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s13007-022-00933-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5643,90 +5643,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 417–419.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAOSTAT (2007) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89736935c83183ea6" w:history="1">
+      <w:hyperlink r:id="rId5331696c039740d77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://faostat.fao.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 2009-09-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAOSTAT (2022) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76866935c83183ee6" w:history="1">
+      <w:hyperlink r:id="rId5716696c039740db7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://faostat.fao.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -6052,51 +6052,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Koenning SR &amp; Wrather JA (2010). Suppression of soybean yield potential in the continental United States from plant diseases estimated from 2006 to 2009. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86126935c83184154" w:history="1">
+      <w:hyperlink r:id="rId2390696c039741012" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2010-1122-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7152,51 +7152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in the United States and Canada in 2020. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25706935c8318484e" w:history="1">
+      <w:hyperlink r:id="rId8299696c03974173d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-10-20-0094-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7387,73 +7387,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterodera glycines</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14626935c831849f0" w:history="1">
+      <w:hyperlink r:id="rId5376696c0397418e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7641,63 +7641,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 683–688.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26023910" name="name42656935c83184ba6" descr="eu_funding_250.png"/>
+            <wp:docPr id="63308038" name="name1257696c039741a97" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId37936935c83184ba5" cstate="print"/>
+                    <a:blip r:embed="rId5222696c039741a96" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7795,137 +7795,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59327801">
+  <w:abstractNum w:abstractNumId="65861505">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52542858">
+    <w:lvl w:ilvl="0" w:tplc="68721178">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52542858" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68721178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52542858" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68721178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52542858" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68721178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52542858" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68721178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52542858" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68721178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52542858" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68721178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52542858" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68721178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52542858" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68721178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59327800">
+  <w:abstractNum w:abstractNumId="65861504">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20520680">
+    <w:lvl w:ilvl="0" w:tplc="62234677">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8677,55 +8677,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59327800">
-    <w:abstractNumId w:val="59327800"/>
+  <w:num w:numId="65861504">
+    <w:abstractNumId w:val="65861504"/>
   </w:num>
-  <w:num w:numId="59327801">
-    <w:abstractNumId w:val="59327801"/>
+  <w:num w:numId="65861505">
+    <w:abstractNumId w:val="65861505"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20275,51 +20275,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId955804829" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId582214489" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId93676935c8317faa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/" TargetMode="External"/><Relationship Id="rId74826935c8317fae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/categorization" TargetMode="External"/><Relationship Id="rId27476935c8318049c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/photos" TargetMode="External"/><Relationship Id="rId24436935c83183a7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s13007-022-00933-8" TargetMode="External"/><Relationship Id="rId89736935c83183ea6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org/" TargetMode="External"/><Relationship Id="rId76866935c83183ee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org" TargetMode="External"/><Relationship Id="rId86126935c83184154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-1122-01-RS" TargetMode="External"/><Relationship Id="rId25706935c8318484e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-10-20-0094-BR" TargetMode="External"/><Relationship Id="rId14626935c831849f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20636935c831803b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20636935c831803b0.jpg"/><Relationship Id="rId31296935c83182f2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31296935c83182f2b.jpg"/><Relationship Id="rId37936935c83184ba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37936935c83184ba5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId726302268" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId377748495" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4126696c03973d501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/" TargetMode="External"/><Relationship Id="rId4061696c03973d545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/categorization" TargetMode="External"/><Relationship Id="rId8981696c03973dc93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/photos" TargetMode="External"/><Relationship Id="rId3419696c039740968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s13007-022-00933-8" TargetMode="External"/><Relationship Id="rId5331696c039740d77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org/" TargetMode="External"/><Relationship Id="rId5716696c039740db7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org" TargetMode="External"/><Relationship Id="rId2390696c039741012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-1122-01-RS" TargetMode="External"/><Relationship Id="rId8299696c03974173d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-10-20-0094-BR" TargetMode="External"/><Relationship Id="rId5376696c0397418e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2105696c03973db79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2105696c03973db79.jpg"/><Relationship Id="rId9827696c03973fde2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9827696c03973fde2.jpg"/><Relationship Id="rId5222696c039741a96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5222696c039741a96.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>