--- v4 (2026-01-17)
+++ v5 (2026-02-08)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Heteroderidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> soybean cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4126696c03973d501" w:history="1">
+            <w:hyperlink r:id="rId907669889b5e97a22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4061696c03973d545" w:history="1">
+            <w:hyperlink r:id="rId120969889b5e97a64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="33255463" name="name7400696c03973db7b" descr="15716.jpg"/>
+                  <wp:docPr id="2118717" name="name347469889b5e980bd" descr="15716.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15716.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2105696c03973db79" cstate="print"/>
+                          <a:blip r:embed="rId599269889b5e980bb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8981696c03973dc93" w:history="1">
+            <w:hyperlink r:id="rId376069889b5e981d8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3555,105 +3555,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13319498" name="name5290696c03973fde5" descr="HETDGL_distribution_map.jpg"/>
+            <wp:docPr id="76391666" name="name799069889b5e9a2e7" descr="HETDGL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDGL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9827696c03973fde2" cstate="print"/>
+                    <a:blip r:embed="rId470569889b5e9a2e4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Italy (mainland), Russian Federation (the) (Far East)</w:t>
+        <w:t xml:space="preserve"> Italy (mainland), Russian Federation (Far East)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Anhui, Beijing, Gansu, Guangxi, Guizhou, Hebei, Heilongjiang, Henan, Hubei, Jiangsu, Jiangxi, Jilin, Liaoning, Neimenggu, Ningxia, Shaanxi, Shandong, Shanghai, Shanxi, Sichuan, Xinjiang, Yunnan, Zhejiang), India (Madhya Pradesh), Indonesia (Java), Iran, Islamic Republic of, Japan (Hokkaido, Honshu, Kyushu), Korea, Democratic People's Republic of, Korea, Republic of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5007,51 +5007,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 110. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3419696c039740968" w:history="1">
+      <w:hyperlink r:id="rId904569889b5e9adf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s13007-022-00933-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5643,90 +5643,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 417–419.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAOSTAT (2007) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5331696c039740d77" w:history="1">
+      <w:hyperlink r:id="rId722069889b5e9b1f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://faostat.fao.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 2009-09-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAOSTAT (2022) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5716696c039740db7" w:history="1">
+      <w:hyperlink r:id="rId408969889b5e9b22d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://faostat.fao.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -6052,51 +6052,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Koenning SR &amp; Wrather JA (2010). Suppression of soybean yield potential in the continental United States from plant diseases estimated from 2006 to 2009. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2390696c039741012" w:history="1">
+      <w:hyperlink r:id="rId313969889b5e9b49f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2010-1122-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7152,51 +7152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in the United States and Canada in 2020. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8299696c03974173d" w:history="1">
+      <w:hyperlink r:id="rId717169889b5e9bbad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-10-20-0094-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7409,51 +7409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterodera glycines</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5376696c0397418e7" w:history="1">
+      <w:hyperlink r:id="rId584969889b5e9bd4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7641,63 +7641,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 683–688.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63308038" name="name1257696c039741a97" descr="eu_funding_250.png"/>
+            <wp:docPr id="23440316" name="name479869889b5e9c0c4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5222696c039741a96" cstate="print"/>
+                    <a:blip r:embed="rId224069889b5e9c0c2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7795,137 +7795,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65861505">
+  <w:abstractNum w:abstractNumId="95074267">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68721178">
+    <w:lvl w:ilvl="0" w:tplc="11224317">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68721178" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11224317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68721178" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11224317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68721178" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11224317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68721178" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11224317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68721178" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11224317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68721178" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11224317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68721178" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11224317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68721178" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11224317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65861504">
+  <w:abstractNum w:abstractNumId="95074266">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62234677">
+    <w:lvl w:ilvl="0" w:tplc="60086285">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8677,55 +8677,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65861504">
-    <w:abstractNumId w:val="65861504"/>
+  <w:num w:numId="95074266">
+    <w:abstractNumId w:val="95074266"/>
   </w:num>
-  <w:num w:numId="65861505">
-    <w:abstractNumId w:val="65861505"/>
+  <w:num w:numId="95074267">
+    <w:abstractNumId w:val="95074267"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20275,51 +20275,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId726302268" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId377748495" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4126696c03973d501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/" TargetMode="External"/><Relationship Id="rId4061696c03973d545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/categorization" TargetMode="External"/><Relationship Id="rId8981696c03973dc93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/photos" TargetMode="External"/><Relationship Id="rId3419696c039740968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s13007-022-00933-8" TargetMode="External"/><Relationship Id="rId5331696c039740d77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org/" TargetMode="External"/><Relationship Id="rId5716696c039740db7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org" TargetMode="External"/><Relationship Id="rId2390696c039741012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-1122-01-RS" TargetMode="External"/><Relationship Id="rId8299696c03974173d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-10-20-0094-BR" TargetMode="External"/><Relationship Id="rId5376696c0397418e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2105696c03973db79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2105696c03973db79.jpg"/><Relationship Id="rId9827696c03973fde2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9827696c03973fde2.jpg"/><Relationship Id="rId5222696c039741a96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5222696c039741a96.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId869333558" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId668287451" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId907669889b5e97a22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/" TargetMode="External"/><Relationship Id="rId120969889b5e97a64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/categorization" TargetMode="External"/><Relationship Id="rId376069889b5e981d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/photos" TargetMode="External"/><Relationship Id="rId904569889b5e9adf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s13007-022-00933-8" TargetMode="External"/><Relationship Id="rId722069889b5e9b1f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org/" TargetMode="External"/><Relationship Id="rId408969889b5e9b22d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org" TargetMode="External"/><Relationship Id="rId313969889b5e9b49f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-1122-01-RS" TargetMode="External"/><Relationship Id="rId717169889b5e9bbad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-10-20-0094-BR" TargetMode="External"/><Relationship Id="rId584969889b5e9bd4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId599269889b5e980bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId599269889b5e980bb.jpg"/><Relationship Id="rId470569889b5e9a2e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId470569889b5e9a2e4.jpg"/><Relationship Id="rId224069889b5e9c0c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId224069889b5e9c0c2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>