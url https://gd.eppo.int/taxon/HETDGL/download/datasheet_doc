--- v5 (2026-02-08)
+++ v6 (2026-03-04)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Heteroderidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> soybean cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId907669889b5e97a22" w:history="1">
+            <w:hyperlink r:id="rId466369a7bd52289e2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120969889b5e97a64" w:history="1">
+            <w:hyperlink r:id="rId150369a7bd5228a28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2118717" name="name347469889b5e980bd" descr="15716.jpg"/>
+                  <wp:docPr id="45494686" name="name760569a7bd52291f2" descr="15716.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15716.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId599269889b5e980bb" cstate="print"/>
+                          <a:blip r:embed="rId368469a7bd52291f0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId376069889b5e981d8" w:history="1">
+            <w:hyperlink r:id="rId484969a7bd522930a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3555,63 +3555,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76391666" name="name799069889b5e9a2e7" descr="HETDGL_distribution_map.jpg"/>
+            <wp:docPr id="95464184" name="name930669a7bd522b84f" descr="HETDGL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDGL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId470569889b5e9a2e4" cstate="print"/>
+                    <a:blip r:embed="rId902869a7bd522b84b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5007,51 +5007,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 110. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId904569889b5e9adf2" w:history="1">
+      <w:hyperlink r:id="rId860569a7bd522c40b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s13007-022-00933-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5643,90 +5643,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 417–419.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAOSTAT (2007) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId722069889b5e9b1f0" w:history="1">
+      <w:hyperlink r:id="rId758969a7bd522c817" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://faostat.fao.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 2009-09-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAOSTAT (2022) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId408969889b5e9b22d" w:history="1">
+      <w:hyperlink r:id="rId630769a7bd522c856" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://faostat.fao.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -6052,51 +6052,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Koenning SR &amp; Wrather JA (2010). Suppression of soybean yield potential in the continental United States from plant diseases estimated from 2006 to 2009. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId313969889b5e9b49f" w:history="1">
+      <w:hyperlink r:id="rId587969a7bd522cacf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2010-1122-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7152,51 +7152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in the United States and Canada in 2020. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId717169889b5e9bbad" w:history="1">
+      <w:hyperlink r:id="rId121069a7bd522d222" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-10-20-0094-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7409,51 +7409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterodera glycines</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId584969889b5e9bd4d" w:history="1">
+      <w:hyperlink r:id="rId478869a7bd522d3d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7641,63 +7641,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 683–688.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="23440316" name="name479869889b5e9c0c4" descr="eu_funding_250.png"/>
+            <wp:docPr id="53381198" name="name500869a7bd522d5b8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId224069889b5e9c0c2" cstate="print"/>
+                    <a:blip r:embed="rId306069a7bd522d5b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7795,137 +7795,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95074267">
+  <w:abstractNum w:abstractNumId="39686192">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11224317">
+    <w:lvl w:ilvl="0" w:tplc="46232940">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11224317" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46232940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11224317" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46232940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11224317" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46232940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11224317" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46232940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11224317" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46232940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11224317" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46232940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11224317" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46232940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11224317" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46232940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95074266">
+  <w:abstractNum w:abstractNumId="39686191">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60086285">
+    <w:lvl w:ilvl="0" w:tplc="97662083">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8677,55 +8677,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95074266">
-    <w:abstractNumId w:val="95074266"/>
+  <w:num w:numId="39686191">
+    <w:abstractNumId w:val="39686191"/>
   </w:num>
-  <w:num w:numId="95074267">
-    <w:abstractNumId w:val="95074267"/>
+  <w:num w:numId="39686192">
+    <w:abstractNumId w:val="39686192"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20275,51 +20275,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId869333558" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId668287451" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId907669889b5e97a22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/" TargetMode="External"/><Relationship Id="rId120969889b5e97a64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/categorization" TargetMode="External"/><Relationship Id="rId376069889b5e981d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/photos" TargetMode="External"/><Relationship Id="rId904569889b5e9adf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s13007-022-00933-8" TargetMode="External"/><Relationship Id="rId722069889b5e9b1f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org/" TargetMode="External"/><Relationship Id="rId408969889b5e9b22d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org" TargetMode="External"/><Relationship Id="rId313969889b5e9b49f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-1122-01-RS" TargetMode="External"/><Relationship Id="rId717169889b5e9bbad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-10-20-0094-BR" TargetMode="External"/><Relationship Id="rId584969889b5e9bd4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId599269889b5e980bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId599269889b5e980bb.jpg"/><Relationship Id="rId470569889b5e9a2e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId470569889b5e9a2e4.jpg"/><Relationship Id="rId224069889b5e9c0c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId224069889b5e9c0c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId729536406" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId622760649" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId466369a7bd52289e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/" TargetMode="External"/><Relationship Id="rId150369a7bd5228a28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/categorization" TargetMode="External"/><Relationship Id="rId484969a7bd522930a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDGL/photos" TargetMode="External"/><Relationship Id="rId860569a7bd522c40b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s13007-022-00933-8" TargetMode="External"/><Relationship Id="rId758969a7bd522c817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org/" TargetMode="External"/><Relationship Id="rId630769a7bd522c856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://faostat.fao.org" TargetMode="External"/><Relationship Id="rId587969a7bd522cacf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-1122-01-RS" TargetMode="External"/><Relationship Id="rId121069a7bd522d222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-10-20-0094-BR" TargetMode="External"/><Relationship Id="rId478869a7bd522d3d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId368469a7bd52291f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId368469a7bd52291f0.jpg"/><Relationship Id="rId902869a7bd522b84b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId902869a7bd522b84b.jpg"/><Relationship Id="rId306069a7bd522d5b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId306069a7bd522d5b7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>