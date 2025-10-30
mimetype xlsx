--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HESOCA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>1MABG</t>
   </si>
   <si>
     <t>Malus</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 ------- Preferred living host.
 * Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
@@ -354,50 +354,59 @@
   </si>
   <si>
     <t>1ILEG</t>
   </si>
   <si>
     <t>Ilex</t>
   </si>
   <si>
     <t>1IUGG</t>
   </si>
   <si>
     <t>Juglans</t>
   </si>
   <si>
     <t>IUGAI</t>
   </si>
   <si>
     <t>Juglans ailanthifolia</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 * Iwata R, Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 ------- As Juglans mandshurica var. Sieboldiana. Dry wood host.</t>
   </si>
   <si>
+    <t>IUGNI</t>
+  </si>
+  <si>
+    <t>Juglans nigra</t>
+  </si>
+  <si>
+    <t>* Haynes AG, Streifel MA, Ambourn AK, Aukema BH (2023) Ovipositional behaviour and larval performance of Trichoferus campestris (Faldermann)(Coleoptera: Cerambycidae) on cut branches of four North American tree species. Agricultural and Forest Entomology 25(3), 391-403.</t>
+  </si>
+  <si>
     <t>IUGRE</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 ------- Dry wood host.
 * Hegyessy G, Kutasi C (2010) Trichoferus species new to Hungary (Coleoptera: Cerambycidae). Folia Entomologica Hungarica 71, 35-41 (abst.).</t>
   </si>
   <si>
     <t>1LAXG</t>
   </si>
   <si>
     <t>Larix</t>
   </si>
   <si>
     <t>LAXSI</t>
   </si>
   <si>
     <t>Larix sibirica</t>
   </si>
   <si>
     <t>MORBO</t>
   </si>
@@ -655,50 +664,65 @@
     <t>Wisteria</t>
   </si>
   <si>
     <t>1ZANG</t>
   </si>
   <si>
     <t>Zanthoxylum</t>
   </si>
   <si>
     <t>ZELSE</t>
   </si>
   <si>
     <t>Zelkova serrata</t>
   </si>
   <si>
     <t>1ZIPG</t>
   </si>
   <si>
     <t>Ziziphus</t>
   </si>
   <si>
     <t>ZIPJU</t>
   </si>
   <si>
     <t>Ziziphus jujuba</t>
+  </si>
+  <si>
+    <t>Experimental</t>
+  </si>
+  <si>
+    <t>ACRSC</t>
+  </si>
+  <si>
+    <t>Acer saccharum</t>
+  </si>
+  <si>
+    <t>PIUST</t>
+  </si>
+  <si>
+    <t>Pinus strobus</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1002,59 +1026,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D76"/>
+  <dimension ref="A1:D79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="422.183" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
@@ -1559,569 +1583,611 @@
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>20</v>
       </c>
       <c r="B38" t="s">
         <v>101</v>
       </c>
       <c r="C38" t="s">
         <v>102</v>
       </c>
       <c r="D38" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>20</v>
       </c>
       <c r="B39" t="s">
         <v>104</v>
       </c>
       <c r="C39" t="s">
         <v>105</v>
       </c>
       <c r="D39" t="s">
-        <v>26</v>
+        <v>106</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>20</v>
       </c>
       <c r="B40" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C40" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D40" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>20</v>
       </c>
       <c r="B41" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C41" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D41" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>20</v>
       </c>
       <c r="B42" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C42" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D42" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>20</v>
       </c>
       <c r="B43" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C43" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D43" t="s">
-        <v>114</v>
+        <v>43</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>20</v>
       </c>
       <c r="B44" t="s">
         <v>115</v>
       </c>
       <c r="C44" t="s">
         <v>116</v>
       </c>
       <c r="D44" t="s">
-        <v>43</v>
+        <v>117</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>20</v>
       </c>
       <c r="B45" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C45" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D45" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>20</v>
       </c>
       <c r="B46" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C46" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D46" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>20</v>
       </c>
       <c r="B47" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C47" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D47" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>20</v>
       </c>
       <c r="B48" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C48" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D48" t="s">
-        <v>125</v>
+        <v>43</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>20</v>
       </c>
       <c r="B49" t="s">
         <v>126</v>
       </c>
       <c r="C49" t="s">
         <v>127</v>
       </c>
       <c r="D49" t="s">
-        <v>43</v>
+        <v>128</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>20</v>
       </c>
       <c r="B50" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C50" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D50" t="s">
-        <v>130</v>
+        <v>43</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>20</v>
       </c>
       <c r="B51" t="s">
         <v>131</v>
       </c>
       <c r="C51" t="s">
         <v>132</v>
       </c>
       <c r="D51" t="s">
-        <v>43</v>
+        <v>133</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>20</v>
       </c>
       <c r="B52" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C52" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D52" t="s">
-        <v>135</v>
+        <v>43</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>20</v>
       </c>
       <c r="B53" t="s">
         <v>136</v>
       </c>
       <c r="C53" t="s">
         <v>137</v>
       </c>
       <c r="D53" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>20</v>
       </c>
       <c r="B54" t="s">
         <v>139</v>
       </c>
       <c r="C54" t="s">
         <v>140</v>
       </c>
       <c r="D54" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>20</v>
       </c>
       <c r="B55" t="s">
         <v>142</v>
       </c>
       <c r="C55" t="s">
         <v>143</v>
       </c>
       <c r="D55" t="s">
-        <v>26</v>
+        <v>144</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>20</v>
       </c>
       <c r="B56" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C56" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D56" t="s">
-        <v>146</v>
+        <v>26</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>20</v>
       </c>
       <c r="B57" t="s">
         <v>147</v>
       </c>
       <c r="C57" t="s">
         <v>148</v>
       </c>
       <c r="D57" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>20</v>
       </c>
       <c r="B58" t="s">
         <v>150</v>
       </c>
       <c r="C58" t="s">
         <v>151</v>
       </c>
       <c r="D58" t="s">
-        <v>43</v>
+        <v>152</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>20</v>
       </c>
       <c r="B59" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C59" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D59" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>20</v>
       </c>
       <c r="B60" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C60" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D60" t="s">
-        <v>93</v>
+        <v>26</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>20</v>
       </c>
       <c r="B61" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C61" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D61" t="s">
-        <v>158</v>
+        <v>93</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>20</v>
       </c>
       <c r="B62" t="s">
         <v>159</v>
       </c>
       <c r="C62" t="s">
         <v>160</v>
       </c>
       <c r="D62" t="s">
-        <v>90</v>
+        <v>161</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>20</v>
       </c>
       <c r="B63" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C63" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D63" t="s">
-        <v>163</v>
+        <v>90</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>20</v>
       </c>
       <c r="B64" t="s">
         <v>164</v>
       </c>
       <c r="C64" t="s">
         <v>165</v>
       </c>
       <c r="D64" t="s">
-        <v>43</v>
+        <v>166</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>20</v>
       </c>
       <c r="B65" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C65" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D65" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>20</v>
       </c>
       <c r="B66" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C66" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D66" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>20</v>
       </c>
       <c r="B67" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C67" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D67" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>20</v>
       </c>
       <c r="B68" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C68" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D68" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>20</v>
       </c>
       <c r="B69" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C69" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D69" t="s">
-        <v>176</v>
+        <v>26</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>20</v>
       </c>
       <c r="B70" t="s">
         <v>177</v>
       </c>
       <c r="C70" t="s">
         <v>178</v>
       </c>
       <c r="D70" t="s">
-        <v>43</v>
+        <v>179</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>20</v>
       </c>
       <c r="B71" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C71" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D71" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>20</v>
       </c>
       <c r="B72" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C72" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D72" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>20</v>
       </c>
       <c r="B73" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C73" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D73" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>20</v>
       </c>
       <c r="B74" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C74" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D74" t="s">
-        <v>125</v>
+        <v>26</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>20</v>
       </c>
       <c r="B75" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C75" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D75" t="s">
-        <v>26</v>
+        <v>128</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>20</v>
       </c>
       <c r="B76" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C76" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D76" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77" t="s">
+        <v>20</v>
+      </c>
+      <c r="B77" t="s">
+        <v>192</v>
+      </c>
+      <c r="C77" t="s">
+        <v>193</v>
+      </c>
+      <c r="D77" t="s">
         <v>43</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" t="s">
+        <v>194</v>
+      </c>
+      <c r="B78" t="s">
+        <v>195</v>
+      </c>
+      <c r="C78" t="s">
+        <v>196</v>
+      </c>
+      <c r="D78" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4">
+      <c r="A79" t="s">
+        <v>194</v>
+      </c>
+      <c r="B79" t="s">
+        <v>197</v>
+      </c>
+      <c r="C79" t="s">
+        <v>198</v>
+      </c>
+      <c r="D79" t="s">
+        <v>103</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">