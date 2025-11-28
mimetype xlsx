--- v1 (2025-10-30)
+++ v2 (2025-11-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HESOCA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>1MABG</t>
   </si>
   <si>
     <t>Malus</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 ------- Preferred living host.
 * Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
@@ -110,203 +110,278 @@
 * Lim J, Jung SY, Lim JS, Jang J, Kim KM, Lee YM, Lee BW (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53, 111-133.
 ------- Dry wood host.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>1ABIG</t>
   </si>
   <si>
     <t>Abies</t>
   </si>
   <si>
     <t>* Iwata R, Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
   </si>
   <si>
     <t>1ACRG</t>
   </si>
   <si>
     <t>Acer</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
   </si>
   <si>
+    <t>ACRNE</t>
+  </si>
+  <si>
+    <t>Acer negundo</t>
+  </si>
+  <si>
+    <t>* Cocquempot C, Henin JM, Jourez B, Rapuzzi P, Roques A, Drumont A (2022) État de l’invasion de Trichoferus campestris (Faldermann, 1835) au plan international et réflexion sur sa première interception en Belgique (Coleoptera, Cerambycidae, Cerambycinae, Hesperophanini). Belgian Journal of Entomology, 129, 1–24.</t>
+  </si>
+  <si>
     <t>ACRPL</t>
   </si>
   <si>
     <t>Acer platanoides</t>
   </si>
   <si>
     <t>* Bullas-Appleton E, Kimoto T &amp; Turgeon J (2014) Discovery of Trichoferus campestris (Coleoptera: Cerambycidae) in Ontario, Canada and first host record in North America. The Canadian Entomologist 146(1), 111-116. https://doi.org/10.4039/tce.2013.61</t>
+  </si>
+  <si>
+    <t>ACRSA</t>
+  </si>
+  <si>
+    <t>Acer saccharinum</t>
   </si>
   <si>
     <t>1ALUG</t>
   </si>
   <si>
     <t>Alnus</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 * Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 * Sama G, Fallandhzadeh M, Rapuzzi P (2005) Notes on some Cerambycidae (Coleoptera) from Iran with description of two new species (Insecta Coleoptera Cerambycidae). Quaderno di Studi e Notizie di Storia Naturale della Romagna 20, 123-132.</t>
   </si>
   <si>
+    <t>ALUMX</t>
+  </si>
+  <si>
+    <t>Alnus maximowiczii</t>
+  </si>
+  <si>
     <t>1ARLG</t>
   </si>
   <si>
     <t>Aralia</t>
+  </si>
+  <si>
+    <t>ARLEL</t>
+  </si>
+  <si>
+    <t>Aralia elata</t>
   </si>
   <si>
     <t>1ASAG</t>
   </si>
   <si>
     <t>Astragalus</t>
   </si>
   <si>
     <t>* Orlinski AD (2006) Outcomes of the EPPO project on quarantine pests for forestry. EPPO Bulletin 36, 497–511.</t>
   </si>
   <si>
     <t>1BETG</t>
   </si>
   <si>
     <t>Betula</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 ------- Dry wood host.
 * Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 ------- Dry wood host.
 * Lim J, Jung SY, Lim JS, Jang J, Kim KM, Lee YM, Lee BW (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53, 111-133.
 ------- Living host.</t>
   </si>
   <si>
+    <t>BETER</t>
+  </si>
+  <si>
+    <t>Betula ermanii</t>
+  </si>
+  <si>
+    <t>BETGR</t>
+  </si>
+  <si>
+    <t>Betula grossa</t>
+  </si>
+  <si>
+    <t>BETNI</t>
+  </si>
+  <si>
+    <t>Betula nigra</t>
+  </si>
+  <si>
+    <t>BETPL</t>
+  </si>
+  <si>
+    <t>Betula platyphylla</t>
+  </si>
+  <si>
     <t>BETUT</t>
   </si>
   <si>
     <t>Betula utilis</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 ------- Living host.</t>
   </si>
   <si>
     <t>BRNPA</t>
   </si>
   <si>
     <t>Broussonetia papyrifera</t>
   </si>
   <si>
+    <t>CAHJA</t>
+  </si>
+  <si>
+    <t>Camellia japonica</t>
+  </si>
+  <si>
     <t>1CIPG</t>
   </si>
   <si>
     <t>Carpinus</t>
+  </si>
+  <si>
+    <t>CIPLA</t>
+  </si>
+  <si>
+    <t>Carpinus laxiflora</t>
   </si>
   <si>
     <t>1CYAG</t>
   </si>
   <si>
     <t>Carya</t>
   </si>
   <si>
     <t xml:space="preserve">* Pfister S, Valdez R (2017) Velvet longhorned beetle status in the United States. NPB Annual Meeting (Savannah, US, 2017-08-13/17). https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf
 * Rodman TM, Spears LR, Alston DG, Cannon C, Watson K, Caputo J (2020) Velvet longhorned beetle (Trichoferus campestris (Faldermann)). Utah Pests Fact Sheets (ENT-208-19-PR). Utah State University Extension and Utah Plant Pest Diagnostic Laboratory, Logan, UT. 5 pp. https://digitalcommons.usu.edu/extension_curall/1957 </t>
   </si>
   <si>
     <t>1CELG</t>
   </si>
   <si>
     <t>Celastrus</t>
   </si>
   <si>
     <t>1CCPG</t>
   </si>
   <si>
     <t>Cercidiphyllum</t>
   </si>
   <si>
     <t>CHCOB</t>
   </si>
   <si>
     <t>Chamaecyparis obtusa</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 ------- Dry wood host.
 * Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 ------- Dry wood host.</t>
   </si>
   <si>
     <t>1CIDG</t>
   </si>
   <si>
     <t>Citrus</t>
   </si>
   <si>
     <t>1CRWG</t>
   </si>
   <si>
     <t>Cornus</t>
   </si>
   <si>
+    <t>CYLAV</t>
+  </si>
+  <si>
+    <t>Corylus avellana</t>
+  </si>
+  <si>
     <t>CUHLA</t>
   </si>
   <si>
     <t>Cunninghamia lanceolata</t>
   </si>
   <si>
     <t>1DOSG</t>
   </si>
   <si>
     <t>Diospyros</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 ------- Dry wood host.
 * Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
   </si>
   <si>
     <t>ELGAN</t>
   </si>
   <si>
     <t>Elaeagnus angustifolia</t>
   </si>
   <si>
     <t>* Cowan D, Wang B (2019) Dose response and detection of velvet longhorned beetle, Trichoferus campestris, populations using attractant baited traps, pp 43-44. In Otis Laboratory Accomplishments 2018. United States Department of Agriculture, Animal and Plant Health Inspection Service, Plant Protection and Quarantine, Otis Laboratory, Buzzards Bay, MA (US).</t>
   </si>
   <si>
     <t>1ELKG</t>
   </si>
   <si>
     <t>Eleutherococcus</t>
   </si>
   <si>
     <t>* Iwata R, Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 ------- As Acanthopanax.</t>
   </si>
   <si>
+    <t>ACPSI</t>
+  </si>
+  <si>
+    <t>Eleutherococcus sieboldianus</t>
+  </si>
+  <si>
     <t>1EUOG</t>
   </si>
   <si>
     <t>Euonymus</t>
   </si>
   <si>
     <t>1FAUG</t>
   </si>
   <si>
     <t>Fagus</t>
   </si>
   <si>
     <t>* Hodgetts J, Ostojá-Starzewski JC, Prior T, Lawson R, Hall J, Boonham N (2016) DNA barcoding for biosecurity: case studies from the UK plant protection program. Genome 59, 1033-1048.
 ------- Dry wood host.</t>
   </si>
   <si>
     <t>FAUCR</t>
   </si>
   <si>
     <t>Fagus crenata</t>
   </si>
   <si>
     <t>1FRXG</t>
   </si>
   <si>
@@ -321,113 +396,131 @@
   </si>
   <si>
     <t>Fraxinus excelsior</t>
   </si>
   <si>
     <t>* Sabol O, Puľák P, Kodada J &amp; Hergovits R (2020) [Neoclytus acuminatus (Fabricius, 1775) – the first distributional records from Slovakia (Coleoptera: Cerambycidae)]. Entomofauna carpathica 32, 211-214 (in Czech).
 ------- 3 specimens found (together with Neoclytus acuminatus).</t>
   </si>
   <si>
     <t>FRXVE</t>
   </si>
   <si>
     <t>Fraxinus velutina</t>
   </si>
   <si>
     <t>1GLIG</t>
   </si>
   <si>
     <t>Gleditsia</t>
   </si>
   <si>
     <t>* Exotic Wood Borer/Bark beetle. Survey Reference (undated) Trichoferus campestris. http://download.ceris.purdue.edu/file/3109
 -------Living host.</t>
   </si>
   <si>
+    <t>GLITR</t>
+  </si>
+  <si>
+    <t>Gleditsia triacanthos</t>
+  </si>
+  <si>
     <t>GYCUR</t>
   </si>
   <si>
     <t>Glycyrrhiza uralensis</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 ------- Dry wood host.</t>
   </si>
   <si>
     <t>1ILEG</t>
   </si>
   <si>
     <t>Ilex</t>
+  </si>
+  <si>
+    <t>ILELF</t>
+  </si>
+  <si>
+    <t>Ilex latifolia</t>
   </si>
   <si>
     <t>1IUGG</t>
   </si>
   <si>
     <t>Juglans</t>
   </si>
   <si>
     <t>IUGAI</t>
   </si>
   <si>
     <t>Juglans ailanthifolia</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 * Iwata R, Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 ------- As Juglans mandshurica var. Sieboldiana. Dry wood host.</t>
   </si>
   <si>
     <t>IUGNI</t>
   </si>
   <si>
     <t>Juglans nigra</t>
   </si>
   <si>
     <t>* Haynes AG, Streifel MA, Ambourn AK, Aukema BH (2023) Ovipositional behaviour and larval performance of Trichoferus campestris (Faldermann)(Coleoptera: Cerambycidae) on cut branches of four North American tree species. Agricultural and Forest Entomology 25(3), 391-403.</t>
   </si>
   <si>
     <t>IUGRE</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 ------- Dry wood host.
 * Hegyessy G, Kutasi C (2010) Trichoferus species new to Hungary (Coleoptera: Cerambycidae). Folia Entomologica Hungarica 71, 35-41 (abst.).</t>
   </si>
   <si>
     <t>1LAXG</t>
   </si>
   <si>
     <t>Larix</t>
   </si>
   <si>
     <t>LAXSI</t>
   </si>
   <si>
     <t>Larix sibirica</t>
+  </si>
+  <si>
+    <t>MLLJA</t>
+  </si>
+  <si>
+    <t>Mallotus japonicus</t>
   </si>
   <si>
     <t>MORBO</t>
   </si>
   <si>
     <t>Morus bombycis</t>
   </si>
   <si>
     <t>PAOLA</t>
   </si>
   <si>
     <t>Paeonia lactiflora</t>
   </si>
   <si>
     <t>1PIEG</t>
   </si>
   <si>
     <t>Picea</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 ------- Living host.</t>
   </si>
   <si>
     <t>PIECF</t>
@@ -564,94 +657,124 @@
   <si>
     <t>Rhus</t>
   </si>
   <si>
     <t>RUBID</t>
   </si>
   <si>
     <t>Rubus idaeus</t>
   </si>
   <si>
     <t>1SAXG</t>
   </si>
   <si>
     <t>Salix</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 * Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 ------- Living host.
 * Kadyrov AK, Karpiński L, Szczepański WT, Taszakowski A, Walczak M (2016) New data on distribution, biology, and ecology of longhorn beetles from the area of west Tajikistan (Coleoptera, Cerambycidae). ZooKeys 606(2), 41–64.
 ------- Living host.
 * Lim J, Jung SY, Lim JS, Jang J, Kim KM, Lee YM, Lee BW (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53, 111-133.
 -------- Living host.</t>
   </si>
   <si>
+    <t>SCDBA</t>
+  </si>
+  <si>
+    <t>Scutellaria baicalensis</t>
+  </si>
+  <si>
     <t>1SOUG</t>
   </si>
   <si>
     <t>Sorbus</t>
   </si>
   <si>
     <t>SOUAL</t>
   </si>
   <si>
     <t>Sorbus alnifolia</t>
   </si>
   <si>
     <t>* Cherepanov AI (1981) [Longhorn Beetles of Northern Asia (Cerambycinae).] Nauka, Novosibirsk (RU) (in Russian)
 ------- As Micromeles alnifolia.</t>
   </si>
   <si>
     <t>SOUAU</t>
   </si>
   <si>
     <t>Sorbus aucuparia</t>
   </si>
   <si>
     <t>SOBJA</t>
   </si>
   <si>
     <t>Styphnolobium japonicum</t>
   </si>
   <si>
+    <t>1SYRG</t>
+  </si>
+  <si>
+    <t>Syringa</t>
+  </si>
+  <si>
     <t>1SYZG</t>
   </si>
   <si>
     <t>Syzygium</t>
   </si>
   <si>
     <t>SYZAR</t>
   </si>
   <si>
     <t>Syzygium aromaticum</t>
   </si>
   <si>
+    <t>THUPL</t>
+  </si>
+  <si>
+    <t>Thuja plicata</t>
+  </si>
+  <si>
     <t>1TILG</t>
   </si>
   <si>
     <t>Tilia</t>
+  </si>
+  <si>
+    <t>TOXSY</t>
+  </si>
+  <si>
+    <t>Toxicodendron sylvestre</t>
+  </si>
+  <si>
+    <t>TOXVE</t>
+  </si>
+  <si>
+    <t>Toxicodendron vernicifluum</t>
   </si>
   <si>
     <t>1ULMG</t>
   </si>
   <si>
     <t>Ulmus</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 * Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 * Karpiński L, Szczepański WT, Plewa R, Walczak M, Hilszczański J, Kruszelnicki L, Łoś K, Jaworski T, Bidas M, Tarwacki G (2018) New data on the distribution, biology and ecology of the longhorn beetles from the area of South and East Kazakhstan (Coleoptera, Cerambycidae). ZooKeys 805, 59-126. 
 ------- Living host.
 * Lim J, Jung SY, Lim JS, Jang J, Kim KM, Lee YM, Lee BW (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53, 111-133.
 -------- Living host.</t>
   </si>
   <si>
     <t>ULMPU</t>
   </si>
   <si>
     <t>Ulmus pumila</t>
   </si>
   <si>
     <t>VITVI</t>
   </si>
   <si>
@@ -1026,61 +1149,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D79"/>
+  <dimension ref="A1:D99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="422.183" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -1191,1003 +1314,1283 @@
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>20</v>
       </c>
       <c r="B13" t="s">
         <v>38</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>20</v>
       </c>
       <c r="B14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C14" t="s">
         <v>41</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>20</v>
       </c>
       <c r="B15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>20</v>
       </c>
       <c r="B16" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17" t="s">
+        <v>47</v>
+      </c>
+      <c r="C17" t="s">
         <v>48</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>20</v>
       </c>
       <c r="B18" t="s">
+        <v>50</v>
+      </c>
+      <c r="C18" t="s">
         <v>51</v>
       </c>
-      <c r="C18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>20</v>
       </c>
       <c r="B19" t="s">
+        <v>52</v>
+      </c>
+      <c r="C19" t="s">
         <v>53</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20" t="s">
+        <v>54</v>
+      </c>
+      <c r="C20" t="s">
         <v>55</v>
       </c>
-      <c r="C20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C21" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D21" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>20</v>
       </c>
       <c r="B22" t="s">
+        <v>58</v>
+      </c>
+      <c r="C22" t="s">
+        <v>59</v>
+      </c>
+      <c r="D22" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>20</v>
       </c>
       <c r="B23" t="s">
+        <v>61</v>
+      </c>
+      <c r="C23" t="s">
         <v>62</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>20</v>
       </c>
       <c r="B24" t="s">
+        <v>63</v>
+      </c>
+      <c r="C24" t="s">
         <v>64</v>
       </c>
-      <c r="C24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" t="s">
-        <v>66</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>20</v>
       </c>
       <c r="B25" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C25" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D25" t="s">
-        <v>69</v>
+        <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>20</v>
       </c>
       <c r="B26" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="C26" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D26" t="s">
-        <v>72</v>
+        <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>20</v>
       </c>
       <c r="B27" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C27" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="D27" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>20</v>
       </c>
       <c r="B28" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="C28" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="D28" t="s">
-        <v>77</v>
+        <v>26</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>20</v>
       </c>
       <c r="B29" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="C29" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D29" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>20</v>
       </c>
       <c r="B30" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="C30" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D30" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>20</v>
       </c>
       <c r="B31" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="C31" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D31" t="s">
-        <v>85</v>
+        <v>26</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>20</v>
       </c>
       <c r="B32" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="C32" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="D32" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>20</v>
       </c>
       <c r="B33" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="C33" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="D33" t="s">
-        <v>90</v>
+        <v>29</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>20</v>
       </c>
       <c r="B34" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="C34" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="D34" t="s">
-        <v>93</v>
+        <v>60</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>20</v>
       </c>
       <c r="B35" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="C35" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="D35" t="s">
-        <v>26</v>
+        <v>89</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>20</v>
       </c>
       <c r="B36" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="C36" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="D36" t="s">
-        <v>43</v>
+        <v>92</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>20</v>
       </c>
       <c r="B37" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="C37" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="D37" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>20</v>
       </c>
       <c r="B38" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="C38" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D38" t="s">
-        <v>103</v>
+        <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>20</v>
       </c>
       <c r="B39" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="C39" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="D39" t="s">
-        <v>106</v>
+        <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>20</v>
       </c>
       <c r="B40" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="C40" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="D40" t="s">
-        <v>26</v>
+        <v>102</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>20</v>
       </c>
       <c r="B41" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="C41" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="D41" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>20</v>
       </c>
       <c r="B42" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="C42" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="D42" t="s">
-        <v>57</v>
+        <v>107</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>20</v>
       </c>
       <c r="B43" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="C43" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="D43" t="s">
-        <v>43</v>
+        <v>110</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>20</v>
       </c>
       <c r="B44" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C44" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D44" t="s">
-        <v>117</v>
+        <v>60</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>20</v>
       </c>
       <c r="B45" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="C45" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="D45" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>20</v>
       </c>
       <c r="B46" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="C46" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="D46" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>20</v>
       </c>
       <c r="B47" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="C47" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="D47" t="s">
-        <v>37</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>20</v>
       </c>
       <c r="B48" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="C48" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="D48" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>20</v>
       </c>
       <c r="B49" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="C49" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D49" t="s">
-        <v>128</v>
+        <v>29</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>20</v>
       </c>
       <c r="B50" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="C50" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D50" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>20</v>
       </c>
       <c r="B51" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="C51" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D51" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>20</v>
       </c>
       <c r="B52" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C52" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D52" t="s">
-        <v>43</v>
+        <v>132</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>20</v>
       </c>
       <c r="B53" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="C53" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="D53" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>20</v>
       </c>
       <c r="B54" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C54" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="D54" t="s">
-        <v>141</v>
+        <v>26</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>20</v>
       </c>
       <c r="B55" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C55" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D55" t="s">
-        <v>144</v>
+        <v>60</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>20</v>
       </c>
       <c r="B56" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C56" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="D56" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>20</v>
       </c>
       <c r="B57" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C57" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="D57" t="s">
-        <v>149</v>
+        <v>78</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>20</v>
       </c>
       <c r="B58" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="C58" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="D58" t="s">
-        <v>152</v>
+        <v>60</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>20</v>
       </c>
       <c r="B59" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="C59" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="D59" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>20</v>
       </c>
       <c r="B60" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="C60" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="D60" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>20</v>
       </c>
       <c r="B61" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="C61" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="D61" t="s">
-        <v>93</v>
+        <v>60</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>20</v>
       </c>
       <c r="B62" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="C62" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="D62" t="s">
-        <v>161</v>
+        <v>46</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>20</v>
       </c>
       <c r="B63" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="C63" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="D63" t="s">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>20</v>
       </c>
       <c r="B64" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="C64" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="D64" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>20</v>
       </c>
       <c r="B65" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="C65" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="D65" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>20</v>
       </c>
       <c r="B66" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="C66" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="D66" t="s">
-        <v>43</v>
+        <v>164</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>20</v>
       </c>
       <c r="B67" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C67" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="D67" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>20</v>
       </c>
       <c r="B68" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="C68" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="D68" t="s">
-        <v>43</v>
+        <v>169</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>20</v>
       </c>
       <c r="B69" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="C69" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="D69" t="s">
-        <v>26</v>
+        <v>172</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>20</v>
       </c>
       <c r="B70" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="C70" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="D70" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>20</v>
       </c>
       <c r="B71" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="C71" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="D71" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>20</v>
       </c>
       <c r="B72" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="C72" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="D72" t="s">
-        <v>57</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>20</v>
       </c>
       <c r="B73" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C73" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D73" t="s">
-        <v>26</v>
+        <v>183</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>20</v>
       </c>
       <c r="B74" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C74" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D74" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>20</v>
       </c>
       <c r="B75" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C75" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D75" t="s">
-        <v>128</v>
+        <v>26</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>20</v>
       </c>
       <c r="B76" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C76" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="D76" t="s">
-        <v>26</v>
+        <v>120</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>20</v>
       </c>
       <c r="B77" t="s">
+        <v>190</v>
+      </c>
+      <c r="C77" t="s">
+        <v>191</v>
+      </c>
+      <c r="D77" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>20</v>
+      </c>
+      <c r="B78" t="s">
+        <v>193</v>
+      </c>
+      <c r="C78" t="s">
         <v>194</v>
       </c>
-      <c r="B78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D78" t="s">
-        <v>103</v>
+        <v>29</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>194</v>
+        <v>20</v>
       </c>
       <c r="B79" t="s">
+        <v>195</v>
+      </c>
+      <c r="C79" t="s">
+        <v>196</v>
+      </c>
+      <c r="D79" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" t="s">
+        <v>20</v>
+      </c>
+      <c r="B80" t="s">
         <v>197</v>
       </c>
-      <c r="C79" t="s">
+      <c r="C80" t="s">
         <v>198</v>
       </c>
-      <c r="D79" t="s">
-        <v>103</v>
+      <c r="D80" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81" t="s">
+        <v>20</v>
+      </c>
+      <c r="B81" t="s">
+        <v>200</v>
+      </c>
+      <c r="C81" t="s">
+        <v>201</v>
+      </c>
+      <c r="D81" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4">
+      <c r="A82" t="s">
+        <v>20</v>
+      </c>
+      <c r="B82" t="s">
+        <v>202</v>
+      </c>
+      <c r="C82" t="s">
+        <v>203</v>
+      </c>
+      <c r="D82" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4">
+      <c r="A83" t="s">
+        <v>20</v>
+      </c>
+      <c r="B83" t="s">
+        <v>204</v>
+      </c>
+      <c r="C83" t="s">
+        <v>205</v>
+      </c>
+      <c r="D83" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4">
+      <c r="A84" t="s">
+        <v>20</v>
+      </c>
+      <c r="B84" t="s">
+        <v>206</v>
+      </c>
+      <c r="C84" t="s">
+        <v>207</v>
+      </c>
+      <c r="D84" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4">
+      <c r="A85" t="s">
+        <v>20</v>
+      </c>
+      <c r="B85" t="s">
+        <v>208</v>
+      </c>
+      <c r="C85" t="s">
+        <v>209</v>
+      </c>
+      <c r="D85" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4">
+      <c r="A86" t="s">
+        <v>20</v>
+      </c>
+      <c r="B86" t="s">
+        <v>210</v>
+      </c>
+      <c r="C86" t="s">
+        <v>211</v>
+      </c>
+      <c r="D86" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4">
+      <c r="A87" t="s">
+        <v>20</v>
+      </c>
+      <c r="B87" t="s">
+        <v>212</v>
+      </c>
+      <c r="C87" t="s">
+        <v>213</v>
+      </c>
+      <c r="D87" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4">
+      <c r="A88" t="s">
+        <v>20</v>
+      </c>
+      <c r="B88" t="s">
+        <v>214</v>
+      </c>
+      <c r="C88" t="s">
+        <v>215</v>
+      </c>
+      <c r="D88" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89" t="s">
+        <v>20</v>
+      </c>
+      <c r="B89" t="s">
+        <v>216</v>
+      </c>
+      <c r="C89" t="s">
+        <v>217</v>
+      </c>
+      <c r="D89" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4">
+      <c r="A90" t="s">
+        <v>20</v>
+      </c>
+      <c r="B90" t="s">
+        <v>218</v>
+      </c>
+      <c r="C90" t="s">
+        <v>219</v>
+      </c>
+      <c r="D90" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4">
+      <c r="A91" t="s">
+        <v>20</v>
+      </c>
+      <c r="B91" t="s">
+        <v>221</v>
+      </c>
+      <c r="C91" t="s">
+        <v>222</v>
+      </c>
+      <c r="D91" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4">
+      <c r="A92" t="s">
+        <v>20</v>
+      </c>
+      <c r="B92" t="s">
+        <v>223</v>
+      </c>
+      <c r="C92" t="s">
+        <v>224</v>
+      </c>
+      <c r="D92" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4">
+      <c r="A93" t="s">
+        <v>20</v>
+      </c>
+      <c r="B93" t="s">
+        <v>225</v>
+      </c>
+      <c r="C93" t="s">
+        <v>226</v>
+      </c>
+      <c r="D93" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4">
+      <c r="A94" t="s">
+        <v>20</v>
+      </c>
+      <c r="B94" t="s">
+        <v>227</v>
+      </c>
+      <c r="C94" t="s">
+        <v>228</v>
+      </c>
+      <c r="D94" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" t="s">
+        <v>20</v>
+      </c>
+      <c r="B95" t="s">
+        <v>229</v>
+      </c>
+      <c r="C95" t="s">
+        <v>230</v>
+      </c>
+      <c r="D95" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96" t="s">
+        <v>20</v>
+      </c>
+      <c r="B96" t="s">
+        <v>231</v>
+      </c>
+      <c r="C96" t="s">
+        <v>232</v>
+      </c>
+      <c r="D96" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4">
+      <c r="A97" t="s">
+        <v>20</v>
+      </c>
+      <c r="B97" t="s">
+        <v>233</v>
+      </c>
+      <c r="C97" t="s">
+        <v>234</v>
+      </c>
+      <c r="D97" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4">
+      <c r="A98" t="s">
+        <v>235</v>
+      </c>
+      <c r="B98" t="s">
+        <v>236</v>
+      </c>
+      <c r="C98" t="s">
+        <v>237</v>
+      </c>
+      <c r="D98" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4">
+      <c r="A99" t="s">
+        <v>235</v>
+      </c>
+      <c r="B99" t="s">
+        <v>238</v>
+      </c>
+      <c r="C99" t="s">
+        <v>239</v>
+      </c>
+      <c r="D99" t="s">
+        <v>132</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">