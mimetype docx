--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> (Heyden)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese longhorned beetle (US), mulberry borer, mulberry longhorn beetle, velvet longhorned beetle (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213368e70d525c44c" w:history="1">
+            <w:hyperlink r:id="rId3463690317dc497bd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId370468e70d525c490" w:history="1">
+            <w:hyperlink r:id="rId3088690317dc49850" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HESOCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="47040859" name="name211968e70d525c555" descr="13421.jpg"/>
+                  <wp:docPr id="8912396" name="name2317690317dc4a16b" descr="13421.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13421.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId840568e70d525c554" cstate="print"/>
+                          <a:blip r:embed="rId9527690317dc4a169" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId272568e70d525c625" w:history="1">
+            <w:hyperlink r:id="rId8480690317dc4a2b3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1790,50 +1790,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Juglans ailanthifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Juglans nigra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Juglans regia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Juglans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3086,63 +3106,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020; Rodman, 2020; Aitkenhead, 2021; Vlach, 2021). The current distribution is provided below.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28356190" name="name427468e70d525e50a" descr="HESOCA_distribution_map.jpg"/>
+            <wp:docPr id="20681686" name="name6537690317dc4c4bd" descr="HESOCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HESOCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId262768e70d525e507" cstate="print"/>
+                    <a:blip r:embed="rId4005690317dc4c4ba" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5722,51 +5742,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aitkenhead K (2021) USDA APHIS PPQ responses and program highlights in 2020. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId629568e70d52601e8" w:history="1">
+      <w:hyperlink r:id="rId2932690317dc4da6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5821,51 +5841,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(26): 2-3. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId197168e70d52602b0" w:history="1">
+      <w:hyperlink r:id="rId6335690317dc4db2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6085,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Faldermann from Utah. Poster presented at the 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> International IPM Symposium (Salt Lake City, US, 2018-03-23/26). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId891568e70d526046c" w:history="1">
+      <w:hyperlink r:id="rId4507690317dc4dcfc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6340,51 +6360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAPS (Cooperative Agricultural Pest Survey) (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pest datasheet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId667368e70d5260606" w:history="1">
+      <w:hyperlink r:id="rId6319690317dc4e060" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3869</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6399,51 +6419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CERIS (Center for Environmental and Research Information Systems) (2020) Survey status of velvet longhorned beetle -</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId852368e70d5260666" w:history="1">
+      <w:hyperlink r:id="rId9673690317dc4e0f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6728,51 +6748,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nauka, Krasnodar (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Danilevsky ML (2019) Catalogue of Palaearctic Cerambycoidea. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId554268e70d5260954" w:history="1">
+      <w:hyperlink r:id="rId2275690317dc4e42b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.zin.ru/animalia/coleoptera/rus/danlists.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6856,51 +6876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Defra (Department for Environment, Food &amp; Rural Affairs) (2015) Rapid pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId421168e70d5262b52" w:history="1">
+      <w:hyperlink r:id="rId9287690317dc4e528" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6953,51 +6973,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (Food and Agriculture Organization) (2019) International standards for phytosanitary measures No. 15. Regulation of wood packaging material in international trade. FAO, Rome (IT). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId416268e70d5262bfc" w:history="1">
+      <w:hyperlink r:id="rId8302690317dc4e5cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8175,51 +8195,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 88–89. Lesnaya Promyshlennost’, Moscow (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MNDA (Minnesota Department of Agriculture) (2020) Status of invasive forest and landscape pests in Minnesota 2019. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId889768e70d52633f3" w:history="1">
+      <w:hyperlink r:id="rId3444690317dc4ef7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8292,51 +8312,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 62-86. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId834568e70d52634b4" w:history="1">
+      <w:hyperlink r:id="rId9540690317dc4f04c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8485,51 +8505,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Izdatel’stvo Zoologicheskogo Instituta Akademii Nauk SSSR, Vol. 1, Moscow–Leningrad (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PDA (Pennsylvania Department of Agriculture) (2016) Pennsylvania Department of Agriculture 2016 Entomology Program Summary. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId550368e70d52635ea" w:history="1">
+      <w:hyperlink r:id="rId8638690317dc4f1bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8602,51 +8622,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 59–62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pfister S &amp; Valdez R (2017) Velvet longhorned beetle status in the United States. NPB Annual Meeting (Savannah, US, 2017-08-13/17). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId979168e70d52636c2" w:history="1">
+      <w:hyperlink r:id="rId7179690317dc4f298" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10 May 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8817,51 +8837,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Faldermann)). Utah Pests Fact Sheets (ENT-208-19-PR). Utah State University Extension and Utah Plant Pest Diagnostic Laboratory, Logan, UT. 5 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId415568e70d5263820" w:history="1">
+      <w:hyperlink r:id="rId6972690317dc4f41b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/1957</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8876,51 +8896,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royals HR &amp; Gilligan TM (2019) Screening aid; velvet longhorn beetle </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Faldermann). USDA-APHIS-PPQ Identification Technology Program. Fort Collins, Colorado. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId680468e70d5263880" w:history="1">
+      <w:hyperlink r:id="rId3770690317dc4f47c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8993,51 +9013,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 211-214.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spears L, Mull A, Fabiszak A, Murray M, Davis R, Alston D &amp; Ramirez R (2020) Invasive pests of landscape trees in Utah. Utah State University Extension. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId475168e70d526393e" w:history="1">
+      <w:hyperlink r:id="rId5227690317dc4f53d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9090,51 +9110,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 121–284.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tavakilian G &amp; Chevillotte H (2020). Titan database about longhorns or timber-beetles (Cerambycidae). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId614168e70d52639ef" w:history="1">
+      <w:hyperlink r:id="rId2266690317dc4f5dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://titan.gbif.fr/accueil_uk.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9169,51 +9189,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 62. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId715768e70d5263a7b" w:history="1">
+      <w:hyperlink r:id="rId2716690317dc4f65b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">? (last accessed 15 March 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9228,51 +9248,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vlach J (2021) High-tech sites survey. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Report 2020, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">p 33. Oregon Department of Agriculture [Portland, Oregon] Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId912968e70d5263adc" w:history="1">
+      <w:hyperlink r:id="rId7779690317dc4f6bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://oda.direct/PlantAnnualReport</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9287,90 +9307,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Watson K, Pratt CA, Caputo J (2016) Total records of velvet longhorn beetle </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Faldermann (Coleoptera, Cerambycidae) from Utah. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId125968e70d5263b39" w:history="1">
+      <w:hyperlink r:id="rId8657690317dc4f71b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WDATCP (Wisconsin Department of Agriculture, Trade and Consumer Protection) (2020) Annual report 2019. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId915168e70d5263b77" w:history="1">
+      <w:hyperlink r:id="rId5709690317dc4f75b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9920,51 +9940,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId717568e70d5263f49" w:history="1">
+      <w:hyperlink r:id="rId9163690317dc4fb4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10049,81 +10069,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 51-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId577868e70d526401c" w:history="1">
+      <w:hyperlink r:id="rId5375690317dc4fc3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02236.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12938701" name="name300768e70d5264b63" descr="eu_funding_250.png"/>
+            <wp:docPr id="33235485" name="name6446690317dc4fce3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId293068e70d5264b60" cstate="print"/>
+                    <a:blip r:embed="rId6374690317dc4fce2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10221,137 +10241,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95420265">
+  <w:abstractNum w:abstractNumId="50433100">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52950340">
+    <w:lvl w:ilvl="0" w:tplc="88556801">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52950340" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88556801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52950340" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88556801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52950340" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88556801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52950340" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88556801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52950340" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88556801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52950340" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88556801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52950340" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88556801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52950340" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88556801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95420264">
+  <w:abstractNum w:abstractNumId="50433099">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77523788">
+    <w:lvl w:ilvl="0" w:tplc="19165278">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11103,55 +11123,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95420264">
-    <w:abstractNumId w:val="95420264"/>
+  <w:num w:numId="50433099">
+    <w:abstractNumId w:val="50433099"/>
   </w:num>
-  <w:num w:numId="95420265">
-    <w:abstractNumId w:val="95420265"/>
+  <w:num w:numId="50433100">
+    <w:abstractNumId w:val="50433100"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22701,51 +22721,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId178873248" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId660035733" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId213368e70d525c44c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/" TargetMode="External"/><Relationship Id="rId370468e70d525c490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/categorization" TargetMode="External"/><Relationship Id="rId272568e70d525c625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/photos" TargetMode="External"/><Relationship Id="rId629568e70d52601e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf" TargetMode="External"/><Relationship Id="rId197168e70d52602b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx" TargetMode="External"/><Relationship Id="rId891568e70d526046c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf" TargetMode="External"/><Relationship Id="rId667368e70d5260606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3869" TargetMode="External"/><Relationship Id="rId852368e70d5260666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020" TargetMode="External"/><Relationship Id="rId554268e70d5260954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/danlists.htm" TargetMode="External"/><Relationship Id="rId421168e70d5262b52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931" TargetMode="External"/><Relationship Id="rId416268e70d5262bfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/" TargetMode="External"/><Relationship Id="rId889768e70d52633f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf" TargetMode="External"/><Relationship Id="rId834568e70d52634b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf" TargetMode="External"/><Relationship Id="rId550368e70d52635ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf" TargetMode="External"/><Relationship Id="rId979168e70d52636c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf" TargetMode="External"/><Relationship Id="rId415568e70d5263820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/1957" TargetMode="External"/><Relationship Id="rId680468e70d5263880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf" TargetMode="External"/><Relationship Id="rId475168e70d526393e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf" TargetMode="External"/><Relationship Id="rId614168e70d52639ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/accueil_uk.html" TargetMode="External"/><Relationship Id="rId715768e70d5263a7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61" TargetMode="External"/><Relationship Id="rId912968e70d5263adc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oda.direct/PlantAnnualReport" TargetMode="External"/><Relationship Id="rId125968e70d5263b39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf" TargetMode="External"/><Relationship Id="rId915168e70d5263b77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf" TargetMode="External"/><Relationship Id="rId717568e70d5263f49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId577868e70d526401c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02236.x" TargetMode="External"/><Relationship Id="rId840568e70d525c554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId840568e70d525c554.jpg"/><Relationship Id="rId262768e70d525e507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId262768e70d525e507.jpg"/><Relationship Id="rId293068e70d5264b60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId293068e70d5264b60.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId864084415" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId804323334" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3463690317dc497bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/" TargetMode="External"/><Relationship Id="rId3088690317dc49850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/categorization" TargetMode="External"/><Relationship Id="rId8480690317dc4a2b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/photos" TargetMode="External"/><Relationship Id="rId2932690317dc4da6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf" TargetMode="External"/><Relationship Id="rId6335690317dc4db2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx" TargetMode="External"/><Relationship Id="rId4507690317dc4dcfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf" TargetMode="External"/><Relationship Id="rId6319690317dc4e060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3869" TargetMode="External"/><Relationship Id="rId9673690317dc4e0f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020" TargetMode="External"/><Relationship Id="rId2275690317dc4e42b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/danlists.htm" TargetMode="External"/><Relationship Id="rId9287690317dc4e528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931" TargetMode="External"/><Relationship Id="rId8302690317dc4e5cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/" TargetMode="External"/><Relationship Id="rId3444690317dc4ef7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf" TargetMode="External"/><Relationship Id="rId9540690317dc4f04c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf" TargetMode="External"/><Relationship Id="rId8638690317dc4f1bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf" TargetMode="External"/><Relationship Id="rId7179690317dc4f298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf" TargetMode="External"/><Relationship Id="rId6972690317dc4f41b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/1957" TargetMode="External"/><Relationship Id="rId3770690317dc4f47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf" TargetMode="External"/><Relationship Id="rId5227690317dc4f53d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf" TargetMode="External"/><Relationship Id="rId2266690317dc4f5dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/accueil_uk.html" TargetMode="External"/><Relationship Id="rId2716690317dc4f65b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61" TargetMode="External"/><Relationship Id="rId7779690317dc4f6bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oda.direct/PlantAnnualReport" TargetMode="External"/><Relationship Id="rId8657690317dc4f71b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf" TargetMode="External"/><Relationship Id="rId5709690317dc4f75b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf" TargetMode="External"/><Relationship Id="rId9163690317dc4fb4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5375690317dc4fc3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02236.x" TargetMode="External"/><Relationship Id="rId9527690317dc4a169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9527690317dc4a169.jpg"/><Relationship Id="rId4005690317dc4c4ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4005690317dc4c4ba.jpg"/><Relationship Id="rId6374690317dc4fce2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6374690317dc4fce2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>