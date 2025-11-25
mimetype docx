--- v1 (2025-10-30)
+++ v2 (2025-11-25)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> (Heyden)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese longhorned beetle (US), mulberry borer, mulberry longhorn beetle, velvet longhorned beetle (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3463690317dc497bd" w:history="1">
+            <w:hyperlink r:id="rId1926692545a873c4a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3088690317dc49850" w:history="1">
+            <w:hyperlink r:id="rId3938692545a873c8d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HESOCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8912396" name="name2317690317dc4a16b" descr="13421.jpg"/>
+                  <wp:docPr id="35916447" name="name4399692545a874304" descr="13421.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13421.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9527690317dc4a169" cstate="print"/>
+                          <a:blip r:embed="rId6402692545a874303" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8480690317dc4a2b3" w:history="1">
+            <w:hyperlink r:id="rId3414692545a8743e9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3106,63 +3106,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020; Rodman, 2020; Aitkenhead, 2021; Vlach, 2021). The current distribution is provided below.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="20681686" name="name6537690317dc4c4bd" descr="HESOCA_distribution_map.jpg"/>
+            <wp:docPr id="91156043" name="name4338692545a8761fa" descr="HESOCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HESOCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4005690317dc4c4ba" cstate="print"/>
+                    <a:blip r:embed="rId8609692545a8761f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3202,51 +3202,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Gansu, Guizhou, Hebei, Heilongjiang, Henan, Hunan, Jilin, Liaoning, Neimenggu, Qinghai, Shaanxi, Shandong, Shanxi, Sichuan, Xinjiang, Yunnan), Iran, Islamic Republic of, Japan (Honshu, Kyushu, Ryukyu Archipelago, Shikoku), Kazakhstan, Korea, Democratic People's Republic of, Korea, Republic of, Kyrgyzstan, Mongolia, Tajikistan, Turkmenistan, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Canada (Ontario, Québec), United States of America (California, Colorado, Connecticut, Illinois, Massachusetts, Minnesota, Nebraska, New York, Ohio, Oregon, Pennsylvania, South Dakota, Utah, Wisconsin)</w:t>
+        <w:t xml:space="preserve"> Canada (Ontario, Québec), United States of America (California, Colorado, Connecticut, Illinois, Massachusetts, Minnesota, Nebraska, New York, Ohio, Oregon, Pennsylvania, South Dakota, Utah, Virginia, Wisconsin)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5742,51 +5742,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aitkenhead K (2021) USDA APHIS PPQ responses and program highlights in 2020. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2932690317dc4da6c" w:history="1">
+      <w:hyperlink r:id="rId2760692545a877418" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5841,51 +5841,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(26): 2-3. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6335690317dc4db2e" w:history="1">
+      <w:hyperlink r:id="rId1202692545a8774b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6105,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Faldermann from Utah. Poster presented at the 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> International IPM Symposium (Salt Lake City, US, 2018-03-23/26). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4507690317dc4dcfc" w:history="1">
+      <w:hyperlink r:id="rId1602692545a877663" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6360,51 +6360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAPS (Cooperative Agricultural Pest Survey) (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pest datasheet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6319690317dc4e060" w:history="1">
+      <w:hyperlink r:id="rId7109692545a877804" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3869</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6419,51 +6419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CERIS (Center for Environmental and Research Information Systems) (2020) Survey status of velvet longhorned beetle -</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9673690317dc4e0f2" w:history="1">
+      <w:hyperlink r:id="rId3150692545a877863" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6748,51 +6748,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nauka, Krasnodar (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Danilevsky ML (2019) Catalogue of Palaearctic Cerambycoidea. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2275690317dc4e42b" w:history="1">
+      <w:hyperlink r:id="rId9257692545a877a6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.zin.ru/animalia/coleoptera/rus/danlists.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6876,51 +6876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Defra (Department for Environment, Food &amp; Rural Affairs) (2015) Rapid pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9287690317dc4e528" w:history="1">
+      <w:hyperlink r:id="rId9609692545a877b3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6973,51 +6973,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (Food and Agriculture Organization) (2019) International standards for phytosanitary measures No. 15. Regulation of wood packaging material in international trade. FAO, Rome (IT). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8302690317dc4e5cc" w:history="1">
+      <w:hyperlink r:id="rId9735692545a877bd6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8195,51 +8195,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 88–89. Lesnaya Promyshlennost’, Moscow (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MNDA (Minnesota Department of Agriculture) (2020) Status of invasive forest and landscape pests in Minnesota 2019. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3444690317dc4ef7c" w:history="1">
+      <w:hyperlink r:id="rId7438692545a87839e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8312,51 +8312,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 62-86. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9540690317dc4f04c" w:history="1">
+      <w:hyperlink r:id="rId8268692545a87845c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8505,51 +8505,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Izdatel’stvo Zoologicheskogo Instituta Akademii Nauk SSSR, Vol. 1, Moscow–Leningrad (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PDA (Pennsylvania Department of Agriculture) (2016) Pennsylvania Department of Agriculture 2016 Entomology Program Summary. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8638690317dc4f1bc" w:history="1">
+      <w:hyperlink r:id="rId5170692545a878592" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8622,51 +8622,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 59–62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pfister S &amp; Valdez R (2017) Velvet longhorned beetle status in the United States. NPB Annual Meeting (Savannah, US, 2017-08-13/17). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7179690317dc4f298" w:history="1">
+      <w:hyperlink r:id="rId2483692545a87864f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10 May 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8837,51 +8837,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Faldermann)). Utah Pests Fact Sheets (ENT-208-19-PR). Utah State University Extension and Utah Plant Pest Diagnostic Laboratory, Logan, UT. 5 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6972690317dc4f41b" w:history="1">
+      <w:hyperlink r:id="rId2316692545a8787a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/1957</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8896,51 +8896,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royals HR &amp; Gilligan TM (2019) Screening aid; velvet longhorn beetle </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Faldermann). USDA-APHIS-PPQ Identification Technology Program. Fort Collins, Colorado. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3770690317dc4f47c" w:history="1">
+      <w:hyperlink r:id="rId9015692545a8787fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9013,51 +9013,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 211-214.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spears L, Mull A, Fabiszak A, Murray M, Davis R, Alston D &amp; Ramirez R (2020) Invasive pests of landscape trees in Utah. Utah State University Extension. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5227690317dc4f53d" w:history="1">
+      <w:hyperlink r:id="rId1447692545a8788b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9110,51 +9110,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 121–284.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tavakilian G &amp; Chevillotte H (2020). Titan database about longhorns or timber-beetles (Cerambycidae). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2266690317dc4f5dd" w:history="1">
+      <w:hyperlink r:id="rId5229692545a878950" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://titan.gbif.fr/accueil_uk.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9189,51 +9189,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 62. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2716690317dc4f65b" w:history="1">
+      <w:hyperlink r:id="rId1227692545a8789c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">? (last accessed 15 March 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9248,51 +9248,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vlach J (2021) High-tech sites survey. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Report 2020, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">p 33. Oregon Department of Agriculture [Portland, Oregon] Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7779690317dc4f6bc" w:history="1">
+      <w:hyperlink r:id="rId1119692545a878a26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://oda.direct/PlantAnnualReport</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9307,90 +9307,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Watson K, Pratt CA, Caputo J (2016) Total records of velvet longhorn beetle </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Faldermann (Coleoptera, Cerambycidae) from Utah. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8657690317dc4f71b" w:history="1">
+      <w:hyperlink r:id="rId5001692545a878a82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WDATCP (Wisconsin Department of Agriculture, Trade and Consumer Protection) (2020) Annual report 2019. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5709690317dc4f75b" w:history="1">
+      <w:hyperlink r:id="rId8096692545a878ac0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9940,51 +9940,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9163690317dc4fb4a" w:history="1">
+      <w:hyperlink r:id="rId4669692545a878e7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10069,81 +10069,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 51-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5375690317dc4fc3d" w:history="1">
+      <w:hyperlink r:id="rId9525692545a878f4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02236.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="33235485" name="name6446690317dc4fce3" descr="eu_funding_250.png"/>
+            <wp:docPr id="3476060" name="name3327692545a878fc4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6374690317dc4fce2" cstate="print"/>
+                    <a:blip r:embed="rId6447692545a878fc2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10241,137 +10241,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50433100">
+  <w:abstractNum w:abstractNumId="30779660">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88556801">
+    <w:lvl w:ilvl="0" w:tplc="23738831">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88556801" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23738831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88556801" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23738831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88556801" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23738831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88556801" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23738831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88556801" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23738831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88556801" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23738831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88556801" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23738831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88556801" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23738831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50433099">
+  <w:abstractNum w:abstractNumId="30779659">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19165278">
+    <w:lvl w:ilvl="0" w:tplc="85356168">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11123,55 +11123,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50433099">
-    <w:abstractNumId w:val="50433099"/>
+  <w:num w:numId="30779659">
+    <w:abstractNumId w:val="30779659"/>
   </w:num>
-  <w:num w:numId="50433100">
-    <w:abstractNumId w:val="50433100"/>
+  <w:num w:numId="30779660">
+    <w:abstractNumId w:val="30779660"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22721,51 +22721,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId864084415" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId804323334" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3463690317dc497bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/" TargetMode="External"/><Relationship Id="rId3088690317dc49850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/categorization" TargetMode="External"/><Relationship Id="rId8480690317dc4a2b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/photos" TargetMode="External"/><Relationship Id="rId2932690317dc4da6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf" TargetMode="External"/><Relationship Id="rId6335690317dc4db2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx" TargetMode="External"/><Relationship Id="rId4507690317dc4dcfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf" TargetMode="External"/><Relationship Id="rId6319690317dc4e060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3869" TargetMode="External"/><Relationship Id="rId9673690317dc4e0f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020" TargetMode="External"/><Relationship Id="rId2275690317dc4e42b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/danlists.htm" TargetMode="External"/><Relationship Id="rId9287690317dc4e528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931" TargetMode="External"/><Relationship Id="rId8302690317dc4e5cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/" TargetMode="External"/><Relationship Id="rId3444690317dc4ef7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf" TargetMode="External"/><Relationship Id="rId9540690317dc4f04c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf" TargetMode="External"/><Relationship Id="rId8638690317dc4f1bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf" TargetMode="External"/><Relationship Id="rId7179690317dc4f298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf" TargetMode="External"/><Relationship Id="rId6972690317dc4f41b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/1957" TargetMode="External"/><Relationship Id="rId3770690317dc4f47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf" TargetMode="External"/><Relationship Id="rId5227690317dc4f53d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf" TargetMode="External"/><Relationship Id="rId2266690317dc4f5dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/accueil_uk.html" TargetMode="External"/><Relationship Id="rId2716690317dc4f65b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61" TargetMode="External"/><Relationship Id="rId7779690317dc4f6bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oda.direct/PlantAnnualReport" TargetMode="External"/><Relationship Id="rId8657690317dc4f71b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf" TargetMode="External"/><Relationship Id="rId5709690317dc4f75b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf" TargetMode="External"/><Relationship Id="rId9163690317dc4fb4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5375690317dc4fc3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02236.x" TargetMode="External"/><Relationship Id="rId9527690317dc4a169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9527690317dc4a169.jpg"/><Relationship Id="rId4005690317dc4c4ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4005690317dc4c4ba.jpg"/><Relationship Id="rId6374690317dc4fce2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6374690317dc4fce2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId775728701" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId966654856" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1926692545a873c4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/" TargetMode="External"/><Relationship Id="rId3938692545a873c8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/categorization" TargetMode="External"/><Relationship Id="rId3414692545a8743e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/photos" TargetMode="External"/><Relationship Id="rId2760692545a877418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf" TargetMode="External"/><Relationship Id="rId1202692545a8774b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx" TargetMode="External"/><Relationship Id="rId1602692545a877663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf" TargetMode="External"/><Relationship Id="rId7109692545a877804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3869" TargetMode="External"/><Relationship Id="rId3150692545a877863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020" TargetMode="External"/><Relationship Id="rId9257692545a877a6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/danlists.htm" TargetMode="External"/><Relationship Id="rId9609692545a877b3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931" TargetMode="External"/><Relationship Id="rId9735692545a877bd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/" TargetMode="External"/><Relationship Id="rId7438692545a87839e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf" TargetMode="External"/><Relationship Id="rId8268692545a87845c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf" TargetMode="External"/><Relationship Id="rId5170692545a878592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf" TargetMode="External"/><Relationship Id="rId2483692545a87864f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf" TargetMode="External"/><Relationship Id="rId2316692545a8787a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/1957" TargetMode="External"/><Relationship Id="rId9015692545a8787fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf" TargetMode="External"/><Relationship Id="rId1447692545a8788b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf" TargetMode="External"/><Relationship Id="rId5229692545a878950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/accueil_uk.html" TargetMode="External"/><Relationship Id="rId1227692545a8789c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61" TargetMode="External"/><Relationship Id="rId1119692545a878a26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oda.direct/PlantAnnualReport" TargetMode="External"/><Relationship Id="rId5001692545a878a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf" TargetMode="External"/><Relationship Id="rId8096692545a878ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf" TargetMode="External"/><Relationship Id="rId4669692545a878e7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9525692545a878f4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02236.x" TargetMode="External"/><Relationship Id="rId6402692545a874303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6402692545a874303.jpg"/><Relationship Id="rId8609692545a8761f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8609692545a8761f8.jpg"/><Relationship Id="rId6447692545a878fc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6447692545a878fc2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>