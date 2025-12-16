--- v2 (2025-11-25)
+++ v3 (2025-12-16)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> (Heyden)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese longhorned beetle (US), mulberry borer, mulberry longhorn beetle, velvet longhorned beetle (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1926692545a873c4a" w:history="1">
+            <w:hyperlink r:id="rId25936940d534bb900" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3938692545a873c8d" w:history="1">
+            <w:hyperlink r:id="rId75396940d534bb946" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HESOCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="35916447" name="name4399692545a874304" descr="13421.jpg"/>
+                  <wp:docPr id="41788565" name="name90356940d534bc190" descr="13421.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13421.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6402692545a874303" cstate="print"/>
+                          <a:blip r:embed="rId12106940d534bc18e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3414692545a8743e9" w:history="1">
+            <w:hyperlink r:id="rId16256940d534bc2b8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1210,150 +1210,310 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Abies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Acer negundo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Acer platanoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Acer saccharinum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Acer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Alnus maximowiczii</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Alnus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Aralia elata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Aralia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Astragalus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Betula ermanii</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Betula grossa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Betula nigra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Betula platyphylla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Betula utilis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Betula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1370,50 +1530,90 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Broussonetia papyrifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Camellia japonica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Carpinus laxiflora</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Carpinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carya</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1510,50 +1710,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cornus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Corylus avellana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Cunninghamia lanceolata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diospyros</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1570,50 +1790,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elaeagnus angustifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Eleutherococcus sieboldianus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Eleutherococcus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euonymus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1710,90 +1950,130 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fraxinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Gleditsia triacanthos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Gleditsia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Glycyrrhiza uralensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Ilex latifolia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Ilex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Juglans ailanthifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1890,50 +2170,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Larix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Mallotus japonicus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Malus domestica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2410,50 +2710,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Scutellaria baicalensis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Sorbus alnifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sorbus aucuparia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2490,91 +2810,171 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Styphnolobium japonicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Syringa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Syzygium aromaticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Syzygium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Thuja plicata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Tilia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Toxicodendron sylvestre</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Toxicodendron vernicifluum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ulmus pumila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -3106,63 +3506,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020; Rodman, 2020; Aitkenhead, 2021; Vlach, 2021). The current distribution is provided below.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91156043" name="name4338692545a8761fa" descr="HESOCA_distribution_map.jpg"/>
+            <wp:docPr id="87743897" name="name33086940d534be2cf" descr="HESOCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HESOCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8609692545a8761f8" cstate="print"/>
+                    <a:blip r:embed="rId30356940d534be2cc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5742,51 +6142,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aitkenhead K (2021) USDA APHIS PPQ responses and program highlights in 2020. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2760692545a877418" w:history="1">
+      <w:hyperlink r:id="rId64036940d534bf638" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5841,51 +6241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(26): 2-3. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1202692545a8774b9" w:history="1">
+      <w:hyperlink r:id="rId33896940d534bf709" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6105,51 +6505,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Faldermann from Utah. Poster presented at the 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> International IPM Symposium (Salt Lake City, US, 2018-03-23/26). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1602692545a877663" w:history="1">
+      <w:hyperlink r:id="rId63626940d534bf8e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6360,51 +6760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAPS (Cooperative Agricultural Pest Survey) (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pest datasheet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7109692545a877804" w:history="1">
+      <w:hyperlink r:id="rId25836940d534bfa7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3869</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6419,51 +6819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CERIS (Center for Environmental and Research Information Systems) (2020) Survey status of velvet longhorned beetle -</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3150692545a877863" w:history="1">
+      <w:hyperlink r:id="rId99126940d534bfadf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6748,51 +7148,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nauka, Krasnodar (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Danilevsky ML (2019) Catalogue of Palaearctic Cerambycoidea. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9257692545a877a6d" w:history="1">
+      <w:hyperlink r:id="rId94036940d534bfd2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.zin.ru/animalia/coleoptera/rus/danlists.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6876,51 +7276,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Defra (Department for Environment, Food &amp; Rural Affairs) (2015) Rapid pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9609692545a877b3b" w:history="1">
+      <w:hyperlink r:id="rId87156940d534bfe02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6973,51 +7373,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (Food and Agriculture Organization) (2019) International standards for phytosanitary measures No. 15. Regulation of wood packaging material in international trade. FAO, Rome (IT). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9735692545a877bd6" w:history="1">
+      <w:hyperlink r:id="rId41156940d534bfeb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8195,51 +8595,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 88–89. Lesnaya Promyshlennost’, Moscow (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MNDA (Minnesota Department of Agriculture) (2020) Status of invasive forest and landscape pests in Minnesota 2019. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7438692545a87839e" w:history="1">
+      <w:hyperlink r:id="rId53626940d534c06c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8312,51 +8712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 62-86. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8268692545a87845c" w:history="1">
+      <w:hyperlink r:id="rId61116940d534c0788" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8505,51 +8905,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Izdatel’stvo Zoologicheskogo Instituta Akademii Nauk SSSR, Vol. 1, Moscow–Leningrad (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PDA (Pennsylvania Department of Agriculture) (2016) Pennsylvania Department of Agriculture 2016 Entomology Program Summary. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5170692545a878592" w:history="1">
+      <w:hyperlink r:id="rId86196940d534c08c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8622,51 +9022,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 59–62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pfister S &amp; Valdez R (2017) Velvet longhorned beetle status in the United States. NPB Annual Meeting (Savannah, US, 2017-08-13/17). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2483692545a87864f" w:history="1">
+      <w:hyperlink r:id="rId63806940d534c097e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10 May 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8837,51 +9237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Faldermann)). Utah Pests Fact Sheets (ENT-208-19-PR). Utah State University Extension and Utah Plant Pest Diagnostic Laboratory, Logan, UT. 5 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2316692545a8787a1" w:history="1">
+      <w:hyperlink r:id="rId21476940d534c0ae2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/1957</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8896,51 +9296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royals HR &amp; Gilligan TM (2019) Screening aid; velvet longhorn beetle </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Faldermann). USDA-APHIS-PPQ Identification Technology Program. Fort Collins, Colorado. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9015692545a8787fe" w:history="1">
+      <w:hyperlink r:id="rId22046940d534c0b46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9013,51 +9413,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 211-214.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spears L, Mull A, Fabiszak A, Murray M, Davis R, Alston D &amp; Ramirez R (2020) Invasive pests of landscape trees in Utah. Utah State University Extension. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1447692545a8788b7" w:history="1">
+      <w:hyperlink r:id="rId89826940d534c0c03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9110,51 +9510,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 121–284.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tavakilian G &amp; Chevillotte H (2020). Titan database about longhorns or timber-beetles (Cerambycidae). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5229692545a878950" w:history="1">
+      <w:hyperlink r:id="rId14916940d534c0c9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://titan.gbif.fr/accueil_uk.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9189,51 +9589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 62. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1227692545a8789c9" w:history="1">
+      <w:hyperlink r:id="rId19916940d534c0d1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">? (last accessed 15 March 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9248,51 +9648,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vlach J (2021) High-tech sites survey. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Report 2020, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">p 33. Oregon Department of Agriculture [Portland, Oregon] Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1119692545a878a26" w:history="1">
+      <w:hyperlink r:id="rId98626940d534c0d7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://oda.direct/PlantAnnualReport</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9307,90 +9707,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Watson K, Pratt CA, Caputo J (2016) Total records of velvet longhorn beetle </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Faldermann (Coleoptera, Cerambycidae) from Utah. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5001692545a878a82" w:history="1">
+      <w:hyperlink r:id="rId63456940d534c0dd7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WDATCP (Wisconsin Department of Agriculture, Trade and Consumer Protection) (2020) Annual report 2019. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8096692545a878ac0" w:history="1">
+      <w:hyperlink r:id="rId66936940d534c0e15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9940,51 +10340,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4669692545a878e7b" w:history="1">
+      <w:hyperlink r:id="rId89486940d534c122f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10069,81 +10469,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 51-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9525692545a878f4d" w:history="1">
+      <w:hyperlink r:id="rId74336940d534c1307" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02236.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3476060" name="name3327692545a878fc4" descr="eu_funding_250.png"/>
+            <wp:docPr id="49066437" name="name16236940d534c136a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6447692545a878fc2" cstate="print"/>
+                    <a:blip r:embed="rId67566940d534c1369" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10241,137 +10641,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30779660">
+  <w:abstractNum w:abstractNumId="56257308">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23738831">
+    <w:lvl w:ilvl="0" w:tplc="33729105">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23738831" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33729105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23738831" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33729105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23738831" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33729105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23738831" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33729105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23738831" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33729105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23738831" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33729105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23738831" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33729105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23738831" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33729105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30779659">
+  <w:abstractNum w:abstractNumId="56257307">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85356168">
+    <w:lvl w:ilvl="0" w:tplc="34932686">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11123,55 +11523,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30779659">
-    <w:abstractNumId w:val="30779659"/>
+  <w:num w:numId="56257307">
+    <w:abstractNumId w:val="56257307"/>
   </w:num>
-  <w:num w:numId="30779660">
-    <w:abstractNumId w:val="30779660"/>
+  <w:num w:numId="56257308">
+    <w:abstractNumId w:val="56257308"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22721,51 +23121,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId775728701" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId966654856" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1926692545a873c4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/" TargetMode="External"/><Relationship Id="rId3938692545a873c8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/categorization" TargetMode="External"/><Relationship Id="rId3414692545a8743e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/photos" TargetMode="External"/><Relationship Id="rId2760692545a877418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf" TargetMode="External"/><Relationship Id="rId1202692545a8774b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx" TargetMode="External"/><Relationship Id="rId1602692545a877663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf" TargetMode="External"/><Relationship Id="rId7109692545a877804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3869" TargetMode="External"/><Relationship Id="rId3150692545a877863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020" TargetMode="External"/><Relationship Id="rId9257692545a877a6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/danlists.htm" TargetMode="External"/><Relationship Id="rId9609692545a877b3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931" TargetMode="External"/><Relationship Id="rId9735692545a877bd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/" TargetMode="External"/><Relationship Id="rId7438692545a87839e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf" TargetMode="External"/><Relationship Id="rId8268692545a87845c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf" TargetMode="External"/><Relationship Id="rId5170692545a878592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf" TargetMode="External"/><Relationship Id="rId2483692545a87864f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf" TargetMode="External"/><Relationship Id="rId2316692545a8787a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/1957" TargetMode="External"/><Relationship Id="rId9015692545a8787fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf" TargetMode="External"/><Relationship Id="rId1447692545a8788b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf" TargetMode="External"/><Relationship Id="rId5229692545a878950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/accueil_uk.html" TargetMode="External"/><Relationship Id="rId1227692545a8789c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61" TargetMode="External"/><Relationship Id="rId1119692545a878a26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oda.direct/PlantAnnualReport" TargetMode="External"/><Relationship Id="rId5001692545a878a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf" TargetMode="External"/><Relationship Id="rId8096692545a878ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf" TargetMode="External"/><Relationship Id="rId4669692545a878e7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9525692545a878f4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02236.x" TargetMode="External"/><Relationship Id="rId6402692545a874303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6402692545a874303.jpg"/><Relationship Id="rId8609692545a8761f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8609692545a8761f8.jpg"/><Relationship Id="rId6447692545a878fc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6447692545a878fc2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId216076908" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId965686729" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId25936940d534bb900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/" TargetMode="External"/><Relationship Id="rId75396940d534bb946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/categorization" TargetMode="External"/><Relationship Id="rId16256940d534bc2b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/photos" TargetMode="External"/><Relationship Id="rId64036940d534bf638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf" TargetMode="External"/><Relationship Id="rId33896940d534bf709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx" TargetMode="External"/><Relationship Id="rId63626940d534bf8e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf" TargetMode="External"/><Relationship Id="rId25836940d534bfa7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3869" TargetMode="External"/><Relationship Id="rId99126940d534bfadf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020" TargetMode="External"/><Relationship Id="rId94036940d534bfd2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/danlists.htm" TargetMode="External"/><Relationship Id="rId87156940d534bfe02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931" TargetMode="External"/><Relationship Id="rId41156940d534bfeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/" TargetMode="External"/><Relationship Id="rId53626940d534c06c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf" TargetMode="External"/><Relationship Id="rId61116940d534c0788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf" TargetMode="External"/><Relationship Id="rId86196940d534c08c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf" TargetMode="External"/><Relationship Id="rId63806940d534c097e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf" TargetMode="External"/><Relationship Id="rId21476940d534c0ae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/1957" TargetMode="External"/><Relationship Id="rId22046940d534c0b46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf" TargetMode="External"/><Relationship Id="rId89826940d534c0c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf" TargetMode="External"/><Relationship Id="rId14916940d534c0c9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/accueil_uk.html" TargetMode="External"/><Relationship Id="rId19916940d534c0d1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61" TargetMode="External"/><Relationship Id="rId98626940d534c0d7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oda.direct/PlantAnnualReport" TargetMode="External"/><Relationship Id="rId63456940d534c0dd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf" TargetMode="External"/><Relationship Id="rId66936940d534c0e15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf" TargetMode="External"/><Relationship Id="rId89486940d534c122f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId74336940d534c1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02236.x" TargetMode="External"/><Relationship Id="rId12106940d534bc18e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12106940d534bc18e.jpg"/><Relationship Id="rId30356940d534be2cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30356940d534be2cc.jpg"/><Relationship Id="rId67566940d534c1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67566940d534c1369.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>