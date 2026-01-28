--- v3 (2025-12-16)
+++ v4 (2026-01-28)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> (Heyden)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese longhorned beetle (US), mulberry borer, mulberry longhorn beetle, velvet longhorned beetle (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25936940d534bb900" w:history="1">
+            <w:hyperlink r:id="rId97316979ce158238d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75396940d534bb946" w:history="1">
+            <w:hyperlink r:id="rId24876979ce15823d3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HESOCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="41788565" name="name90356940d534bc190" descr="13421.jpg"/>
+                  <wp:docPr id="58677685" name="name17416979ce1582cb5" descr="13421.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13421.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId12106940d534bc18e" cstate="print"/>
+                          <a:blip r:embed="rId48606979ce1582cb3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId16256940d534bc2b8" w:history="1">
+            <w:hyperlink r:id="rId38926979ce1582e07" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3506,63 +3506,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020; Rodman, 2020; Aitkenhead, 2021; Vlach, 2021). The current distribution is provided below.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87743897" name="name33086940d534be2cf" descr="HESOCA_distribution_map.jpg"/>
+            <wp:docPr id="23179878" name="name87756979ce1585097" descr="HESOCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HESOCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30356940d534be2cc" cstate="print"/>
+                    <a:blip r:embed="rId15516979ce1585094" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6142,51 +6142,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aitkenhead K (2021) USDA APHIS PPQ responses and program highlights in 2020. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64036940d534bf638" w:history="1">
+      <w:hyperlink r:id="rId74486979ce15863d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6241,51 +6241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(26): 2-3. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33896940d534bf709" w:history="1">
+      <w:hyperlink r:id="rId22286979ce1586476" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6505,51 +6505,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Faldermann from Utah. Poster presented at the 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> International IPM Symposium (Salt Lake City, US, 2018-03-23/26). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63626940d534bf8e3" w:history="1">
+      <w:hyperlink r:id="rId61146979ce1586651" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6760,51 +6760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAPS (Cooperative Agricultural Pest Survey) (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pest datasheet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25836940d534bfa7f" w:history="1">
+      <w:hyperlink r:id="rId82096979ce1586803" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3869</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6819,51 +6819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CERIS (Center for Environmental and Research Information Systems) (2020) Survey status of velvet longhorned beetle -</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99126940d534bfadf" w:history="1">
+      <w:hyperlink r:id="rId19956979ce1586870" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7148,51 +7148,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nauka, Krasnodar (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Danilevsky ML (2019) Catalogue of Palaearctic Cerambycoidea. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94036940d534bfd2b" w:history="1">
+      <w:hyperlink r:id="rId26216979ce1586aa8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.zin.ru/animalia/coleoptera/rus/danlists.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7276,51 +7276,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Defra (Department for Environment, Food &amp; Rural Affairs) (2015) Rapid pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87156940d534bfe02" w:history="1">
+      <w:hyperlink r:id="rId72336979ce1586b96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7373,51 +7373,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (Food and Agriculture Organization) (2019) International standards for phytosanitary measures No. 15. Regulation of wood packaging material in international trade. FAO, Rome (IT). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41156940d534bfeb7" w:history="1">
+      <w:hyperlink r:id="rId21136979ce1586c83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8595,51 +8595,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 88–89. Lesnaya Promyshlennost’, Moscow (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MNDA (Minnesota Department of Agriculture) (2020) Status of invasive forest and landscape pests in Minnesota 2019. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53626940d534c06c8" w:history="1">
+      <w:hyperlink r:id="rId48336979ce15874ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8712,51 +8712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 62-86. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61116940d534c0788" w:history="1">
+      <w:hyperlink r:id="rId64986979ce15875b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8905,51 +8905,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Izdatel’stvo Zoologicheskogo Instituta Akademii Nauk SSSR, Vol. 1, Moscow–Leningrad (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PDA (Pennsylvania Department of Agriculture) (2016) Pennsylvania Department of Agriculture 2016 Entomology Program Summary. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86196940d534c08c1" w:history="1">
+      <w:hyperlink r:id="rId98536979ce15876ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9022,51 +9022,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 59–62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pfister S &amp; Valdez R (2017) Velvet longhorned beetle status in the United States. NPB Annual Meeting (Savannah, US, 2017-08-13/17). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63806940d534c097e" w:history="1">
+      <w:hyperlink r:id="rId57866979ce1587816" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10 May 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9237,51 +9237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Faldermann)). Utah Pests Fact Sheets (ENT-208-19-PR). Utah State University Extension and Utah Plant Pest Diagnostic Laboratory, Logan, UT. 5 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21476940d534c0ae2" w:history="1">
+      <w:hyperlink r:id="rId57316979ce1587b85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/1957</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9296,51 +9296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royals HR &amp; Gilligan TM (2019) Screening aid; velvet longhorn beetle </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Faldermann). USDA-APHIS-PPQ Identification Technology Program. Fort Collins, Colorado. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22046940d534c0b46" w:history="1">
+      <w:hyperlink r:id="rId17146979ce1587c01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9413,51 +9413,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 211-214.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spears L, Mull A, Fabiszak A, Murray M, Davis R, Alston D &amp; Ramirez R (2020) Invasive pests of landscape trees in Utah. Utah State University Extension. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89826940d534c0c03" w:history="1">
+      <w:hyperlink r:id="rId47176979ce1587d08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9510,51 +9510,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 121–284.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tavakilian G &amp; Chevillotte H (2020). Titan database about longhorns or timber-beetles (Cerambycidae). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14916940d534c0c9f" w:history="1">
+      <w:hyperlink r:id="rId18906979ce1587da6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://titan.gbif.fr/accueil_uk.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9589,51 +9589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 62. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19916940d534c0d1b" w:history="1">
+      <w:hyperlink r:id="rId43076979ce1587f16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">? (last accessed 15 March 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9648,51 +9648,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vlach J (2021) High-tech sites survey. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Report 2020, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">p 33. Oregon Department of Agriculture [Portland, Oregon] Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98626940d534c0d7a" w:history="1">
+      <w:hyperlink r:id="rId37376979ce1587f86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://oda.direct/PlantAnnualReport</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9707,90 +9707,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Watson K, Pratt CA, Caputo J (2016) Total records of velvet longhorn beetle </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Faldermann (Coleoptera, Cerambycidae) from Utah. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63456940d534c0dd7" w:history="1">
+      <w:hyperlink r:id="rId27986979ce158801c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WDATCP (Wisconsin Department of Agriculture, Trade and Consumer Protection) (2020) Annual report 2019. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66936940d534c0e15" w:history="1">
+      <w:hyperlink r:id="rId33836979ce1588060" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10318,73 +10318,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89486940d534c122f" w:history="1">
+      <w:hyperlink r:id="rId19936979ce1588522" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10469,81 +10469,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 51-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74336940d534c1307" w:history="1">
+      <w:hyperlink r:id="rId85156979ce1588625" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02236.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="49066437" name="name16236940d534c136a" descr="eu_funding_250.png"/>
+            <wp:docPr id="75281791" name="name97976979ce15887fd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId67566940d534c1369" cstate="print"/>
+                    <a:blip r:embed="rId78816979ce15887fc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10641,137 +10641,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56257308">
+  <w:abstractNum w:abstractNumId="54120350">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33729105">
+    <w:lvl w:ilvl="0" w:tplc="52905610">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33729105" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52905610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33729105" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52905610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33729105" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52905610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33729105" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52905610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33729105" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52905610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33729105" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52905610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33729105" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52905610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33729105" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52905610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56257307">
+  <w:abstractNum w:abstractNumId="54120349">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34932686">
+    <w:lvl w:ilvl="0" w:tplc="79704411">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11523,55 +11523,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56257307">
-    <w:abstractNumId w:val="56257307"/>
+  <w:num w:numId="54120349">
+    <w:abstractNumId w:val="54120349"/>
   </w:num>
-  <w:num w:numId="56257308">
-    <w:abstractNumId w:val="56257308"/>
+  <w:num w:numId="54120350">
+    <w:abstractNumId w:val="54120350"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23121,51 +23121,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId216076908" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId965686729" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId25936940d534bb900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/" TargetMode="External"/><Relationship Id="rId75396940d534bb946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/categorization" TargetMode="External"/><Relationship Id="rId16256940d534bc2b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/photos" TargetMode="External"/><Relationship Id="rId64036940d534bf638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf" TargetMode="External"/><Relationship Id="rId33896940d534bf709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx" TargetMode="External"/><Relationship Id="rId63626940d534bf8e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf" TargetMode="External"/><Relationship Id="rId25836940d534bfa7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3869" TargetMode="External"/><Relationship Id="rId99126940d534bfadf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020" TargetMode="External"/><Relationship Id="rId94036940d534bfd2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/danlists.htm" TargetMode="External"/><Relationship Id="rId87156940d534bfe02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931" TargetMode="External"/><Relationship Id="rId41156940d534bfeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/" TargetMode="External"/><Relationship Id="rId53626940d534c06c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf" TargetMode="External"/><Relationship Id="rId61116940d534c0788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf" TargetMode="External"/><Relationship Id="rId86196940d534c08c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf" TargetMode="External"/><Relationship Id="rId63806940d534c097e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf" TargetMode="External"/><Relationship Id="rId21476940d534c0ae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/1957" TargetMode="External"/><Relationship Id="rId22046940d534c0b46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf" TargetMode="External"/><Relationship Id="rId89826940d534c0c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf" TargetMode="External"/><Relationship Id="rId14916940d534c0c9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/accueil_uk.html" TargetMode="External"/><Relationship Id="rId19916940d534c0d1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61" TargetMode="External"/><Relationship Id="rId98626940d534c0d7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oda.direct/PlantAnnualReport" TargetMode="External"/><Relationship Id="rId63456940d534c0dd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf" TargetMode="External"/><Relationship Id="rId66936940d534c0e15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf" TargetMode="External"/><Relationship Id="rId89486940d534c122f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId74336940d534c1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02236.x" TargetMode="External"/><Relationship Id="rId12106940d534bc18e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12106940d534bc18e.jpg"/><Relationship Id="rId30356940d534be2cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30356940d534be2cc.jpg"/><Relationship Id="rId67566940d534c1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67566940d534c1369.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId148911651" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId761476622" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId97316979ce158238d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/" TargetMode="External"/><Relationship Id="rId24876979ce15823d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/categorization" TargetMode="External"/><Relationship Id="rId38926979ce1582e07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/photos" TargetMode="External"/><Relationship Id="rId74486979ce15863d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf" TargetMode="External"/><Relationship Id="rId22286979ce1586476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx" TargetMode="External"/><Relationship Id="rId61146979ce1586651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf" TargetMode="External"/><Relationship Id="rId82096979ce1586803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3869" TargetMode="External"/><Relationship Id="rId19956979ce1586870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020" TargetMode="External"/><Relationship Id="rId26216979ce1586aa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/danlists.htm" TargetMode="External"/><Relationship Id="rId72336979ce1586b96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931" TargetMode="External"/><Relationship Id="rId21136979ce1586c83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/" TargetMode="External"/><Relationship Id="rId48336979ce15874ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf" TargetMode="External"/><Relationship Id="rId64986979ce15875b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf" TargetMode="External"/><Relationship Id="rId98536979ce15876ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf" TargetMode="External"/><Relationship Id="rId57866979ce1587816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf" TargetMode="External"/><Relationship Id="rId57316979ce1587b85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/1957" TargetMode="External"/><Relationship Id="rId17146979ce1587c01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf" TargetMode="External"/><Relationship Id="rId47176979ce1587d08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf" TargetMode="External"/><Relationship Id="rId18906979ce1587da6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/accueil_uk.html" TargetMode="External"/><Relationship Id="rId43076979ce1587f16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61" TargetMode="External"/><Relationship Id="rId37376979ce1587f86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oda.direct/PlantAnnualReport" TargetMode="External"/><Relationship Id="rId27986979ce158801c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf" TargetMode="External"/><Relationship Id="rId33836979ce1588060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf" TargetMode="External"/><Relationship Id="rId19936979ce1588522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId85156979ce1588625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02236.x" TargetMode="External"/><Relationship Id="rId48606979ce1582cb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48606979ce1582cb3.jpg"/><Relationship Id="rId15516979ce1585094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15516979ce1585094.jpg"/><Relationship Id="rId78816979ce15887fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78816979ce15887fc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>