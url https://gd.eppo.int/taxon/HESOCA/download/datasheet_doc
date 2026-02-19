--- v4 (2026-01-28)
+++ v5 (2026-02-19)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> (Heyden)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese longhorned beetle (US), mulberry borer, mulberry longhorn beetle, velvet longhorned beetle (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97316979ce158238d" w:history="1">
+            <w:hyperlink r:id="rId82976997449e0eb2f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24876979ce15823d3" w:history="1">
+            <w:hyperlink r:id="rId33856997449e0eb77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HESOCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58677685" name="name17416979ce1582cb5" descr="13421.jpg"/>
+                  <wp:docPr id="91294277" name="name35556997449e0f290" descr="13421.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13421.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId48606979ce1582cb3" cstate="print"/>
+                          <a:blip r:embed="rId56116997449e0f28e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId38926979ce1582e07" w:history="1">
+            <w:hyperlink r:id="rId39806997449e0f3af" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3506,105 +3506,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020; Rodman, 2020; Aitkenhead, 2021; Vlach, 2021). The current distribution is provided below.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23179878" name="name87756979ce1585097" descr="HESOCA_distribution_map.jpg"/>
+            <wp:docPr id="81980677" name="name84646997449e1139d" descr="HESOCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HESOCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15516979ce1585094" cstate="print"/>
+                    <a:blip r:embed="rId38006997449e11399" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Armenia, Azerbaijan, Czechia, Georgia, Germany, Hungary, Kazakhstan, Kyrgyzstan, Latvia, Lithuania, Moldova, Republic of, Poland, Romania, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Slovakia, Ukraine, Uzbekistan</w:t>
+        <w:t xml:space="preserve"> Armenia, Azerbaijan, Czechia, Georgia, Germany, Hungary, Kazakhstan, Kyrgyzstan, Latvia, Lithuania, Moldova, Republic of, Poland, Romania, Russian Federation (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Slovakia, Ukraine, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Gansu, Guizhou, Hebei, Heilongjiang, Henan, Hunan, Jilin, Liaoning, Neimenggu, Qinghai, Shaanxi, Shandong, Shanxi, Sichuan, Xinjiang, Yunnan), Iran, Islamic Republic of, Japan (Honshu, Kyushu, Ryukyu Archipelago, Shikoku), Kazakhstan, Korea, Democratic People's Republic of, Korea, Republic of, Kyrgyzstan, Mongolia, Tajikistan, Turkmenistan, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6142,51 +6142,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aitkenhead K (2021) USDA APHIS PPQ responses and program highlights in 2020. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74486979ce15863d1" w:history="1">
+      <w:hyperlink r:id="rId31786997449e1327a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6241,51 +6241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(26): 2-3. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22286979ce1586476" w:history="1">
+      <w:hyperlink r:id="rId81876997449e1335e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6505,51 +6505,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Faldermann from Utah. Poster presented at the 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> International IPM Symposium (Salt Lake City, US, 2018-03-23/26). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61146979ce1586651" w:history="1">
+      <w:hyperlink r:id="rId16296997449e13631" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6760,51 +6760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAPS (Cooperative Agricultural Pest Survey) (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pest datasheet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82096979ce1586803" w:history="1">
+      <w:hyperlink r:id="rId14186997449e1380f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3869</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6819,51 +6819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CERIS (Center for Environmental and Research Information Systems) (2020) Survey status of velvet longhorned beetle -</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19956979ce1586870" w:history="1">
+      <w:hyperlink r:id="rId93376997449e138af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7148,51 +7148,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nauka, Krasnodar (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Danilevsky ML (2019) Catalogue of Palaearctic Cerambycoidea. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26216979ce1586aa8" w:history="1">
+      <w:hyperlink r:id="rId83566997449e13ae9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.zin.ru/animalia/coleoptera/rus/danlists.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7276,51 +7276,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Defra (Department for Environment, Food &amp; Rural Affairs) (2015) Rapid pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72336979ce1586b96" w:history="1">
+      <w:hyperlink r:id="rId23666997449e13bee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7373,51 +7373,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (Food and Agriculture Organization) (2019) International standards for phytosanitary measures No. 15. Regulation of wood packaging material in international trade. FAO, Rome (IT). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21136979ce1586c83" w:history="1">
+      <w:hyperlink r:id="rId81306997449e13c91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8595,51 +8595,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 88–89. Lesnaya Promyshlennost’, Moscow (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MNDA (Minnesota Department of Agriculture) (2020) Status of invasive forest and landscape pests in Minnesota 2019. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48336979ce15874ef" w:history="1">
+      <w:hyperlink r:id="rId60846997449e14570" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8712,51 +8712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 62-86. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64986979ce15875b5" w:history="1">
+      <w:hyperlink r:id="rId47656997449e14634" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8905,51 +8905,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Izdatel’stvo Zoologicheskogo Instituta Akademii Nauk SSSR, Vol. 1, Moscow–Leningrad (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PDA (Pennsylvania Department of Agriculture) (2016) Pennsylvania Department of Agriculture 2016 Entomology Program Summary. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98536979ce15876ec" w:history="1">
+      <w:hyperlink r:id="rId92866997449e1476c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9022,51 +9022,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 59–62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pfister S &amp; Valdez R (2017) Velvet longhorned beetle status in the United States. NPB Annual Meeting (Savannah, US, 2017-08-13/17). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57866979ce1587816" w:history="1">
+      <w:hyperlink r:id="rId26666997449e1484b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10 May 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9237,51 +9237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Faldermann)). Utah Pests Fact Sheets (ENT-208-19-PR). Utah State University Extension and Utah Plant Pest Diagnostic Laboratory, Logan, UT. 5 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57316979ce1587b85" w:history="1">
+      <w:hyperlink r:id="rId22556997449e149a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/1957</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9296,51 +9296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royals HR &amp; Gilligan TM (2019) Screening aid; velvet longhorn beetle </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Faldermann). USDA-APHIS-PPQ Identification Technology Program. Fort Collins, Colorado. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17146979ce1587c01" w:history="1">
+      <w:hyperlink r:id="rId78136997449e14a06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9413,51 +9413,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 211-214.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spears L, Mull A, Fabiszak A, Murray M, Davis R, Alston D &amp; Ramirez R (2020) Invasive pests of landscape trees in Utah. Utah State University Extension. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47176979ce1587d08" w:history="1">
+      <w:hyperlink r:id="rId73486997449e14ac4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9510,51 +9510,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 121–284.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tavakilian G &amp; Chevillotte H (2020). Titan database about longhorns or timber-beetles (Cerambycidae). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18906979ce1587da6" w:history="1">
+      <w:hyperlink r:id="rId59986997449e14b61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://titan.gbif.fr/accueil_uk.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9589,51 +9589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 62. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43076979ce1587f16" w:history="1">
+      <w:hyperlink r:id="rId87976997449e14be7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">? (last accessed 15 March 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9648,51 +9648,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vlach J (2021) High-tech sites survey. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Report 2020, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">p 33. Oregon Department of Agriculture [Portland, Oregon] Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37376979ce1587f86" w:history="1">
+      <w:hyperlink r:id="rId30516997449e14c4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://oda.direct/PlantAnnualReport</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9707,90 +9707,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Watson K, Pratt CA, Caputo J (2016) Total records of velvet longhorn beetle </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Faldermann (Coleoptera, Cerambycidae) from Utah. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27986979ce158801c" w:history="1">
+      <w:hyperlink r:id="rId93256997449e14ca9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WDATCP (Wisconsin Department of Agriculture, Trade and Consumer Protection) (2020) Annual report 2019. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33836979ce1588060" w:history="1">
+      <w:hyperlink r:id="rId67336997449e14ce8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10340,51 +10340,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19936979ce1588522" w:history="1">
+      <w:hyperlink r:id="rId72966997449e150b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10469,81 +10469,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 51-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85156979ce1588625" w:history="1">
+      <w:hyperlink r:id="rId32336997449e15186" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02236.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75281791" name="name97976979ce15887fd" descr="eu_funding_250.png"/>
+            <wp:docPr id="43019005" name="name14136997449e15227" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId78816979ce15887fc" cstate="print"/>
+                    <a:blip r:embed="rId25726997449e15226" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10641,137 +10641,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54120350">
+  <w:abstractNum w:abstractNumId="26906893">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52905610">
+    <w:lvl w:ilvl="0" w:tplc="72679731">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52905610" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72679731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52905610" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72679731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52905610" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72679731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52905610" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72679731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52905610" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72679731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52905610" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72679731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52905610" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72679731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52905610" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72679731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54120349">
+  <w:abstractNum w:abstractNumId="26906892">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79704411">
+    <w:lvl w:ilvl="0" w:tplc="83622269">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11523,55 +11523,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54120349">
-    <w:abstractNumId w:val="54120349"/>
+  <w:num w:numId="26906892">
+    <w:abstractNumId w:val="26906892"/>
   </w:num>
-  <w:num w:numId="54120350">
-    <w:abstractNumId w:val="54120350"/>
+  <w:num w:numId="26906893">
+    <w:abstractNumId w:val="26906893"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23121,51 +23121,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId148911651" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId761476622" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId97316979ce158238d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/" TargetMode="External"/><Relationship Id="rId24876979ce15823d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/categorization" TargetMode="External"/><Relationship Id="rId38926979ce1582e07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/photos" TargetMode="External"/><Relationship Id="rId74486979ce15863d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf" TargetMode="External"/><Relationship Id="rId22286979ce1586476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx" TargetMode="External"/><Relationship Id="rId61146979ce1586651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf" TargetMode="External"/><Relationship Id="rId82096979ce1586803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3869" TargetMode="External"/><Relationship Id="rId19956979ce1586870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020" TargetMode="External"/><Relationship Id="rId26216979ce1586aa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/danlists.htm" TargetMode="External"/><Relationship Id="rId72336979ce1586b96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931" TargetMode="External"/><Relationship Id="rId21136979ce1586c83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/" TargetMode="External"/><Relationship Id="rId48336979ce15874ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf" TargetMode="External"/><Relationship Id="rId64986979ce15875b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf" TargetMode="External"/><Relationship Id="rId98536979ce15876ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf" TargetMode="External"/><Relationship Id="rId57866979ce1587816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf" TargetMode="External"/><Relationship Id="rId57316979ce1587b85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/1957" TargetMode="External"/><Relationship Id="rId17146979ce1587c01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf" TargetMode="External"/><Relationship Id="rId47176979ce1587d08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf" TargetMode="External"/><Relationship Id="rId18906979ce1587da6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/accueil_uk.html" TargetMode="External"/><Relationship Id="rId43076979ce1587f16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61" TargetMode="External"/><Relationship Id="rId37376979ce1587f86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oda.direct/PlantAnnualReport" TargetMode="External"/><Relationship Id="rId27986979ce158801c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf" TargetMode="External"/><Relationship Id="rId33836979ce1588060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf" TargetMode="External"/><Relationship Id="rId19936979ce1588522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId85156979ce1588625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02236.x" TargetMode="External"/><Relationship Id="rId48606979ce1582cb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48606979ce1582cb3.jpg"/><Relationship Id="rId15516979ce1585094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15516979ce1585094.jpg"/><Relationship Id="rId78816979ce15887fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78816979ce15887fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId437128398" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId938644748" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId82976997449e0eb2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/" TargetMode="External"/><Relationship Id="rId33856997449e0eb77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/categorization" TargetMode="External"/><Relationship Id="rId39806997449e0f3af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/photos" TargetMode="External"/><Relationship Id="rId31786997449e1327a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf" TargetMode="External"/><Relationship Id="rId81876997449e1335e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx" TargetMode="External"/><Relationship Id="rId16296997449e13631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf" TargetMode="External"/><Relationship Id="rId14186997449e1380f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3869" TargetMode="External"/><Relationship Id="rId93376997449e138af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020" TargetMode="External"/><Relationship Id="rId83566997449e13ae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/danlists.htm" TargetMode="External"/><Relationship Id="rId23666997449e13bee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931" TargetMode="External"/><Relationship Id="rId81306997449e13c91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/" TargetMode="External"/><Relationship Id="rId60846997449e14570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf" TargetMode="External"/><Relationship Id="rId47656997449e14634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf" TargetMode="External"/><Relationship Id="rId92866997449e1476c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf" TargetMode="External"/><Relationship Id="rId26666997449e1484b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf" TargetMode="External"/><Relationship Id="rId22556997449e149a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/1957" TargetMode="External"/><Relationship Id="rId78136997449e14a06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf" TargetMode="External"/><Relationship Id="rId73486997449e14ac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf" TargetMode="External"/><Relationship Id="rId59986997449e14b61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/accueil_uk.html" TargetMode="External"/><Relationship Id="rId87976997449e14be7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61" TargetMode="External"/><Relationship Id="rId30516997449e14c4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oda.direct/PlantAnnualReport" TargetMode="External"/><Relationship Id="rId93256997449e14ca9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf" TargetMode="External"/><Relationship Id="rId67336997449e14ce8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf" TargetMode="External"/><Relationship Id="rId72966997449e150b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId32336997449e15186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02236.x" TargetMode="External"/><Relationship Id="rId56116997449e0f28e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56116997449e0f28e.jpg"/><Relationship Id="rId38006997449e11399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38006997449e11399.jpg"/><Relationship Id="rId25726997449e15226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25726997449e15226.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>