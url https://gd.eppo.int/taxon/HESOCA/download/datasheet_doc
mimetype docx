--- v5 (2026-02-19)
+++ v6 (2026-03-12)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> (Heyden)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese longhorned beetle (US), mulberry borer, mulberry longhorn beetle, velvet longhorned beetle (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82976997449e0eb2f" w:history="1">
+            <w:hyperlink r:id="rId516169b26c1f0ef3c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33856997449e0eb77" w:history="1">
+            <w:hyperlink r:id="rId283569b26c1f0ef82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HESOCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91294277" name="name35556997449e0f290" descr="13421.jpg"/>
+                  <wp:docPr id="8909554" name="name551369b26c1f0f38c" descr="13421.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13421.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId56116997449e0f28e" cstate="print"/>
+                          <a:blip r:embed="rId657869b26c1f0f38a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId39806997449e0f3af" w:history="1">
+            <w:hyperlink r:id="rId550769b26c1f0f4c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3506,63 +3506,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020; Rodman, 2020; Aitkenhead, 2021; Vlach, 2021). The current distribution is provided below.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81980677" name="name84646997449e1139d" descr="HESOCA_distribution_map.jpg"/>
+            <wp:docPr id="48011104" name="name306769b26c1f11587" descr="HESOCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HESOCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId38006997449e11399" cstate="print"/>
+                    <a:blip r:embed="rId504469b26c1f11584" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6142,51 +6142,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aitkenhead K (2021) USDA APHIS PPQ responses and program highlights in 2020. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31786997449e1327a" w:history="1">
+      <w:hyperlink r:id="rId578469b26c1f12907" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6241,51 +6241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(26): 2-3. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81876997449e1335e" w:history="1">
+      <w:hyperlink r:id="rId966569b26c1f129b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6505,51 +6505,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Faldermann from Utah. Poster presented at the 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> International IPM Symposium (Salt Lake City, US, 2018-03-23/26). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16296997449e13631" w:history="1">
+      <w:hyperlink r:id="rId442469b26c1f12b73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6760,51 +6760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAPS (Cooperative Agricultural Pest Survey) (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pest datasheet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14186997449e1380f" w:history="1">
+      <w:hyperlink r:id="rId225269b26c1f12d33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3869</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6819,51 +6819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CERIS (Center for Environmental and Research Information Systems) (2020) Survey status of velvet longhorned beetle -</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93376997449e138af" w:history="1">
+      <w:hyperlink r:id="rId219769b26c1f12d97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7148,51 +7148,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nauka, Krasnodar (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Danilevsky ML (2019) Catalogue of Palaearctic Cerambycoidea. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83566997449e13ae9" w:history="1">
+      <w:hyperlink r:id="rId366469b26c1f12fbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.zin.ru/animalia/coleoptera/rus/danlists.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7276,51 +7276,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Defra (Department for Environment, Food &amp; Rural Affairs) (2015) Rapid pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23666997449e13bee" w:history="1">
+      <w:hyperlink r:id="rId519069b26c1f1308f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7373,51 +7373,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (Food and Agriculture Organization) (2019) International standards for phytosanitary measures No. 15. Regulation of wood packaging material in international trade. FAO, Rome (IT). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81306997449e13c91" w:history="1">
+      <w:hyperlink r:id="rId836669b26c1f13132" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8595,51 +8595,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 88–89. Lesnaya Promyshlennost’, Moscow (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MNDA (Minnesota Department of Agriculture) (2020) Status of invasive forest and landscape pests in Minnesota 2019. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60846997449e14570" w:history="1">
+      <w:hyperlink r:id="rId621669b26c1f1392c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8712,51 +8712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 62-86. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47656997449e14634" w:history="1">
+      <w:hyperlink r:id="rId590869b26c1f13a16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8905,51 +8905,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Izdatel’stvo Zoologicheskogo Instituta Akademii Nauk SSSR, Vol. 1, Moscow–Leningrad (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PDA (Pennsylvania Department of Agriculture) (2016) Pennsylvania Department of Agriculture 2016 Entomology Program Summary. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92866997449e1476c" w:history="1">
+      <w:hyperlink r:id="rId769469b26c1f13b56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9022,51 +9022,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 59–62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pfister S &amp; Valdez R (2017) Velvet longhorned beetle status in the United States. NPB Annual Meeting (Savannah, US, 2017-08-13/17). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26666997449e1484b" w:history="1">
+      <w:hyperlink r:id="rId399169b26c1f13c1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10 May 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9237,51 +9237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Faldermann)). Utah Pests Fact Sheets (ENT-208-19-PR). Utah State University Extension and Utah Plant Pest Diagnostic Laboratory, Logan, UT. 5 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22556997449e149a7" w:history="1">
+      <w:hyperlink r:id="rId848369b26c1f13db2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/1957</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9296,51 +9296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royals HR &amp; Gilligan TM (2019) Screening aid; velvet longhorn beetle </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Faldermann). USDA-APHIS-PPQ Identification Technology Program. Fort Collins, Colorado. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78136997449e14a06" w:history="1">
+      <w:hyperlink r:id="rId478169b26c1f13e14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9413,51 +9413,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 211-214.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spears L, Mull A, Fabiszak A, Murray M, Davis R, Alston D &amp; Ramirez R (2020) Invasive pests of landscape trees in Utah. Utah State University Extension. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73486997449e14ac4" w:history="1">
+      <w:hyperlink r:id="rId472269b26c1f13f34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9510,51 +9510,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 121–284.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tavakilian G &amp; Chevillotte H (2020). Titan database about longhorns or timber-beetles (Cerambycidae). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59986997449e14b61" w:history="1">
+      <w:hyperlink r:id="rId226869b26c1f140ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://titan.gbif.fr/accueil_uk.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9589,51 +9589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 62. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87976997449e14be7" w:history="1">
+      <w:hyperlink r:id="rId641969b26c1f1416f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">? (last accessed 15 March 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9648,51 +9648,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vlach J (2021) High-tech sites survey. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Report 2020, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">p 33. Oregon Department of Agriculture [Portland, Oregon] Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30516997449e14c4b" w:history="1">
+      <w:hyperlink r:id="rId578969b26c1f141d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://oda.direct/PlantAnnualReport</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9707,90 +9707,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Watson K, Pratt CA, Caputo J (2016) Total records of velvet longhorn beetle </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Faldermann (Coleoptera, Cerambycidae) from Utah. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93256997449e14ca9" w:history="1">
+      <w:hyperlink r:id="rId536869b26c1f14232" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WDATCP (Wisconsin Department of Agriculture, Trade and Consumer Protection) (2020) Annual report 2019. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67336997449e14ce8" w:history="1">
+      <w:hyperlink r:id="rId523569b26c1f14273" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10340,51 +10340,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72966997449e150b2" w:history="1">
+      <w:hyperlink r:id="rId721169b26c1f1467c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10469,81 +10469,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 51-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32336997449e15186" w:history="1">
+      <w:hyperlink r:id="rId290869b26c1f1475b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02236.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43019005" name="name14136997449e15227" descr="eu_funding_250.png"/>
+            <wp:docPr id="6705446" name="name705169b26c1f1481a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25726997449e15226" cstate="print"/>
+                    <a:blip r:embed="rId505169b26c1f14819" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10641,137 +10641,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26906893">
+  <w:abstractNum w:abstractNumId="74023543">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72679731">
+    <w:lvl w:ilvl="0" w:tplc="22291359">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72679731" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22291359" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72679731" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22291359" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72679731" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22291359" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72679731" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22291359" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72679731" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22291359" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72679731" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22291359" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72679731" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22291359" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72679731" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22291359" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26906892">
+  <w:abstractNum w:abstractNumId="74023542">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83622269">
+    <w:lvl w:ilvl="0" w:tplc="12138608">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11523,55 +11523,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26906892">
-    <w:abstractNumId w:val="26906892"/>
+  <w:num w:numId="74023542">
+    <w:abstractNumId w:val="74023542"/>
   </w:num>
-  <w:num w:numId="26906893">
-    <w:abstractNumId w:val="26906893"/>
+  <w:num w:numId="74023543">
+    <w:abstractNumId w:val="74023543"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23121,51 +23121,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId437128398" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId938644748" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId82976997449e0eb2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/" TargetMode="External"/><Relationship Id="rId33856997449e0eb77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/categorization" TargetMode="External"/><Relationship Id="rId39806997449e0f3af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/photos" TargetMode="External"/><Relationship Id="rId31786997449e1327a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf" TargetMode="External"/><Relationship Id="rId81876997449e1335e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx" TargetMode="External"/><Relationship Id="rId16296997449e13631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf" TargetMode="External"/><Relationship Id="rId14186997449e1380f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3869" TargetMode="External"/><Relationship Id="rId93376997449e138af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020" TargetMode="External"/><Relationship Id="rId83566997449e13ae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/danlists.htm" TargetMode="External"/><Relationship Id="rId23666997449e13bee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931" TargetMode="External"/><Relationship Id="rId81306997449e13c91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/" TargetMode="External"/><Relationship Id="rId60846997449e14570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf" TargetMode="External"/><Relationship Id="rId47656997449e14634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf" TargetMode="External"/><Relationship Id="rId92866997449e1476c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf" TargetMode="External"/><Relationship Id="rId26666997449e1484b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf" TargetMode="External"/><Relationship Id="rId22556997449e149a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/1957" TargetMode="External"/><Relationship Id="rId78136997449e14a06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf" TargetMode="External"/><Relationship Id="rId73486997449e14ac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf" TargetMode="External"/><Relationship Id="rId59986997449e14b61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/accueil_uk.html" TargetMode="External"/><Relationship Id="rId87976997449e14be7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61" TargetMode="External"/><Relationship Id="rId30516997449e14c4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oda.direct/PlantAnnualReport" TargetMode="External"/><Relationship Id="rId93256997449e14ca9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf" TargetMode="External"/><Relationship Id="rId67336997449e14ce8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf" TargetMode="External"/><Relationship Id="rId72966997449e150b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId32336997449e15186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02236.x" TargetMode="External"/><Relationship Id="rId56116997449e0f28e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56116997449e0f28e.jpg"/><Relationship Id="rId38006997449e11399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38006997449e11399.jpg"/><Relationship Id="rId25726997449e15226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25726997449e15226.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId906589150" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId331812344" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId516169b26c1f0ef3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/" TargetMode="External"/><Relationship Id="rId283569b26c1f0ef82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/categorization" TargetMode="External"/><Relationship Id="rId550769b26c1f0f4c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/photos" TargetMode="External"/><Relationship Id="rId578469b26c1f12907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf" TargetMode="External"/><Relationship Id="rId966569b26c1f129b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx" TargetMode="External"/><Relationship Id="rId442469b26c1f12b73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf" TargetMode="External"/><Relationship Id="rId225269b26c1f12d33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3869" TargetMode="External"/><Relationship Id="rId219769b26c1f12d97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020" TargetMode="External"/><Relationship Id="rId366469b26c1f12fbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/danlists.htm" TargetMode="External"/><Relationship Id="rId519069b26c1f1308f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931" TargetMode="External"/><Relationship Id="rId836669b26c1f13132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/" TargetMode="External"/><Relationship Id="rId621669b26c1f1392c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf" TargetMode="External"/><Relationship Id="rId590869b26c1f13a16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf" TargetMode="External"/><Relationship Id="rId769469b26c1f13b56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf" TargetMode="External"/><Relationship Id="rId399169b26c1f13c1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf" TargetMode="External"/><Relationship Id="rId848369b26c1f13db2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/1957" TargetMode="External"/><Relationship Id="rId478169b26c1f13e14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf" TargetMode="External"/><Relationship Id="rId472269b26c1f13f34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf" TargetMode="External"/><Relationship Id="rId226869b26c1f140ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/accueil_uk.html" TargetMode="External"/><Relationship Id="rId641969b26c1f1416f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61" TargetMode="External"/><Relationship Id="rId578969b26c1f141d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oda.direct/PlantAnnualReport" TargetMode="External"/><Relationship Id="rId536869b26c1f14232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf" TargetMode="External"/><Relationship Id="rId523569b26c1f14273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf" TargetMode="External"/><Relationship Id="rId721169b26c1f1467c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId290869b26c1f1475b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02236.x" TargetMode="External"/><Relationship Id="rId657869b26c1f0f38a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId657869b26c1f0f38a.jpg"/><Relationship Id="rId504469b26c1f11584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId504469b26c1f11584.jpg"/><Relationship Id="rId505169b26c1f14819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId505169b26c1f14819.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>