--- v6 (2026-03-12)
+++ v7 (2026-03-12)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> (Heyden)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese longhorned beetle (US), mulberry borer, mulberry longhorn beetle, velvet longhorned beetle (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId516169b26c1f0ef3c" w:history="1">
+            <w:hyperlink r:id="rId230569b27e34bc049" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283569b26c1f0ef82" w:history="1">
+            <w:hyperlink r:id="rId203969b27e34bc08f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HESOCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8909554" name="name551369b26c1f0f38c" descr="13421.jpg"/>
+                  <wp:docPr id="64749055" name="name201169b27e34bc665" descr="13421.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13421.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId657869b26c1f0f38a" cstate="print"/>
+                          <a:blip r:embed="rId449469b27e34bc664" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId550769b26c1f0f4c9" w:history="1">
+            <w:hyperlink r:id="rId257169b27e34bc799" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3506,63 +3506,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020; Rodman, 2020; Aitkenhead, 2021; Vlach, 2021). The current distribution is provided below.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48011104" name="name306769b26c1f11587" descr="HESOCA_distribution_map.jpg"/>
+            <wp:docPr id="47185136" name="name755269b27e34be8c1" descr="HESOCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HESOCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId504469b26c1f11584" cstate="print"/>
+                    <a:blip r:embed="rId490069b27e34be8bc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6142,51 +6142,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aitkenhead K (2021) USDA APHIS PPQ responses and program highlights in 2020. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId578469b26c1f12907" w:history="1">
+      <w:hyperlink r:id="rId231869b27e34bfbe1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6241,51 +6241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(26): 2-3. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId966569b26c1f129b3" w:history="1">
+      <w:hyperlink r:id="rId737869b27e34bfc86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6505,51 +6505,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Faldermann from Utah. Poster presented at the 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> International IPM Symposium (Salt Lake City, US, 2018-03-23/26). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId442469b26c1f12b73" w:history="1">
+      <w:hyperlink r:id="rId655069b27e34bfe36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6760,51 +6760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAPS (Cooperative Agricultural Pest Survey) (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pest datasheet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId225269b26c1f12d33" w:history="1">
+      <w:hyperlink r:id="rId822669b27e34bffd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3869</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6819,51 +6819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CERIS (Center for Environmental and Research Information Systems) (2020) Survey status of velvet longhorned beetle -</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId219769b26c1f12d97" w:history="1">
+      <w:hyperlink r:id="rId597369b27e34c003a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7148,51 +7148,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nauka, Krasnodar (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Danilevsky ML (2019) Catalogue of Palaearctic Cerambycoidea. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId366469b26c1f12fbb" w:history="1">
+      <w:hyperlink r:id="rId807069b27e34c0249" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.zin.ru/animalia/coleoptera/rus/danlists.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7276,51 +7276,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Defra (Department for Environment, Food &amp; Rural Affairs) (2015) Rapid pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId519069b26c1f1308f" w:history="1">
+      <w:hyperlink r:id="rId915369b27e34c0338" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7373,51 +7373,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (Food and Agriculture Organization) (2019) International standards for phytosanitary measures No. 15. Regulation of wood packaging material in international trade. FAO, Rome (IT). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId836669b26c1f13132" w:history="1">
+      <w:hyperlink r:id="rId812669b27e34c03d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8595,51 +8595,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 88–89. Lesnaya Promyshlennost’, Moscow (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MNDA (Minnesota Department of Agriculture) (2020) Status of invasive forest and landscape pests in Minnesota 2019. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId621669b26c1f1392c" w:history="1">
+      <w:hyperlink r:id="rId191169b27e34c0ba8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8712,51 +8712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 62-86. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId590869b26c1f13a16" w:history="1">
+      <w:hyperlink r:id="rId655469b27e34c0c66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8905,51 +8905,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Izdatel’stvo Zoologicheskogo Instituta Akademii Nauk SSSR, Vol. 1, Moscow–Leningrad (RU) (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PDA (Pennsylvania Department of Agriculture) (2016) Pennsylvania Department of Agriculture 2016 Entomology Program Summary. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId769469b26c1f13b56" w:history="1">
+      <w:hyperlink r:id="rId647769b27e34c1171" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9022,51 +9022,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 59–62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pfister S &amp; Valdez R (2017) Velvet longhorned beetle status in the United States. NPB Annual Meeting (Savannah, US, 2017-08-13/17). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId399169b26c1f13c1a" w:history="1">
+      <w:hyperlink r:id="rId468069b27e34c128c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10 May 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9237,51 +9237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Faldermann)). Utah Pests Fact Sheets (ENT-208-19-PR). Utah State University Extension and Utah Plant Pest Diagnostic Laboratory, Logan, UT. 5 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId848369b26c1f13db2" w:history="1">
+      <w:hyperlink r:id="rId492869b27e34c1432" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/1957</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9296,51 +9296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royals HR &amp; Gilligan TM (2019) Screening aid; velvet longhorn beetle </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Faldermann). USDA-APHIS-PPQ Identification Technology Program. Fort Collins, Colorado. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId478169b26c1f13e14" w:history="1">
+      <w:hyperlink r:id="rId476569b27e34c1495" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9413,51 +9413,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 211-214.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spears L, Mull A, Fabiszak A, Murray M, Davis R, Alston D &amp; Ramirez R (2020) Invasive pests of landscape trees in Utah. Utah State University Extension. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId472269b26c1f13f34" w:history="1">
+      <w:hyperlink r:id="rId981569b27e34c15d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9510,51 +9510,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 121–284.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tavakilian G &amp; Chevillotte H (2020). Titan database about longhorns or timber-beetles (Cerambycidae). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId226869b26c1f140ef" w:history="1">
+      <w:hyperlink r:id="rId668569b27e34c17f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://titan.gbif.fr/accueil_uk.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9589,51 +9589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 62. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId641969b26c1f1416f" w:history="1">
+      <w:hyperlink r:id="rId792569b27e34c1875" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">? (last accessed 15 March 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9648,51 +9648,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vlach J (2021) High-tech sites survey. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Report 2020, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">p 33. Oregon Department of Agriculture [Portland, Oregon] Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId578969b26c1f141d2" w:history="1">
+      <w:hyperlink r:id="rId240669b27e34c191e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://oda.direct/PlantAnnualReport</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9707,90 +9707,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Watson K, Pratt CA, Caputo J (2016) Total records of velvet longhorn beetle </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Faldermann (Coleoptera, Cerambycidae) from Utah. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId536869b26c1f14232" w:history="1">
+      <w:hyperlink r:id="rId257269b27e34c19e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WDATCP (Wisconsin Department of Agriculture, Trade and Consumer Protection) (2020) Annual report 2019. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId523569b26c1f14273" w:history="1">
+      <w:hyperlink r:id="rId686769b27e34c1a29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10 May 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10340,51 +10340,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichoferus campestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId721169b26c1f1467c" w:history="1">
+      <w:hyperlink r:id="rId561469b27e34c1e93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10469,81 +10469,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 51-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId290869b26c1f1475b" w:history="1">
+      <w:hyperlink r:id="rId715069b27e34c1fe2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02236.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6705446" name="name705169b26c1f1481a" descr="eu_funding_250.png"/>
+            <wp:docPr id="2074233" name="name918169b27e34c204f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId505169b26c1f14819" cstate="print"/>
+                    <a:blip r:embed="rId692069b27e34c204e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10641,137 +10641,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74023543">
+  <w:abstractNum w:abstractNumId="55000827">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22291359">
+    <w:lvl w:ilvl="0" w:tplc="37260538">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22291359" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37260538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22291359" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37260538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22291359" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37260538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22291359" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37260538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22291359" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37260538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22291359" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37260538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22291359" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37260538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22291359" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37260538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74023542">
+  <w:abstractNum w:abstractNumId="55000826">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12138608">
+    <w:lvl w:ilvl="0" w:tplc="49340654">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11523,55 +11523,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74023542">
-    <w:abstractNumId w:val="74023542"/>
+  <w:num w:numId="55000826">
+    <w:abstractNumId w:val="55000826"/>
   </w:num>
-  <w:num w:numId="74023543">
-    <w:abstractNumId w:val="74023543"/>
+  <w:num w:numId="55000827">
+    <w:abstractNumId w:val="55000827"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23121,51 +23121,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId906589150" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId331812344" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId516169b26c1f0ef3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/" TargetMode="External"/><Relationship Id="rId283569b26c1f0ef82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/categorization" TargetMode="External"/><Relationship Id="rId550769b26c1f0f4c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/photos" TargetMode="External"/><Relationship Id="rId578469b26c1f12907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf" TargetMode="External"/><Relationship Id="rId966569b26c1f129b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx" TargetMode="External"/><Relationship Id="rId442469b26c1f12b73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf" TargetMode="External"/><Relationship Id="rId225269b26c1f12d33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3869" TargetMode="External"/><Relationship Id="rId219769b26c1f12d97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020" TargetMode="External"/><Relationship Id="rId366469b26c1f12fbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/danlists.htm" TargetMode="External"/><Relationship Id="rId519069b26c1f1308f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931" TargetMode="External"/><Relationship Id="rId836669b26c1f13132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/" TargetMode="External"/><Relationship Id="rId621669b26c1f1392c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf" TargetMode="External"/><Relationship Id="rId590869b26c1f13a16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf" TargetMode="External"/><Relationship Id="rId769469b26c1f13b56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf" TargetMode="External"/><Relationship Id="rId399169b26c1f13c1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf" TargetMode="External"/><Relationship Id="rId848369b26c1f13db2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/1957" TargetMode="External"/><Relationship Id="rId478169b26c1f13e14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf" TargetMode="External"/><Relationship Id="rId472269b26c1f13f34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf" TargetMode="External"/><Relationship Id="rId226869b26c1f140ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/accueil_uk.html" TargetMode="External"/><Relationship Id="rId641969b26c1f1416f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61" TargetMode="External"/><Relationship Id="rId578969b26c1f141d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oda.direct/PlantAnnualReport" TargetMode="External"/><Relationship Id="rId536869b26c1f14232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf" TargetMode="External"/><Relationship Id="rId523569b26c1f14273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf" TargetMode="External"/><Relationship Id="rId721169b26c1f1467c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId290869b26c1f1475b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02236.x" TargetMode="External"/><Relationship Id="rId657869b26c1f0f38a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId657869b26c1f0f38a.jpg"/><Relationship Id="rId504469b26c1f11584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId504469b26c1f11584.jpg"/><Relationship Id="rId505169b26c1f14819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId505169b26c1f14819.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId998007131" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId182762441" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId230569b27e34bc049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/" TargetMode="External"/><Relationship Id="rId203969b27e34bc08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/categorization" TargetMode="External"/><Relationship Id="rId257169b27e34bc799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HESOCA/photos" TargetMode="External"/><Relationship Id="rId231869b27e34bfbe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/sites/ag.umass.edu/files/pdf-doc-ppt/aitkenhead_ppq_pest_detection_2020-2021_inv_insect_series_handout.pdf" TargetMode="External"/><Relationship Id="rId737869b27e34bfc86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdda.sd.gov/conservation-forestry/forest-health/tree-pest-alerts/default.aspx" TargetMode="External"/><Relationship Id="rId655069b27e34bfe36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmsymposium.org/2015/Documents/Posters/130_Watson.pdf" TargetMode="External"/><Relationship Id="rId822669b27e34bffd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3869" TargetMode="External"/><Relationship Id="rId597369b27e34c003a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pest.ceris.purdue.edu/map.php?code=INALQPA&amp;year=2020" TargetMode="External"/><Relationship Id="rId807069b27e34c0249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/danlists.htm" TargetMode="External"/><Relationship Id="rId915369b27e34c0338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3931" TargetMode="External"/><Relationship Id="rId812669b27e34c03d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/regulation-wood-packaging-material-international-trade-0/" TargetMode="External"/><Relationship Id="rId191169b27e34c0ba8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/sites/default/files/2020-02/mda-forestlandscape-2019.pdf" TargetMode="External"/><Relationship Id="rId655469b27e34c0c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.lib.hokudai.ac.jp/dspace/bitstream/2115/9135/1/2(2)_p62-86.pdf" TargetMode="External"/><Relationship Id="rId647769b27e34c1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.pa.gov/Plants_Land_Water/PlantIndustry/Entomology/Documents/PA%202016%20Entomology%20Program%20Highlights.pdf" TargetMode="External"/><Relationship Id="rId468069b27e34c128c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf" TargetMode="External"/><Relationship Id="rId492869b27e34c1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/1957" TargetMode="External"/><Relationship Id="rId476569b27e34c1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/screeningaids/2019/Trichoferus%20campestris.pdf" TargetMode="External"/><Relationship Id="rId981569b27e34c15d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.usu.edu/pests/files/pubs/invasive-landscape.pdf" TargetMode="External"/><Relationship Id="rId668569b27e34c17f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/accueil_uk.html" TargetMode="External"/><Relationship Id="rId792569b27e34c1875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digital.outdoornebraska.gov/i/1187402-nebraskaland-december-2019/61" TargetMode="External"/><Relationship Id="rId240669b27e34c191e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oda.direct/PlantAnnualReport" TargetMode="External"/><Relationship Id="rId257269b27e34c19e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.utah.gov/documents/Insect_Velvet_Longhorn_Beetle.pdf" TargetMode="External"/><Relationship Id="rId686769b27e34c1a29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datcp.wi.gov/Documents/PIBAnnualReport2019.pdf" TargetMode="External"/><Relationship Id="rId561469b27e34c1e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId715069b27e34c1fe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02236.x" TargetMode="External"/><Relationship Id="rId449469b27e34bc664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId449469b27e34bc664.jpg"/><Relationship Id="rId490069b27e34be8bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId490069b27e34be8bc.jpg"/><Relationship Id="rId692069b27e34c204e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId692069b27e34c204e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>