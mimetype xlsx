--- v0 (2025-10-09)
+++ v1 (2025-11-03)
@@ -659,51 +659,51 @@
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>27</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>29</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>31</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12" t="s">
         <v>32</v>
       </c>
@@ -755,51 +755,51 @@
       <c r="B15" t="s">
         <v>37</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
         <v>38</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>13</v>
       </c>
       <c r="B16" t="s">
         <v>39</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
         <v>40</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">