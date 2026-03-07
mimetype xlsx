--- v1 (2025-11-03)
+++ v2 (2026-03-07)
@@ -50,60 +50,60 @@
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Asia</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Present, no details</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
+    <t>Europe</t>
+  </si>
+  <si>
+    <t>Czechia</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
     <t>Absent, no pest record</t>
-  </si>
-[...7 lines deleted...]
-    <t>CZ</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Present, no details [Invasive]</t>
   </si>
   <si>
     <t>France</t>
   </si>
@@ -547,248 +547,248 @@
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2"/>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2"/>
       <c r="F2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3"/>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>27</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>29</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>31</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B12" t="s">
         <v>32</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>32</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B14" t="s">
         <v>35</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
         <v>36</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B15" t="s">
         <v>37</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
         <v>38</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B16" t="s">
         <v>39</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
         <v>40</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>