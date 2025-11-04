--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Smith</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white-marked tussock moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId462868ef38cd1c75f" w:history="1">
+            <w:hyperlink r:id="rId4390690a0e49b94ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148668ef38cd1c7a7" w:history="1">
+            <w:hyperlink r:id="rId5074690a0e49b9533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -5100,63 +5100,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is distributed throughout the eastern part of North America, reaching to the west New Mexico and Colorado in the USA and Manitoba in Canada. There have also been two records in the western part of Cuba (Barro &amp; Núñez, 2011, Núñez &amp; Barro, 2012, EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17060596" name="name541668ef38cd1f2ea" descr="HEMELE_distribution_map.jpg"/>
+            <wp:docPr id="74471888" name="name5583690a0e49bc9d1" descr="HEMELE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HEMELE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId980268ef38cd1f2e8" cstate="print"/>
+                    <a:blip r:embed="rId2349690a0e49bc9cd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7573,51 +7573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedes J (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whitemarked tussock moth (Orgyia leucostigma).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Natural Resources Canada, Canadian Forest Service, Great Lakes Forestry Centre, Sault Ste. Marie, Ontario. Insect Production Services 2 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId597768ef38cd20555" w:history="1">
+      <w:hyperlink r:id="rId7341690a0e49bdc47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cfs.nrcan.gc.ca/publications?id=35692</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 16 November 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7882,51 +7882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId796668ef38cd2074e" w:history="1">
+      <w:hyperlink r:id="rId9299690a0e49bde4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7970,81 +7970,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67 (1), 73-79.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017a) ISPM 28. Annex 22. Sulphuryl fluoride fumigation treatment for insects in debarked wood. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId649968ef38cd207e0" w:history="1">
+      <w:hyperlink r:id="rId9694690a0e49bdeec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ippc.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017b) ISPM 28. Annex 23. Sulphuryl fluoride fumigation treatment for nematodes and insects in debarked wood. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId139568ef38cd20812" w:history="1">
+      <w:hyperlink r:id="rId1039690a0e49bdf20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ippc.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8436,51 +8436,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Magasi LP (1995) Forest insect pests in the Maritimes region. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest insect pests in Canada</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Eds JA Armstrong, WGH Ives. Natural Resources Canada, Canadian Forest Service, Ottawa, Ontario, Canada, 11–25. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId760768ef38cd20adc" w:history="1">
+      <w:hyperlink r:id="rId3136690a0e49be1e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 2 April 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8495,51 +8495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Natural Resources Canada (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whitemarked tussock moth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId775768ef38cd20b3c" w:history="1">
+      <w:hyperlink r:id="rId2781690a0e49be243" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (Accessed on 2 April 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8554,51 +8554,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neilson WTA &amp; Crozier LM (1989) Insects. Pp. 27-37. In: Blatt CR, Hall LV, Jensen KIN, Neilson WTA, Hildebrand PD, Nickerson NL, Prange RK, Lidster PD, Crozier L, Silbey JD. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lowbush blueberry production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Agriculture Canada Publication 1477/E. 56 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728368ef38cd20b9c" w:history="1">
+      <w:hyperlink r:id="rId7612690a0e49be2a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9135,101 +9135,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. USDA, Forest Health Technology Enterprise Team, Morgantown, West Virginia, FHTET-96-34, 113 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wallner WE &amp; McManus KA (1989) Proceedings, Lymantriidae: a comparison of features of New and Old World tussock moths; 1988 June 26-July 1; New Haven, CT. Gen. Tech. Rep. NE-123. Broomall, PA: U.S. Department of Agriculture, Forest Service, Northeastern Forest Experiment Station. 554 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId849168ef38cd20f50" w:history="1">
+      <w:hyperlink r:id="rId8816690a0e49be651" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2737/NE-GTR-123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Webster RL (1916) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The white-marked tussock-moth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Circular. Paper 33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId305868ef38cd20fa0" w:history="1">
+      <w:hyperlink r:id="rId4144690a0e49be6b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://lib.dr.iastate.edu/iaes_circulars/39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9344,51 +9344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId368368ef38cd21100" w:history="1">
+      <w:hyperlink r:id="rId7740690a0e49be7c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9445,51 +9445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(2).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId764668ef38cd2119f" w:history="1">
+      <w:hyperlink r:id="rId5491690a0e49be85e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70000</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -9585,137 +9585,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74429879">
+  <w:abstractNum w:abstractNumId="17467657">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79323844">
+    <w:lvl w:ilvl="0" w:tplc="53297977">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79323844" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53297977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79323844" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53297977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79323844" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53297977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79323844" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53297977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79323844" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53297977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79323844" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53297977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79323844" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53297977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79323844" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53297977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74429878">
+  <w:abstractNum w:abstractNumId="17467656">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57421773">
+    <w:lvl w:ilvl="0" w:tplc="32601989">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10467,55 +10467,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74429878">
-    <w:abstractNumId w:val="74429878"/>
+  <w:num w:numId="17467656">
+    <w:abstractNumId w:val="17467656"/>
   </w:num>
-  <w:num w:numId="74429879">
-    <w:abstractNumId w:val="74429879"/>
+  <w:num w:numId="17467657">
+    <w:abstractNumId w:val="17467657"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22065,51 +22065,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId323271519" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId802289989" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId462868ef38cd1c75f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/" TargetMode="External"/><Relationship Id="rId148668ef38cd1c7a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/categorization" TargetMode="External"/><Relationship Id="rId597768ef38cd20555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/publications?id=35692" TargetMode="External"/><Relationship Id="rId796668ef38cd2074e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId649968ef38cd207e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId139568ef38cd20812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId760768ef38cd20adc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf" TargetMode="External"/><Relationship Id="rId775768ef38cd20b3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515" TargetMode="External"/><Relationship Id="rId728368ef38cd20b9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/" TargetMode="External"/><Relationship Id="rId849168ef38cd20f50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2737/NE-GTR-123" TargetMode="External"/><Relationship Id="rId305868ef38cd20fa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lib.dr.iastate.edu/iaes_circulars/39" TargetMode="External"/><Relationship Id="rId368368ef38cd21100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId764668ef38cd2119f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70000" TargetMode="External"/><Relationship Id="rId980268ef38cd1f2e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId980268ef38cd1f2e8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId715327005" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId886135007" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4390690a0e49b94ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/" TargetMode="External"/><Relationship Id="rId5074690a0e49b9533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/categorization" TargetMode="External"/><Relationship Id="rId7341690a0e49bdc47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/publications?id=35692" TargetMode="External"/><Relationship Id="rId9299690a0e49bde4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId9694690a0e49bdeec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId1039690a0e49bdf20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId3136690a0e49be1e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf" TargetMode="External"/><Relationship Id="rId2781690a0e49be243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515" TargetMode="External"/><Relationship Id="rId7612690a0e49be2a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/" TargetMode="External"/><Relationship Id="rId8816690a0e49be651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2737/NE-GTR-123" TargetMode="External"/><Relationship Id="rId4144690a0e49be6b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lib.dr.iastate.edu/iaes_circulars/39" TargetMode="External"/><Relationship Id="rId7740690a0e49be7c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5491690a0e49be85e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70000" TargetMode="External"/><Relationship Id="rId2349690a0e49bc9cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2349690a0e49bc9cd.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>