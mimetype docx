--- v1 (2025-11-04)
+++ v2 (2025-11-24)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Smith</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white-marked tussock moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4390690a0e49b94ee" w:history="1">
+            <w:hyperlink r:id="rId57126924e543aca81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5074690a0e49b9533" w:history="1">
+            <w:hyperlink r:id="rId34416924e543acac7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -5100,63 +5100,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is distributed throughout the eastern part of North America, reaching to the west New Mexico and Colorado in the USA and Manitoba in Canada. There have also been two records in the western part of Cuba (Barro &amp; Núñez, 2011, Núñez &amp; Barro, 2012, EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74471888" name="name5583690a0e49bc9d1" descr="HEMELE_distribution_map.jpg"/>
+            <wp:docPr id="48083565" name="name99446924e543af49d" descr="HEMELE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HEMELE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2349690a0e49bc9cd" cstate="print"/>
+                    <a:blip r:embed="rId62966924e543af499" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7573,51 +7573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedes J (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whitemarked tussock moth (Orgyia leucostigma).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Natural Resources Canada, Canadian Forest Service, Great Lakes Forestry Centre, Sault Ste. Marie, Ontario. Insect Production Services 2 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7341690a0e49bdc47" w:history="1">
+      <w:hyperlink r:id="rId29946924e543b07c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cfs.nrcan.gc.ca/publications?id=35692</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 16 November 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7882,51 +7882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9299690a0e49bde4d" w:history="1">
+      <w:hyperlink r:id="rId22766924e543b09d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7970,81 +7970,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67 (1), 73-79.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017a) ISPM 28. Annex 22. Sulphuryl fluoride fumigation treatment for insects in debarked wood. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9694690a0e49bdeec" w:history="1">
+      <w:hyperlink r:id="rId53736924e543b0a68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ippc.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017b) ISPM 28. Annex 23. Sulphuryl fluoride fumigation treatment for nematodes and insects in debarked wood. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1039690a0e49bdf20" w:history="1">
+      <w:hyperlink r:id="rId31106924e543b0a9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ippc.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8436,51 +8436,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Magasi LP (1995) Forest insect pests in the Maritimes region. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest insect pests in Canada</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Eds JA Armstrong, WGH Ives. Natural Resources Canada, Canadian Forest Service, Ottawa, Ontario, Canada, 11–25. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3136690a0e49be1e4" w:history="1">
+      <w:hyperlink r:id="rId41366924e543b0d77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 2 April 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8495,51 +8495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Natural Resources Canada (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whitemarked tussock moth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2781690a0e49be243" w:history="1">
+      <w:hyperlink r:id="rId79176924e543b0dd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (Accessed on 2 April 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8554,51 +8554,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neilson WTA &amp; Crozier LM (1989) Insects. Pp. 27-37. In: Blatt CR, Hall LV, Jensen KIN, Neilson WTA, Hildebrand PD, Nickerson NL, Prange RK, Lidster PD, Crozier L, Silbey JD. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lowbush blueberry production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Agriculture Canada Publication 1477/E. 56 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7612690a0e49be2a5" w:history="1">
+      <w:hyperlink r:id="rId90146924e543b0e37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9135,101 +9135,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. USDA, Forest Health Technology Enterprise Team, Morgantown, West Virginia, FHTET-96-34, 113 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wallner WE &amp; McManus KA (1989) Proceedings, Lymantriidae: a comparison of features of New and Old World tussock moths; 1988 June 26-July 1; New Haven, CT. Gen. Tech. Rep. NE-123. Broomall, PA: U.S. Department of Agriculture, Forest Service, Northeastern Forest Experiment Station. 554 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8816690a0e49be651" w:history="1">
+      <w:hyperlink r:id="rId66346924e543b11dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2737/NE-GTR-123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Webster RL (1916) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The white-marked tussock-moth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Circular. Paper 33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4144690a0e49be6b2" w:history="1">
+      <w:hyperlink r:id="rId66136924e543b122e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://lib.dr.iastate.edu/iaes_circulars/39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9344,51 +9344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7740690a0e49be7c0" w:history="1">
+      <w:hyperlink r:id="rId56546924e543b1333" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9445,51 +9445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(2).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5491690a0e49be85e" w:history="1">
+      <w:hyperlink r:id="rId57386924e543b13cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70000</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -9585,137 +9585,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17467657">
+  <w:abstractNum w:abstractNumId="11902395">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53297977">
+    <w:lvl w:ilvl="0" w:tplc="57237139">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53297977" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57237139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53297977" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57237139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53297977" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57237139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53297977" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57237139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53297977" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57237139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53297977" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57237139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53297977" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57237139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53297977" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57237139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17467656">
+  <w:abstractNum w:abstractNumId="11902394">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32601989">
+    <w:lvl w:ilvl="0" w:tplc="74508005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10467,55 +10467,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17467656">
-    <w:abstractNumId w:val="17467656"/>
+  <w:num w:numId="11902394">
+    <w:abstractNumId w:val="11902394"/>
   </w:num>
-  <w:num w:numId="17467657">
-    <w:abstractNumId w:val="17467657"/>
+  <w:num w:numId="11902395">
+    <w:abstractNumId w:val="11902395"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22065,51 +22065,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId715327005" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId886135007" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4390690a0e49b94ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/" TargetMode="External"/><Relationship Id="rId5074690a0e49b9533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/categorization" TargetMode="External"/><Relationship Id="rId7341690a0e49bdc47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/publications?id=35692" TargetMode="External"/><Relationship Id="rId9299690a0e49bde4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId9694690a0e49bdeec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId1039690a0e49bdf20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId3136690a0e49be1e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf" TargetMode="External"/><Relationship Id="rId2781690a0e49be243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515" TargetMode="External"/><Relationship Id="rId7612690a0e49be2a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/" TargetMode="External"/><Relationship Id="rId8816690a0e49be651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2737/NE-GTR-123" TargetMode="External"/><Relationship Id="rId4144690a0e49be6b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lib.dr.iastate.edu/iaes_circulars/39" TargetMode="External"/><Relationship Id="rId7740690a0e49be7c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5491690a0e49be85e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70000" TargetMode="External"/><Relationship Id="rId2349690a0e49bc9cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2349690a0e49bc9cd.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId480982339" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId506538371" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId57126924e543aca81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/" TargetMode="External"/><Relationship Id="rId34416924e543acac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/categorization" TargetMode="External"/><Relationship Id="rId29946924e543b07c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/publications?id=35692" TargetMode="External"/><Relationship Id="rId22766924e543b09d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId53736924e543b0a68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId31106924e543b0a9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId41366924e543b0d77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf" TargetMode="External"/><Relationship Id="rId79176924e543b0dd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515" TargetMode="External"/><Relationship Id="rId90146924e543b0e37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/" TargetMode="External"/><Relationship Id="rId66346924e543b11dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2737/NE-GTR-123" TargetMode="External"/><Relationship Id="rId66136924e543b122e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lib.dr.iastate.edu/iaes_circulars/39" TargetMode="External"/><Relationship Id="rId56546924e543b1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57386924e543b13cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70000" TargetMode="External"/><Relationship Id="rId62966924e543af499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62966924e543af499.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>