--- v2 (2025-11-24)
+++ v3 (2025-12-15)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Smith</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white-marked tussock moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57126924e543aca81" w:history="1">
+            <w:hyperlink r:id="rId81946940891870310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34416924e543acac7" w:history="1">
+            <w:hyperlink r:id="rId59586940891870355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -5100,63 +5100,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is distributed throughout the eastern part of North America, reaching to the west New Mexico and Colorado in the USA and Manitoba in Canada. There have also been two records in the western part of Cuba (Barro &amp; Núñez, 2011, Núñez &amp; Barro, 2012, EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48083565" name="name99446924e543af49d" descr="HEMELE_distribution_map.jpg"/>
+            <wp:docPr id="59180315" name="name884069408918732ce" descr="HEMELE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HEMELE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId62966924e543af499" cstate="print"/>
+                    <a:blip r:embed="rId551669408918732ca" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7573,51 +7573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedes J (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whitemarked tussock moth (Orgyia leucostigma).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Natural Resources Canada, Canadian Forest Service, Great Lakes Forestry Centre, Sault Ste. Marie, Ontario. Insect Production Services 2 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29946924e543b07c1" w:history="1">
+      <w:hyperlink r:id="rId20296940891874a05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cfs.nrcan.gc.ca/publications?id=35692</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 16 November 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7882,51 +7882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22766924e543b09d4" w:history="1">
+      <w:hyperlink r:id="rId18056940891874d2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7970,81 +7970,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67 (1), 73-79.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017a) ISPM 28. Annex 22. Sulphuryl fluoride fumigation treatment for insects in debarked wood. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53736924e543b0a68" w:history="1">
+      <w:hyperlink r:id="rId37526940891874dfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ippc.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017b) ISPM 28. Annex 23. Sulphuryl fluoride fumigation treatment for nematodes and insects in debarked wood. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31106924e543b0a9b" w:history="1">
+      <w:hyperlink r:id="rId10736940891874e2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ippc.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8436,51 +8436,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Magasi LP (1995) Forest insect pests in the Maritimes region. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest insect pests in Canada</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Eds JA Armstrong, WGH Ives. Natural Resources Canada, Canadian Forest Service, Ottawa, Ontario, Canada, 11–25. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41366924e543b0d77" w:history="1">
+      <w:hyperlink r:id="rId7745694089187514c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 2 April 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8495,51 +8495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Natural Resources Canada (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whitemarked tussock moth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79176924e543b0dd8" w:history="1">
+      <w:hyperlink r:id="rId883769408918751dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (Accessed on 2 April 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8554,51 +8554,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neilson WTA &amp; Crozier LM (1989) Insects. Pp. 27-37. In: Blatt CR, Hall LV, Jensen KIN, Neilson WTA, Hildebrand PD, Nickerson NL, Prange RK, Lidster PD, Crozier L, Silbey JD. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lowbush blueberry production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Agriculture Canada Publication 1477/E. 56 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90146924e543b0e37" w:history="1">
+      <w:hyperlink r:id="rId6654694089187523e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9135,101 +9135,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. USDA, Forest Health Technology Enterprise Team, Morgantown, West Virginia, FHTET-96-34, 113 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wallner WE &amp; McManus KA (1989) Proceedings, Lymantriidae: a comparison of features of New and Old World tussock moths; 1988 June 26-July 1; New Haven, CT. Gen. Tech. Rep. NE-123. Broomall, PA: U.S. Department of Agriculture, Forest Service, Northeastern Forest Experiment Station. 554 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66346924e543b11dd" w:history="1">
+      <w:hyperlink r:id="rId770569408918756f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2737/NE-GTR-123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Webster RL (1916) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The white-marked tussock-moth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Circular. Paper 33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66136924e543b122e" w:history="1">
+      <w:hyperlink r:id="rId7989694089187574c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://lib.dr.iastate.edu/iaes_circulars/39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9344,51 +9344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56546924e543b1333" w:history="1">
+      <w:hyperlink r:id="rId28856940891875868" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9445,51 +9445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(2).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57386924e543b13cf" w:history="1">
+      <w:hyperlink r:id="rId5438694089187594c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70000</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -9585,137 +9585,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11902395">
+  <w:abstractNum w:abstractNumId="82042536">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57237139">
+    <w:lvl w:ilvl="0" w:tplc="63575835">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57237139" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63575835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57237139" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63575835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57237139" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63575835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57237139" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63575835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57237139" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63575835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57237139" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63575835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57237139" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63575835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57237139" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63575835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11902394">
+  <w:abstractNum w:abstractNumId="82042535">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74508005">
+    <w:lvl w:ilvl="0" w:tplc="88379301">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10467,55 +10467,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11902394">
-    <w:abstractNumId w:val="11902394"/>
+  <w:num w:numId="82042535">
+    <w:abstractNumId w:val="82042535"/>
   </w:num>
-  <w:num w:numId="11902395">
-    <w:abstractNumId w:val="11902395"/>
+  <w:num w:numId="82042536">
+    <w:abstractNumId w:val="82042536"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22065,51 +22065,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId480982339" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId506538371" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId57126924e543aca81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/" TargetMode="External"/><Relationship Id="rId34416924e543acac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/categorization" TargetMode="External"/><Relationship Id="rId29946924e543b07c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/publications?id=35692" TargetMode="External"/><Relationship Id="rId22766924e543b09d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId53736924e543b0a68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId31106924e543b0a9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId41366924e543b0d77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf" TargetMode="External"/><Relationship Id="rId79176924e543b0dd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515" TargetMode="External"/><Relationship Id="rId90146924e543b0e37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/" TargetMode="External"/><Relationship Id="rId66346924e543b11dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2737/NE-GTR-123" TargetMode="External"/><Relationship Id="rId66136924e543b122e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lib.dr.iastate.edu/iaes_circulars/39" TargetMode="External"/><Relationship Id="rId56546924e543b1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57386924e543b13cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70000" TargetMode="External"/><Relationship Id="rId62966924e543af499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62966924e543af499.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId670184949" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId606811314" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81946940891870310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/" TargetMode="External"/><Relationship Id="rId59586940891870355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/categorization" TargetMode="External"/><Relationship Id="rId20296940891874a05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/publications?id=35692" TargetMode="External"/><Relationship Id="rId18056940891874d2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId37526940891874dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId10736940891874e2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId7745694089187514c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf" TargetMode="External"/><Relationship Id="rId883769408918751dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515" TargetMode="External"/><Relationship Id="rId6654694089187523e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/" TargetMode="External"/><Relationship Id="rId770569408918756f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2737/NE-GTR-123" TargetMode="External"/><Relationship Id="rId7989694089187574c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lib.dr.iastate.edu/iaes_circulars/39" TargetMode="External"/><Relationship Id="rId28856940891875868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5438694089187594c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70000" TargetMode="External"/><Relationship Id="rId551669408918732ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId551669408918732ca.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>