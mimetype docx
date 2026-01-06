--- v3 (2025-12-15)
+++ v4 (2026-01-06)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Smith</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white-marked tussock moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81946940891870310" w:history="1">
+            <w:hyperlink r:id="rId2031695d1cc5a93e0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59586940891870355" w:history="1">
+            <w:hyperlink r:id="rId7980695d1cc5a9425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -5100,63 +5100,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is distributed throughout the eastern part of North America, reaching to the west New Mexico and Colorado in the USA and Manitoba in Canada. There have also been two records in the western part of Cuba (Barro &amp; Núñez, 2011, Núñez &amp; Barro, 2012, EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59180315" name="name884069408918732ce" descr="HEMELE_distribution_map.jpg"/>
+            <wp:docPr id="62882624" name="name5722695d1cc5ab30b" descr="HEMELE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HEMELE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId551669408918732ca" cstate="print"/>
+                    <a:blip r:embed="rId9699695d1cc5ab309" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7573,51 +7573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedes J (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whitemarked tussock moth (Orgyia leucostigma).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Natural Resources Canada, Canadian Forest Service, Great Lakes Forestry Centre, Sault Ste. Marie, Ontario. Insect Production Services 2 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20296940891874a05" w:history="1">
+      <w:hyperlink r:id="rId6791695d1cc5ac56c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cfs.nrcan.gc.ca/publications?id=35692</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 16 November 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7882,51 +7882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18056940891874d2f" w:history="1">
+      <w:hyperlink r:id="rId9114695d1cc5ac796" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7970,81 +7970,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67 (1), 73-79.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017a) ISPM 28. Annex 22. Sulphuryl fluoride fumigation treatment for insects in debarked wood. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37526940891874dfa" w:history="1">
+      <w:hyperlink r:id="rId1000695d1cc5ac838" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ippc.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017b) ISPM 28. Annex 23. Sulphuryl fluoride fumigation treatment for nematodes and insects in debarked wood. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10736940891874e2f" w:history="1">
+      <w:hyperlink r:id="rId9861695d1cc5ac86c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ippc.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8436,51 +8436,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Magasi LP (1995) Forest insect pests in the Maritimes region. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest insect pests in Canada</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Eds JA Armstrong, WGH Ives. Natural Resources Canada, Canadian Forest Service, Ottawa, Ontario, Canada, 11–25. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7745694089187514c" w:history="1">
+      <w:hyperlink r:id="rId2583695d1cc5acb37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 2 April 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8495,51 +8495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Natural Resources Canada (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whitemarked tussock moth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId883769408918751dc" w:history="1">
+      <w:hyperlink r:id="rId2207695d1cc5acbab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (Accessed on 2 April 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8554,51 +8554,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neilson WTA &amp; Crozier LM (1989) Insects. Pp. 27-37. In: Blatt CR, Hall LV, Jensen KIN, Neilson WTA, Hildebrand PD, Nickerson NL, Prange RK, Lidster PD, Crozier L, Silbey JD. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lowbush blueberry production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Agriculture Canada Publication 1477/E. 56 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6654694089187523e" w:history="1">
+      <w:hyperlink r:id="rId8714695d1cc5acc21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9135,101 +9135,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. USDA, Forest Health Technology Enterprise Team, Morgantown, West Virginia, FHTET-96-34, 113 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wallner WE &amp; McManus KA (1989) Proceedings, Lymantriidae: a comparison of features of New and Old World tussock moths; 1988 June 26-July 1; New Haven, CT. Gen. Tech. Rep. NE-123. Broomall, PA: U.S. Department of Agriculture, Forest Service, Northeastern Forest Experiment Station. 554 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId770569408918756f6" w:history="1">
+      <w:hyperlink r:id="rId8222695d1cc5ad066" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2737/NE-GTR-123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Webster RL (1916) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The white-marked tussock-moth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Circular. Paper 33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7989694089187574c" w:history="1">
+      <w:hyperlink r:id="rId7703695d1cc5ad0ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://lib.dr.iastate.edu/iaes_circulars/39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9322,73 +9322,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28856940891875868" w:history="1">
+      <w:hyperlink r:id="rId7901695d1cc5ad1c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9445,51 +9445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(2).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5438694089187594c" w:history="1">
+      <w:hyperlink r:id="rId2203695d1cc5ad267" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70000</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -9585,137 +9585,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82042536">
+  <w:abstractNum w:abstractNumId="16529008">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63575835">
+    <w:lvl w:ilvl="0" w:tplc="65288715">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63575835" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65288715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63575835" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65288715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63575835" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65288715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63575835" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65288715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63575835" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65288715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63575835" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65288715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63575835" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65288715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63575835" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65288715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82042535">
+  <w:abstractNum w:abstractNumId="16529007">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88379301">
+    <w:lvl w:ilvl="0" w:tplc="76951031">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10467,55 +10467,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82042535">
-    <w:abstractNumId w:val="82042535"/>
+  <w:num w:numId="16529007">
+    <w:abstractNumId w:val="16529007"/>
   </w:num>
-  <w:num w:numId="82042536">
-    <w:abstractNumId w:val="82042536"/>
+  <w:num w:numId="16529008">
+    <w:abstractNumId w:val="16529008"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22065,51 +22065,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId670184949" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId606811314" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81946940891870310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/" TargetMode="External"/><Relationship Id="rId59586940891870355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/categorization" TargetMode="External"/><Relationship Id="rId20296940891874a05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/publications?id=35692" TargetMode="External"/><Relationship Id="rId18056940891874d2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId37526940891874dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId10736940891874e2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId7745694089187514c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf" TargetMode="External"/><Relationship Id="rId883769408918751dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515" TargetMode="External"/><Relationship Id="rId6654694089187523e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/" TargetMode="External"/><Relationship Id="rId770569408918756f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2737/NE-GTR-123" TargetMode="External"/><Relationship Id="rId7989694089187574c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lib.dr.iastate.edu/iaes_circulars/39" TargetMode="External"/><Relationship Id="rId28856940891875868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5438694089187594c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70000" TargetMode="External"/><Relationship Id="rId551669408918732ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId551669408918732ca.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId573738199" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId303901151" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2031695d1cc5a93e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/" TargetMode="External"/><Relationship Id="rId7980695d1cc5a9425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/categorization" TargetMode="External"/><Relationship Id="rId6791695d1cc5ac56c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/publications?id=35692" TargetMode="External"/><Relationship Id="rId9114695d1cc5ac796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId1000695d1cc5ac838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId9861695d1cc5ac86c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId2583695d1cc5acb37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf" TargetMode="External"/><Relationship Id="rId2207695d1cc5acbab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515" TargetMode="External"/><Relationship Id="rId8714695d1cc5acc21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/" TargetMode="External"/><Relationship Id="rId8222695d1cc5ad066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2737/NE-GTR-123" TargetMode="External"/><Relationship Id="rId7703695d1cc5ad0ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lib.dr.iastate.edu/iaes_circulars/39" TargetMode="External"/><Relationship Id="rId7901695d1cc5ad1c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2203695d1cc5ad267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70000" TargetMode="External"/><Relationship Id="rId9699695d1cc5ab309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9699695d1cc5ab309.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>