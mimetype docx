--- v4 (2026-01-06)
+++ v5 (2026-01-28)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Smith</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white-marked tussock moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2031695d1cc5a93e0" w:history="1">
+            <w:hyperlink r:id="rId8334697a3d00c53dc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7980695d1cc5a9425" w:history="1">
+            <w:hyperlink r:id="rId5397697a3d00c542e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -5100,63 +5100,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is distributed throughout the eastern part of North America, reaching to the west New Mexico and Colorado in the USA and Manitoba in Canada. There have also been two records in the western part of Cuba (Barro &amp; Núñez, 2011, Núñez &amp; Barro, 2012, EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="62882624" name="name5722695d1cc5ab30b" descr="HEMELE_distribution_map.jpg"/>
+            <wp:docPr id="69476092" name="name7380697a3d00c83a4" descr="HEMELE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HEMELE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9699695d1cc5ab309" cstate="print"/>
+                    <a:blip r:embed="rId5214697a3d00c83a0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7573,51 +7573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedes J (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whitemarked tussock moth (Orgyia leucostigma).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Natural Resources Canada, Canadian Forest Service, Great Lakes Forestry Centre, Sault Ste. Marie, Ontario. Insect Production Services 2 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6791695d1cc5ac56c" w:history="1">
+      <w:hyperlink r:id="rId1057697a3d00c9dc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cfs.nrcan.gc.ca/publications?id=35692</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 16 November 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7882,51 +7882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9114695d1cc5ac796" w:history="1">
+      <w:hyperlink r:id="rId4644697a3d00c9fb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7970,81 +7970,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67 (1), 73-79.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017a) ISPM 28. Annex 22. Sulphuryl fluoride fumigation treatment for insects in debarked wood. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1000695d1cc5ac838" w:history="1">
+      <w:hyperlink r:id="rId4842697a3d00ca04b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ippc.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017b) ISPM 28. Annex 23. Sulphuryl fluoride fumigation treatment for nematodes and insects in debarked wood. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9861695d1cc5ac86c" w:history="1">
+      <w:hyperlink r:id="rId3243697a3d00ca07d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ippc.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8436,51 +8436,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Magasi LP (1995) Forest insect pests in the Maritimes region. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest insect pests in Canada</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Eds JA Armstrong, WGH Ives. Natural Resources Canada, Canadian Forest Service, Ottawa, Ontario, Canada, 11–25. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2583695d1cc5acb37" w:history="1">
+      <w:hyperlink r:id="rId1998697a3d00ca485" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 2 April 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8495,51 +8495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Natural Resources Canada (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whitemarked tussock moth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2207695d1cc5acbab" w:history="1">
+      <w:hyperlink r:id="rId7219697a3d00ca4e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (Accessed on 2 April 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8554,51 +8554,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neilson WTA &amp; Crozier LM (1989) Insects. Pp. 27-37. In: Blatt CR, Hall LV, Jensen KIN, Neilson WTA, Hildebrand PD, Nickerson NL, Prange RK, Lidster PD, Crozier L, Silbey JD. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lowbush blueberry production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Agriculture Canada Publication 1477/E. 56 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8714695d1cc5acc21" w:history="1">
+      <w:hyperlink r:id="rId2077697a3d00ca549" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9135,101 +9135,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. USDA, Forest Health Technology Enterprise Team, Morgantown, West Virginia, FHTET-96-34, 113 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wallner WE &amp; McManus KA (1989) Proceedings, Lymantriidae: a comparison of features of New and Old World tussock moths; 1988 June 26-July 1; New Haven, CT. Gen. Tech. Rep. NE-123. Broomall, PA: U.S. Department of Agriculture, Forest Service, Northeastern Forest Experiment Station. 554 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8222695d1cc5ad066" w:history="1">
+      <w:hyperlink r:id="rId6908697a3d00caa02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2737/NE-GTR-123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Webster RL (1916) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The white-marked tussock-moth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Circular. Paper 33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7703695d1cc5ad0ba" w:history="1">
+      <w:hyperlink r:id="rId8663697a3d00caa87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://lib.dr.iastate.edu/iaes_circulars/39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9344,51 +9344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7901695d1cc5ad1c7" w:history="1">
+      <w:hyperlink r:id="rId8403697a3d00cabaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9445,51 +9445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(2).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2203695d1cc5ad267" w:history="1">
+      <w:hyperlink r:id="rId5819697a3d00cac78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70000</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -9585,137 +9585,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16529008">
+  <w:abstractNum w:abstractNumId="28954762">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65288715">
+    <w:lvl w:ilvl="0" w:tplc="27501404">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65288715" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27501404" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65288715" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27501404" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65288715" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27501404" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65288715" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27501404" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65288715" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27501404" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65288715" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27501404" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65288715" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27501404" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65288715" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27501404" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16529007">
+  <w:abstractNum w:abstractNumId="28954761">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76951031">
+    <w:lvl w:ilvl="0" w:tplc="73024933">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10467,55 +10467,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16529007">
-    <w:abstractNumId w:val="16529007"/>
+  <w:num w:numId="28954761">
+    <w:abstractNumId w:val="28954761"/>
   </w:num>
-  <w:num w:numId="16529008">
-    <w:abstractNumId w:val="16529008"/>
+  <w:num w:numId="28954762">
+    <w:abstractNumId w:val="28954762"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22065,51 +22065,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId573738199" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId303901151" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2031695d1cc5a93e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/" TargetMode="External"/><Relationship Id="rId7980695d1cc5a9425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/categorization" TargetMode="External"/><Relationship Id="rId6791695d1cc5ac56c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/publications?id=35692" TargetMode="External"/><Relationship Id="rId9114695d1cc5ac796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId1000695d1cc5ac838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId9861695d1cc5ac86c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId2583695d1cc5acb37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf" TargetMode="External"/><Relationship Id="rId2207695d1cc5acbab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515" TargetMode="External"/><Relationship Id="rId8714695d1cc5acc21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/" TargetMode="External"/><Relationship Id="rId8222695d1cc5ad066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2737/NE-GTR-123" TargetMode="External"/><Relationship Id="rId7703695d1cc5ad0ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lib.dr.iastate.edu/iaes_circulars/39" TargetMode="External"/><Relationship Id="rId7901695d1cc5ad1c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2203695d1cc5ad267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70000" TargetMode="External"/><Relationship Id="rId9699695d1cc5ab309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9699695d1cc5ab309.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId482568337" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId689647368" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8334697a3d00c53dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/" TargetMode="External"/><Relationship Id="rId5397697a3d00c542e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/categorization" TargetMode="External"/><Relationship Id="rId1057697a3d00c9dc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/publications?id=35692" TargetMode="External"/><Relationship Id="rId4644697a3d00c9fb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId4842697a3d00ca04b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId3243697a3d00ca07d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId1998697a3d00ca485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf" TargetMode="External"/><Relationship Id="rId7219697a3d00ca4e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515" TargetMode="External"/><Relationship Id="rId2077697a3d00ca549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/" TargetMode="External"/><Relationship Id="rId6908697a3d00caa02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2737/NE-GTR-123" TargetMode="External"/><Relationship Id="rId8663697a3d00caa87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lib.dr.iastate.edu/iaes_circulars/39" TargetMode="External"/><Relationship Id="rId8403697a3d00cabaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5819697a3d00cac78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70000" TargetMode="External"/><Relationship Id="rId5214697a3d00c83a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5214697a3d00c83a0.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>