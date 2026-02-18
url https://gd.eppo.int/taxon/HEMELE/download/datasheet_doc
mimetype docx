--- v5 (2026-01-28)
+++ v6 (2026-02-18)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Smith</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white-marked tussock moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8334697a3d00c53dc" w:history="1">
+            <w:hyperlink r:id="rId56506995b20086156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5397697a3d00c542e" w:history="1">
+            <w:hyperlink r:id="rId81966995b2008619b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -5100,63 +5100,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is distributed throughout the eastern part of North America, reaching to the west New Mexico and Colorado in the USA and Manitoba in Canada. There have also been two records in the western part of Cuba (Barro &amp; Núñez, 2011, Núñez &amp; Barro, 2012, EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69476092" name="name7380697a3d00c83a4" descr="HEMELE_distribution_map.jpg"/>
+            <wp:docPr id="44843746" name="name48556995b20089092" descr="HEMELE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HEMELE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5214697a3d00c83a0" cstate="print"/>
+                    <a:blip r:embed="rId27366995b2008908e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7573,51 +7573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedes J (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whitemarked tussock moth (Orgyia leucostigma).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Natural Resources Canada, Canadian Forest Service, Great Lakes Forestry Centre, Sault Ste. Marie, Ontario. Insect Production Services 2 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1057697a3d00c9dc0" w:history="1">
+      <w:hyperlink r:id="rId15056995b2008ad6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cfs.nrcan.gc.ca/publications?id=35692</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 16 November 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7882,51 +7882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4644697a3d00c9fb9" w:history="1">
+      <w:hyperlink r:id="rId31886995b2008afcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7970,81 +7970,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67 (1), 73-79.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017a) ISPM 28. Annex 22. Sulphuryl fluoride fumigation treatment for insects in debarked wood. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4842697a3d00ca04b" w:history="1">
+      <w:hyperlink r:id="rId15376995b2008b112" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ippc.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017b) ISPM 28. Annex 23. Sulphuryl fluoride fumigation treatment for nematodes and insects in debarked wood. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3243697a3d00ca07d" w:history="1">
+      <w:hyperlink r:id="rId93056995b2008b148" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ippc.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8436,51 +8436,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Magasi LP (1995) Forest insect pests in the Maritimes region. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest insect pests in Canada</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Eds JA Armstrong, WGH Ives. Natural Resources Canada, Canadian Forest Service, Ottawa, Ontario, Canada, 11–25. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1998697a3d00ca485" w:history="1">
+      <w:hyperlink r:id="rId75356995b2008b77c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 2 April 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8495,51 +8495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Natural Resources Canada (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whitemarked tussock moth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7219697a3d00ca4e8" w:history="1">
+      <w:hyperlink r:id="rId10016995b2008b81c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (Accessed on 2 April 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8554,51 +8554,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neilson WTA &amp; Crozier LM (1989) Insects. Pp. 27-37. In: Blatt CR, Hall LV, Jensen KIN, Neilson WTA, Hildebrand PD, Nickerson NL, Prange RK, Lidster PD, Crozier L, Silbey JD. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lowbush blueberry production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Agriculture Canada Publication 1477/E. 56 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2077697a3d00ca549" w:history="1">
+      <w:hyperlink r:id="rId62756995b2008b881" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9135,101 +9135,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. USDA, Forest Health Technology Enterprise Team, Morgantown, West Virginia, FHTET-96-34, 113 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wallner WE &amp; McManus KA (1989) Proceedings, Lymantriidae: a comparison of features of New and Old World tussock moths; 1988 June 26-July 1; New Haven, CT. Gen. Tech. Rep. NE-123. Broomall, PA: U.S. Department of Agriculture, Forest Service, Northeastern Forest Experiment Station. 554 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6908697a3d00caa02" w:history="1">
+      <w:hyperlink r:id="rId13456995b2008be91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2737/NE-GTR-123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Webster RL (1916) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The white-marked tussock-moth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Circular. Paper 33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8663697a3d00caa87" w:history="1">
+      <w:hyperlink r:id="rId13406995b2008bee7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://lib.dr.iastate.edu/iaes_circulars/39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9344,51 +9344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8403697a3d00cabaa" w:history="1">
+      <w:hyperlink r:id="rId94576995b2008c040" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9445,51 +9445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(2).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5819697a3d00cac78" w:history="1">
+      <w:hyperlink r:id="rId11886995b2008c11a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70000</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -9585,137 +9585,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28954762">
+  <w:abstractNum w:abstractNumId="56664508">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27501404">
+    <w:lvl w:ilvl="0" w:tplc="27867429">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27501404" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27867429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27501404" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27867429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27501404" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27867429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27501404" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27867429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27501404" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27867429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27501404" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27867429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27501404" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27867429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27501404" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27867429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28954761">
+  <w:abstractNum w:abstractNumId="56664507">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73024933">
+    <w:lvl w:ilvl="0" w:tplc="13889928">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10467,55 +10467,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28954761">
-    <w:abstractNumId w:val="28954761"/>
+  <w:num w:numId="56664507">
+    <w:abstractNumId w:val="56664507"/>
   </w:num>
-  <w:num w:numId="28954762">
-    <w:abstractNumId w:val="28954762"/>
+  <w:num w:numId="56664508">
+    <w:abstractNumId w:val="56664508"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22065,51 +22065,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId482568337" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId689647368" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8334697a3d00c53dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/" TargetMode="External"/><Relationship Id="rId5397697a3d00c542e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/categorization" TargetMode="External"/><Relationship Id="rId1057697a3d00c9dc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/publications?id=35692" TargetMode="External"/><Relationship Id="rId4644697a3d00c9fb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId4842697a3d00ca04b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId3243697a3d00ca07d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId1998697a3d00ca485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf" TargetMode="External"/><Relationship Id="rId7219697a3d00ca4e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515" TargetMode="External"/><Relationship Id="rId2077697a3d00ca549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/" TargetMode="External"/><Relationship Id="rId6908697a3d00caa02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2737/NE-GTR-123" TargetMode="External"/><Relationship Id="rId8663697a3d00caa87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lib.dr.iastate.edu/iaes_circulars/39" TargetMode="External"/><Relationship Id="rId8403697a3d00cabaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5819697a3d00cac78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70000" TargetMode="External"/><Relationship Id="rId5214697a3d00c83a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5214697a3d00c83a0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId271335699" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId304283466" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId56506995b20086156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/" TargetMode="External"/><Relationship Id="rId81966995b2008619b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/categorization" TargetMode="External"/><Relationship Id="rId15056995b2008ad6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/publications?id=35692" TargetMode="External"/><Relationship Id="rId31886995b2008afcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId15376995b2008b112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId93056995b2008b148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId75356995b2008b77c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf" TargetMode="External"/><Relationship Id="rId10016995b2008b81c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515" TargetMode="External"/><Relationship Id="rId62756995b2008b881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/" TargetMode="External"/><Relationship Id="rId13456995b2008be91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2737/NE-GTR-123" TargetMode="External"/><Relationship Id="rId13406995b2008bee7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lib.dr.iastate.edu/iaes_circulars/39" TargetMode="External"/><Relationship Id="rId94576995b2008c040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId11886995b2008c11a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70000" TargetMode="External"/><Relationship Id="rId27366995b2008908e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27366995b2008908e.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>