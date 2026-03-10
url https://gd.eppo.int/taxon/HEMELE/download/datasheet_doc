--- v6 (2026-02-18)
+++ v7 (2026-03-10)
@@ -292,137 +292,195 @@
               <w:t xml:space="preserve"> Smith</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white-marked tussock moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56506995b20086156" w:history="1">
+            <w:hyperlink r:id="rId743369b089746fa78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81966995b2008619b" w:history="1">
+            <w:hyperlink r:id="rId903669b089746fabd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HEMELE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="-96"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="2160000" cy="1281600"/>
+                  <wp:docPr id="42781997" name="name235869b08974702b6" descr="19153.jpg"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="19153.jpg"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId673669b08974702b3" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2160000" cy="1281600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="0">
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:hyperlink r:id="rId582169b08974703f7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="0000CC"/>
+                  <w:position w:val="-3"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:br/>
+                <w:t xml:space="preserve">more photos...</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Notes on taxonomy and nomenclature</w:t>
       </w:r>
     </w:p>
@@ -5100,63 +5158,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is distributed throughout the eastern part of North America, reaching to the west New Mexico and Colorado in the USA and Manitoba in Canada. There have also been two records in the western part of Cuba (Barro &amp; Núñez, 2011, Núñez &amp; Barro, 2012, EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="44843746" name="name48556995b20089092" descr="HEMELE_distribution_map.jpg"/>
+            <wp:docPr id="86951348" name="name251969b0897472fce" descr="HEMELE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HEMELE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27366995b2008908e" cstate="print"/>
+                    <a:blip r:embed="rId704469b0897472fcb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7573,51 +7631,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedes J (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whitemarked tussock moth (Orgyia leucostigma).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Natural Resources Canada, Canadian Forest Service, Great Lakes Forestry Centre, Sault Ste. Marie, Ontario. Insect Production Services 2 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15056995b2008ad6c" w:history="1">
+      <w:hyperlink r:id="rId421369b08974741fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cfs.nrcan.gc.ca/publications?id=35692</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 16 November 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7882,51 +7940,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31886995b2008afcf" w:history="1">
+      <w:hyperlink r:id="rId992269b0897474409" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7970,81 +8028,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67 (1), 73-79.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017a) ISPM 28. Annex 22. Sulphuryl fluoride fumigation treatment for insects in debarked wood. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15376995b2008b112" w:history="1">
+      <w:hyperlink r:id="rId949569b089747449c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ippc.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017b) ISPM 28. Annex 23. Sulphuryl fluoride fumigation treatment for nematodes and insects in debarked wood. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93056995b2008b148" w:history="1">
+      <w:hyperlink r:id="rId893569b08974744ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ippc.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8436,51 +8494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Magasi LP (1995) Forest insect pests in the Maritimes region. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest insect pests in Canada</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Eds JA Armstrong, WGH Ives. Natural Resources Canada, Canadian Forest Service, Ottawa, Ontario, Canada, 11–25. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75356995b2008b77c" w:history="1">
+      <w:hyperlink r:id="rId645869b089747479e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 2 April 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8495,51 +8553,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Natural Resources Canada (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whitemarked tussock moth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10016995b2008b81c" w:history="1">
+      <w:hyperlink r:id="rId763969b08974747ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (Accessed on 2 April 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8554,51 +8612,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neilson WTA &amp; Crozier LM (1989) Insects. Pp. 27-37. In: Blatt CR, Hall LV, Jensen KIN, Neilson WTA, Hildebrand PD, Nickerson NL, Prange RK, Lidster PD, Crozier L, Silbey JD. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lowbush blueberry production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Agriculture Canada Publication 1477/E. 56 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62756995b2008b881" w:history="1">
+      <w:hyperlink r:id="rId658369b089747485e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9135,101 +9193,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. USDA, Forest Health Technology Enterprise Team, Morgantown, West Virginia, FHTET-96-34, 113 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wallner WE &amp; McManus KA (1989) Proceedings, Lymantriidae: a comparison of features of New and Old World tussock moths; 1988 June 26-July 1; New Haven, CT. Gen. Tech. Rep. NE-123. Broomall, PA: U.S. Department of Agriculture, Forest Service, Northeastern Forest Experiment Station. 554 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13456995b2008be91" w:history="1">
+      <w:hyperlink r:id="rId853969b0897474c20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2737/NE-GTR-123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Webster RL (1916) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The white-marked tussock-moth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Circular. Paper 33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13406995b2008bee7" w:history="1">
+      <w:hyperlink r:id="rId505969b0897474c73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://lib.dr.iastate.edu/iaes_circulars/39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9344,51 +9402,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94576995b2008c040" w:history="1">
+      <w:hyperlink r:id="rId206869b0897474d7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9445,51 +9503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(2).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11886995b2008c11a" w:history="1">
+      <w:hyperlink r:id="rId938469b0897474e16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70000</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -9585,137 +9643,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56664508">
+  <w:abstractNum w:abstractNumId="94297540">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27867429">
+    <w:lvl w:ilvl="0" w:tplc="50142717">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27867429" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50142717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27867429" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50142717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27867429" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50142717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27867429" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50142717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27867429" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50142717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27867429" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50142717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27867429" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50142717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27867429" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50142717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56664507">
+  <w:abstractNum w:abstractNumId="94297539">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13889928">
+    <w:lvl w:ilvl="0" w:tplc="53258955">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10467,55 +10525,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56664507">
-    <w:abstractNumId w:val="56664507"/>
+  <w:num w:numId="94297539">
+    <w:abstractNumId w:val="94297539"/>
   </w:num>
-  <w:num w:numId="56664508">
-    <w:abstractNumId w:val="56664508"/>
+  <w:num w:numId="94297540">
+    <w:abstractNumId w:val="94297540"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22065,51 +22123,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId271335699" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId304283466" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId56506995b20086156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/" TargetMode="External"/><Relationship Id="rId81966995b2008619b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/categorization" TargetMode="External"/><Relationship Id="rId15056995b2008ad6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/publications?id=35692" TargetMode="External"/><Relationship Id="rId31886995b2008afcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId15376995b2008b112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId93056995b2008b148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId75356995b2008b77c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf" TargetMode="External"/><Relationship Id="rId10016995b2008b81c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515" TargetMode="External"/><Relationship Id="rId62756995b2008b881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/" TargetMode="External"/><Relationship Id="rId13456995b2008be91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2737/NE-GTR-123" TargetMode="External"/><Relationship Id="rId13406995b2008bee7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lib.dr.iastate.edu/iaes_circulars/39" TargetMode="External"/><Relationship Id="rId94576995b2008c040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId11886995b2008c11a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70000" TargetMode="External"/><Relationship Id="rId27366995b2008908e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27366995b2008908e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId671757655" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId277819263" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId743369b089746fa78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/" TargetMode="External"/><Relationship Id="rId903669b089746fabd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/categorization" TargetMode="External"/><Relationship Id="rId582169b08974703f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/photos" TargetMode="External"/><Relationship Id="rId421369b08974741fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/publications?id=35692" TargetMode="External"/><Relationship Id="rId992269b0897474409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId949569b089747449c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId893569b08974744ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId645869b089747479e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf" TargetMode="External"/><Relationship Id="rId763969b08974747ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515" TargetMode="External"/><Relationship Id="rId658369b089747485e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/" TargetMode="External"/><Relationship Id="rId853969b0897474c20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2737/NE-GTR-123" TargetMode="External"/><Relationship Id="rId505969b0897474c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lib.dr.iastate.edu/iaes_circulars/39" TargetMode="External"/><Relationship Id="rId206869b0897474d7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId938469b0897474e16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70000" TargetMode="External"/><Relationship Id="rId673669b08974702b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId673669b08974702b3.jpg"/><Relationship Id="rId704469b0897472fcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId704469b0897472fcb.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>