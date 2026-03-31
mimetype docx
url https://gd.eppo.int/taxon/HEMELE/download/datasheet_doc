--- v7 (2026-03-10)
+++ v8 (2026-03-31)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Smith</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white-marked tussock moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId743369b089746fa78" w:history="1">
+            <w:hyperlink r:id="rId580369cb136180cbb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId903669b089746fabd" w:history="1">
+            <w:hyperlink r:id="rId881669cb136180d01" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HEMELE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="42781997" name="name235869b08974702b6" descr="19153.jpg"/>
+                  <wp:docPr id="19906123" name="name722369cb1361815e3" descr="19153.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="19153.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId673669b08974702b3" cstate="print"/>
+                          <a:blip r:embed="rId455569cb1361815e1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId582169b08974703f7" w:history="1">
+            <w:hyperlink r:id="rId711569cb136181712" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5158,63 +5158,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is distributed throughout the eastern part of North America, reaching to the west New Mexico and Colorado in the USA and Manitoba in Canada. There have also been two records in the western part of Cuba (Barro &amp; Núñez, 2011, Núñez &amp; Barro, 2012, EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86951348" name="name251969b0897472fce" descr="HEMELE_distribution_map.jpg"/>
+            <wp:docPr id="16759100" name="name770669cb1361844ea" descr="HEMELE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HEMELE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId704469b0897472fcb" cstate="print"/>
+                    <a:blip r:embed="rId334169cb1361844e6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7631,51 +7631,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedes J (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whitemarked tussock moth (Orgyia leucostigma).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Natural Resources Canada, Canadian Forest Service, Great Lakes Forestry Centre, Sault Ste. Marie, Ontario. Insect Production Services 2 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId421369b08974741fb" w:history="1">
+      <w:hyperlink r:id="rId880369cb1361859ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cfs.nrcan.gc.ca/publications?id=35692</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 16 November 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7940,51 +7940,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId992269b0897474409" w:history="1">
+      <w:hyperlink r:id="rId105169cb136185c0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8028,81 +8028,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67 (1), 73-79.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017a) ISPM 28. Annex 22. Sulphuryl fluoride fumigation treatment for insects in debarked wood. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId949569b089747449c" w:history="1">
+      <w:hyperlink r:id="rId951269cb136185cd6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ippc.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017b) ISPM 28. Annex 23. Sulphuryl fluoride fumigation treatment for nematodes and insects in debarked wood. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId893569b08974744ce" w:history="1">
+      <w:hyperlink r:id="rId777569cb136185d1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ippc.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8494,51 +8494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Magasi LP (1995) Forest insect pests in the Maritimes region. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest insect pests in Canada</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Eds JA Armstrong, WGH Ives. Natural Resources Canada, Canadian Forest Service, Ottawa, Ontario, Canada, 11–25. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId645869b089747479e" w:history="1">
+      <w:hyperlink r:id="rId281869cb1361860dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 2 April 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8553,51 +8553,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Natural Resources Canada (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whitemarked tussock moth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId763969b08974747ff" w:history="1">
+      <w:hyperlink r:id="rId203469cb13618614b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (Accessed on 2 April 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8612,51 +8612,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neilson WTA &amp; Crozier LM (1989) Insects. Pp. 27-37. In: Blatt CR, Hall LV, Jensen KIN, Neilson WTA, Hildebrand PD, Nickerson NL, Prange RK, Lidster PD, Crozier L, Silbey JD. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lowbush blueberry production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Agriculture Canada Publication 1477/E. 56 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId658369b089747485e" w:history="1">
+      <w:hyperlink r:id="rId126769cb1361861c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://publications.gc.ca/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9193,101 +9193,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. USDA, Forest Health Technology Enterprise Team, Morgantown, West Virginia, FHTET-96-34, 113 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wallner WE &amp; McManus KA (1989) Proceedings, Lymantriidae: a comparison of features of New and Old World tussock moths; 1988 June 26-July 1; New Haven, CT. Gen. Tech. Rep. NE-123. Broomall, PA: U.S. Department of Agriculture, Forest Service, Northeastern Forest Experiment Station. 554 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId853969b0897474c20" w:history="1">
+      <w:hyperlink r:id="rId430869cb1361865b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2737/NE-GTR-123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Webster RL (1916) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The white-marked tussock-moth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Circular. Paper 33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId505969b0897474c73" w:history="1">
+      <w:hyperlink r:id="rId587069cb13618660b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://lib.dr.iastate.edu/iaes_circulars/39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9402,51 +9402,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId206869b0897474d7a" w:history="1">
+      <w:hyperlink r:id="rId530469cb136186738" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9503,51 +9503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(2).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId938469b0897474e16" w:history="1">
+      <w:hyperlink r:id="rId426669cb1361867db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70000</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -9643,137 +9643,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94297540">
+  <w:abstractNum w:abstractNumId="68623752">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50142717">
+    <w:lvl w:ilvl="0" w:tplc="99485952">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50142717" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99485952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50142717" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99485952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50142717" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99485952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50142717" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99485952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50142717" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99485952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50142717" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99485952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50142717" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99485952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50142717" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99485952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94297539">
+  <w:abstractNum w:abstractNumId="68623751">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53258955">
+    <w:lvl w:ilvl="0" w:tplc="10787492">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10525,55 +10525,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94297539">
-    <w:abstractNumId w:val="94297539"/>
+  <w:num w:numId="68623751">
+    <w:abstractNumId w:val="68623751"/>
   </w:num>
-  <w:num w:numId="94297540">
-    <w:abstractNumId w:val="94297540"/>
+  <w:num w:numId="68623752">
+    <w:abstractNumId w:val="68623752"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22123,51 +22123,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId671757655" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId277819263" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId743369b089746fa78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/" TargetMode="External"/><Relationship Id="rId903669b089746fabd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/categorization" TargetMode="External"/><Relationship Id="rId582169b08974703f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/photos" TargetMode="External"/><Relationship Id="rId421369b08974741fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/publications?id=35692" TargetMode="External"/><Relationship Id="rId992269b0897474409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId949569b089747449c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId893569b08974744ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId645869b089747479e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf" TargetMode="External"/><Relationship Id="rId763969b08974747ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515" TargetMode="External"/><Relationship Id="rId658369b089747485e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/" TargetMode="External"/><Relationship Id="rId853969b0897474c20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2737/NE-GTR-123" TargetMode="External"/><Relationship Id="rId505969b0897474c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lib.dr.iastate.edu/iaes_circulars/39" TargetMode="External"/><Relationship Id="rId206869b0897474d7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId938469b0897474e16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70000" TargetMode="External"/><Relationship Id="rId673669b08974702b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId673669b08974702b3.jpg"/><Relationship Id="rId704469b0897472fcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId704469b0897472fcb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId767228663" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId509466719" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId580369cb136180cbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/" TargetMode="External"/><Relationship Id="rId881669cb136180d01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/categorization" TargetMode="External"/><Relationship Id="rId711569cb136181712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/photos" TargetMode="External"/><Relationship Id="rId880369cb1361859ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/publications?id=35692" TargetMode="External"/><Relationship Id="rId105169cb136185c0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId951269cb136185cd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId777569cb136185d1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ippc.int" TargetMode="External"/><Relationship Id="rId281869cb1361860dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/collections/collection_2020/rncan-nrcan/Fo42-235-1995-eng.pdf" TargetMode="External"/><Relationship Id="rId203469cb13618614b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tidcf.nrcan.gc.ca/en/insects/factsheet/9515" TargetMode="External"/><Relationship Id="rId126769cb1361861c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.gc.ca/" TargetMode="External"/><Relationship Id="rId430869cb1361865b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2737/NE-GTR-123" TargetMode="External"/><Relationship Id="rId587069cb13618660b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lib.dr.iastate.edu/iaes_circulars/39" TargetMode="External"/><Relationship Id="rId530469cb136186738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId426669cb1361867db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70000" TargetMode="External"/><Relationship Id="rId455569cb1361815e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId455569cb1361815e1.jpg"/><Relationship Id="rId334169cb1361844e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId334169cb1361844e6.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>