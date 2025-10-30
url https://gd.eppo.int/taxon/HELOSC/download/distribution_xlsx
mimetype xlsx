--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -50,57 +50,57 @@
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Present, no details</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
+    <t>Burkina Faso</t>
+  </si>
+  <si>
+    <t>BF</t>
+  </si>
+  <si>
     <t>Absent, unreliable record</t>
-  </si>
-[...4 lines deleted...]
-    <t>BF</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
     <t>TD</t>
   </si>
@@ -625,67 +625,67 @@
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2"/>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2"/>
       <c r="F2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3"/>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
@@ -721,51 +721,51 @@
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>24</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
@@ -785,51 +785,51 @@
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>30</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>32</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
         <v>34</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
@@ -897,51 +897,51 @@
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
         <v>44</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20"/>
       <c r="D20" t="s">
         <v>46</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21"/>
       <c r="D21" t="s">
         <v>48</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
@@ -1041,51 +1041,51 @@
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
         <v>62</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
         <v>64</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
         <v>66</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>