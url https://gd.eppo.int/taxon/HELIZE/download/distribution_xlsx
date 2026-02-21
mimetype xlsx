--- v0 (2025-10-12)
+++ v1 (2026-02-21)
@@ -725,51 +725,51 @@
   <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>VE</t>
   </si>
   <si>
     <t>Virgin Islands (US)</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Absent, intercepted only</t>
   </si>
 </sst>
 </file>
 