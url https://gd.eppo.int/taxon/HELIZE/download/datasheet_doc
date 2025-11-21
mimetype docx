--- v0 (2025-10-08)
+++ v1 (2025-11-21)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Boddie)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American bollworm, American cotton bollworm, New World bollworm, corn earworm, cotton bollworm, sorghum headworm, soybean podworm, tomato fruitworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433368e6919e0ec70" w:history="1">
+            <w:hyperlink r:id="rId5122691fad9a5f377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId674968e6919e0ecd7" w:history="1">
+            <w:hyperlink r:id="rId1115691fad9a5f3df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HELIZE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56823685" name="name445768e6919e0ed9a" descr="2209.jpg"/>
+                  <wp:docPr id="73877323" name="name8458691fad9a5f4af" descr="2209.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2209.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId766468e6919e0ed99" cstate="print"/>
+                          <a:blip r:embed="rId7420691fad9a5f4ae" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId932568e6919e0ee95" w:history="1">
+            <w:hyperlink r:id="rId5845691fad9a5f5bd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3133,63 +3133,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The more extreme northerly and southerly records are due to annual migrations. Hardwick (1965) regards this species as a seasonal migrant occurring regularly as far north and south as the 52nd parallels of latitude, from Saskatoon in the north to the Falkland Islands in the south.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="37993835" name="name823568e6919e10de1" descr="HELIZE_distribution_map.jpg"/>
+            <wp:docPr id="58079523" name="name8861691fad9a61707" descr="HELIZE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HELIZE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId270568e6919e10ddd" cstate="print"/>
+                    <a:blip r:embed="rId5331691fad9a61704" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5442,51 +5442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 91. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId805668e6919e11f01" w:history="1">
+      <w:hyperlink r:id="rId9478691fad9a62913" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects13010091</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5869,51 +5869,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 245-247. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId733668e6919e121b7" w:history="1">
+      <w:hyperlink r:id="rId7407691fad9a62be2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5939,51 +5939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-143. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId464768e6919e12228" w:history="1">
+      <w:hyperlink r:id="rId8348691fad9a62c62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6118,51 +6118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0142912. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId517968e6919e12344" w:history="1">
+      <w:hyperlink r:id="rId5740691fad9a62d83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0142912</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6790,51 +6790,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0160895. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId134468e6919e12785" w:history="1">
+      <w:hyperlink r:id="rId2112691fad9a631b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0160895</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7201,51 +7201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId247168e6919e12a2e" w:history="1">
+      <w:hyperlink r:id="rId3430691fad9a63449" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jipm/pmz017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7271,51 +7271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), D1-8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId425968e6919e12ab9" w:history="1">
+      <w:hyperlink r:id="rId2824691fad9a634b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/IPM13008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7419,51 +7419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 1-8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId493368e6919e12bab" w:history="1">
+      <w:hyperlink r:id="rId4793691fad9a635a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/IPM13008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7645,51 +7645,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa zea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId721868e6919e12d1b" w:history="1">
+      <w:hyperlink r:id="rId9303691fad9a637a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7764,63 +7764,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14151803" name="name965268e6919e12e30" descr="eu_funding_250.png"/>
+            <wp:docPr id="86950644" name="name7256691fad9a638df" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId531568e6919e12e2f" cstate="print"/>
+                    <a:blip r:embed="rId6426691fad9a638de" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7918,137 +7918,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40304851">
+  <w:abstractNum w:abstractNumId="70954304">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86614335">
+    <w:lvl w:ilvl="0" w:tplc="84435716">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86614335" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84435716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86614335" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84435716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86614335" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84435716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86614335" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84435716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86614335" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84435716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86614335" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84435716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86614335" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84435716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86614335" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84435716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40304850">
+  <w:abstractNum w:abstractNumId="70954303">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31096214">
+    <w:lvl w:ilvl="0" w:tplc="27042034">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8800,55 +8800,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40304850">
-    <w:abstractNumId w:val="40304850"/>
+  <w:num w:numId="70954303">
+    <w:abstractNumId w:val="70954303"/>
   </w:num>
-  <w:num w:numId="40304851">
-    <w:abstractNumId w:val="40304851"/>
+  <w:num w:numId="70954304">
+    <w:abstractNumId w:val="70954304"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20398,51 +20398,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId650626133" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId664997011" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId433368e6919e0ec70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/" TargetMode="External"/><Relationship Id="rId674968e6919e0ecd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/categorization" TargetMode="External"/><Relationship Id="rId932568e6919e0ee95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/photos" TargetMode="External"/><Relationship Id="rId805668e6919e11f01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13010091" TargetMode="External"/><Relationship Id="rId733668e6919e121b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId464768e6919e12228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId517968e6919e12344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0142912" TargetMode="External"/><Relationship Id="rId134468e6919e12785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0160895" TargetMode="External"/><Relationship Id="rId247168e6919e12a2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmz017" TargetMode="External"/><Relationship Id="rId425968e6919e12ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId493368e6919e12bab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId721868e6919e12d1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId766468e6919e0ed99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId766468e6919e0ed99.jpg"/><Relationship Id="rId270568e6919e10ddd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId270568e6919e10ddd.jpg"/><Relationship Id="rId531568e6919e12e2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId531568e6919e12e2f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId404065041" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId308336699" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5122691fad9a5f377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/" TargetMode="External"/><Relationship Id="rId1115691fad9a5f3df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/categorization" TargetMode="External"/><Relationship Id="rId5845691fad9a5f5bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/photos" TargetMode="External"/><Relationship Id="rId9478691fad9a62913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13010091" TargetMode="External"/><Relationship Id="rId7407691fad9a62be2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId8348691fad9a62c62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId5740691fad9a62d83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0142912" TargetMode="External"/><Relationship Id="rId2112691fad9a631b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0160895" TargetMode="External"/><Relationship Id="rId3430691fad9a63449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmz017" TargetMode="External"/><Relationship Id="rId2824691fad9a634b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId4793691fad9a635a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId9303691fad9a637a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7420691fad9a5f4ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7420691fad9a5f4ae.jpg"/><Relationship Id="rId5331691fad9a61704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5331691fad9a61704.jpg"/><Relationship Id="rId6426691fad9a638de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6426691fad9a638de.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>