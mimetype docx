--- v1 (2025-11-21)
+++ v2 (2025-12-14)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Boddie)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American bollworm, American cotton bollworm, New World bollworm, corn earworm, cotton bollworm, sorghum headworm, soybean podworm, tomato fruitworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5122691fad9a5f377" w:history="1">
+            <w:hyperlink r:id="rId3350693e5b36dfef0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1115691fad9a5f3df" w:history="1">
+            <w:hyperlink r:id="rId5174693e5b36dff5b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HELIZE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="73877323" name="name8458691fad9a5f4af" descr="2209.jpg"/>
+                  <wp:docPr id="8518102" name="name1525693e5b36e0013" descr="2209.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2209.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7420691fad9a5f4ae" cstate="print"/>
+                          <a:blip r:embed="rId7884693e5b36e0011" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5845691fad9a5f5bd" w:history="1">
+            <w:hyperlink r:id="rId1116693e5b36e00f5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3133,63 +3133,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The more extreme northerly and southerly records are due to annual migrations. Hardwick (1965) regards this species as a seasonal migrant occurring regularly as far north and south as the 52nd parallels of latitude, from Saskatoon in the north to the Falkland Islands in the south.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58079523" name="name8861691fad9a61707" descr="HELIZE_distribution_map.jpg"/>
+            <wp:docPr id="26395760" name="name3375693e5b36e19d1" descr="HELIZE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HELIZE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5331691fad9a61704" cstate="print"/>
+                    <a:blip r:embed="rId2629693e5b36e19ce" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5442,51 +5442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 91. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9478691fad9a62913" w:history="1">
+      <w:hyperlink r:id="rId2239693e5b36e2a65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects13010091</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5869,51 +5869,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 245-247. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7407691fad9a62be2" w:history="1">
+      <w:hyperlink r:id="rId4995693e5b36e2d0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5939,51 +5939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-143. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8348691fad9a62c62" w:history="1">
+      <w:hyperlink r:id="rId3356693e5b36e2d7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6118,51 +6118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0142912. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5740691fad9a62d83" w:history="1">
+      <w:hyperlink r:id="rId4768693e5b36e2ea7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0142912</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6790,51 +6790,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0160895. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2112691fad9a631b9" w:history="1">
+      <w:hyperlink r:id="rId2663693e5b36e32d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0160895</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7201,51 +7201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3430691fad9a63449" w:history="1">
+      <w:hyperlink r:id="rId7672693e5b36e3569" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jipm/pmz017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7271,51 +7271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), D1-8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2824691fad9a634b9" w:history="1">
+      <w:hyperlink r:id="rId7921693e5b36e35da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/IPM13008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7419,51 +7419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 1-8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4793691fad9a635a6" w:history="1">
+      <w:hyperlink r:id="rId4558693e5b36e36c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/IPM13008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7645,51 +7645,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa zea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9303691fad9a637a2" w:history="1">
+      <w:hyperlink r:id="rId5322693e5b36e3830" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7764,63 +7764,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86950644" name="name7256691fad9a638df" descr="eu_funding_250.png"/>
+            <wp:docPr id="9975102" name="name8602693e5b36e3963" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6426691fad9a638de" cstate="print"/>
+                    <a:blip r:embed="rId6576693e5b36e3961" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7918,137 +7918,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70954304">
+  <w:abstractNum w:abstractNumId="73633323">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84435716">
+    <w:lvl w:ilvl="0" w:tplc="21366831">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84435716" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21366831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84435716" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21366831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84435716" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21366831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84435716" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21366831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84435716" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21366831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84435716" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21366831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84435716" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21366831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84435716" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21366831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70954303">
+  <w:abstractNum w:abstractNumId="73633322">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27042034">
+    <w:lvl w:ilvl="0" w:tplc="60138307">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8800,55 +8800,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70954303">
-    <w:abstractNumId w:val="70954303"/>
+  <w:num w:numId="73633322">
+    <w:abstractNumId w:val="73633322"/>
   </w:num>
-  <w:num w:numId="70954304">
-    <w:abstractNumId w:val="70954304"/>
+  <w:num w:numId="73633323">
+    <w:abstractNumId w:val="73633323"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20398,51 +20398,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId404065041" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId308336699" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5122691fad9a5f377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/" TargetMode="External"/><Relationship Id="rId1115691fad9a5f3df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/categorization" TargetMode="External"/><Relationship Id="rId5845691fad9a5f5bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/photos" TargetMode="External"/><Relationship Id="rId9478691fad9a62913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13010091" TargetMode="External"/><Relationship Id="rId7407691fad9a62be2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId8348691fad9a62c62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId5740691fad9a62d83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0142912" TargetMode="External"/><Relationship Id="rId2112691fad9a631b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0160895" TargetMode="External"/><Relationship Id="rId3430691fad9a63449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmz017" TargetMode="External"/><Relationship Id="rId2824691fad9a634b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId4793691fad9a635a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId9303691fad9a637a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7420691fad9a5f4ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7420691fad9a5f4ae.jpg"/><Relationship Id="rId5331691fad9a61704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5331691fad9a61704.jpg"/><Relationship Id="rId6426691fad9a638de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6426691fad9a638de.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId345826445" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId617950321" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3350693e5b36dfef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/" TargetMode="External"/><Relationship Id="rId5174693e5b36dff5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/categorization" TargetMode="External"/><Relationship Id="rId1116693e5b36e00f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/photos" TargetMode="External"/><Relationship Id="rId2239693e5b36e2a65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13010091" TargetMode="External"/><Relationship Id="rId4995693e5b36e2d0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId3356693e5b36e2d7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId4768693e5b36e2ea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0142912" TargetMode="External"/><Relationship Id="rId2663693e5b36e32d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0160895" TargetMode="External"/><Relationship Id="rId7672693e5b36e3569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmz017" TargetMode="External"/><Relationship Id="rId7921693e5b36e35da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId4558693e5b36e36c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId5322693e5b36e3830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7884693e5b36e0011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7884693e5b36e0011.jpg"/><Relationship Id="rId2629693e5b36e19ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2629693e5b36e19ce.jpg"/><Relationship Id="rId6576693e5b36e3961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6576693e5b36e3961.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>