--- v2 (2025-12-14)
+++ v3 (2026-01-22)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Boddie)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American bollworm, American cotton bollworm, New World bollworm, corn earworm, cotton bollworm, sorghum headworm, soybean podworm, tomato fruitworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3350693e5b36dfef0" w:history="1">
+            <w:hyperlink r:id="rId703669726e8a876d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5174693e5b36dff5b" w:history="1">
+            <w:hyperlink r:id="rId610569726e8a8773a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HELIZE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8518102" name="name1525693e5b36e0013" descr="2209.jpg"/>
+                  <wp:docPr id="15840909" name="name457769726e8a87804" descr="2209.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2209.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7884693e5b36e0011" cstate="print"/>
+                          <a:blip r:embed="rId822269726e8a87803" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1116693e5b36e00f5" w:history="1">
+            <w:hyperlink r:id="rId917569726e8a878fc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3133,63 +3133,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The more extreme northerly and southerly records are due to annual migrations. Hardwick (1965) regards this species as a seasonal migrant occurring regularly as far north and south as the 52nd parallels of latitude, from Saskatoon in the north to the Falkland Islands in the south.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="26395760" name="name3375693e5b36e19d1" descr="HELIZE_distribution_map.jpg"/>
+            <wp:docPr id="95340137" name="name204169726e8a88a36" descr="HELIZE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HELIZE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2629693e5b36e19ce" cstate="print"/>
+                    <a:blip r:embed="rId390069726e8a88a35" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5442,51 +5442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 91. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2239693e5b36e2a65" w:history="1">
+      <w:hyperlink r:id="rId216969726e8a89aa0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects13010091</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5869,51 +5869,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 245-247. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4995693e5b36e2d0f" w:history="1">
+      <w:hyperlink r:id="rId772069726e8a89d76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5939,51 +5939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-143. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3356693e5b36e2d7f" w:history="1">
+      <w:hyperlink r:id="rId739669726e8a89de7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6118,51 +6118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0142912. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4768693e5b36e2ea7" w:history="1">
+      <w:hyperlink r:id="rId101269726e8a89f03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0142912</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6790,51 +6790,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0160895. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2663693e5b36e32d3" w:history="1">
+      <w:hyperlink r:id="rId962969726e8a8a345" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0160895</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7201,51 +7201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7672693e5b36e3569" w:history="1">
+      <w:hyperlink r:id="rId837769726e8a8a5d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jipm/pmz017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7271,51 +7271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), D1-8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7921693e5b36e35da" w:history="1">
+      <w:hyperlink r:id="rId527569726e8a8a641" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/IPM13008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7419,51 +7419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 1-8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4558693e5b36e36c4" w:history="1">
+      <w:hyperlink r:id="rId613069726e8a8a72a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/IPM13008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7623,73 +7623,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa zea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5322693e5b36e3830" w:history="1">
+      <w:hyperlink r:id="rId712669726e8a8a895" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7764,63 +7764,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="9975102" name="name8602693e5b36e3963" descr="eu_funding_250.png"/>
+            <wp:docPr id="31543067" name="name596769726e8a8a994" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6576693e5b36e3961" cstate="print"/>
+                    <a:blip r:embed="rId845169726e8a8a993" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7918,137 +7918,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73633323">
+  <w:abstractNum w:abstractNumId="60419515">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21366831">
+    <w:lvl w:ilvl="0" w:tplc="57395124">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21366831" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57395124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21366831" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57395124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21366831" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57395124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21366831" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57395124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21366831" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57395124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21366831" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57395124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21366831" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57395124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21366831" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57395124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73633322">
+  <w:abstractNum w:abstractNumId="60419514">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60138307">
+    <w:lvl w:ilvl="0" w:tplc="12065724">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8800,55 +8800,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73633322">
-    <w:abstractNumId w:val="73633322"/>
+  <w:num w:numId="60419514">
+    <w:abstractNumId w:val="60419514"/>
   </w:num>
-  <w:num w:numId="73633323">
-    <w:abstractNumId w:val="73633323"/>
+  <w:num w:numId="60419515">
+    <w:abstractNumId w:val="60419515"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20398,51 +20398,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId345826445" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId617950321" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3350693e5b36dfef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/" TargetMode="External"/><Relationship Id="rId5174693e5b36dff5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/categorization" TargetMode="External"/><Relationship Id="rId1116693e5b36e00f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/photos" TargetMode="External"/><Relationship Id="rId2239693e5b36e2a65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13010091" TargetMode="External"/><Relationship Id="rId4995693e5b36e2d0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId3356693e5b36e2d7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId4768693e5b36e2ea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0142912" TargetMode="External"/><Relationship Id="rId2663693e5b36e32d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0160895" TargetMode="External"/><Relationship Id="rId7672693e5b36e3569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmz017" TargetMode="External"/><Relationship Id="rId7921693e5b36e35da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId4558693e5b36e36c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId5322693e5b36e3830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7884693e5b36e0011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7884693e5b36e0011.jpg"/><Relationship Id="rId2629693e5b36e19ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2629693e5b36e19ce.jpg"/><Relationship Id="rId6576693e5b36e3961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6576693e5b36e3961.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId241189828" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId115317177" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId703669726e8a876d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/" TargetMode="External"/><Relationship Id="rId610569726e8a8773a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/categorization" TargetMode="External"/><Relationship Id="rId917569726e8a878fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/photos" TargetMode="External"/><Relationship Id="rId216969726e8a89aa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13010091" TargetMode="External"/><Relationship Id="rId772069726e8a89d76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId739669726e8a89de7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId101269726e8a89f03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0142912" TargetMode="External"/><Relationship Id="rId962969726e8a8a345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0160895" TargetMode="External"/><Relationship Id="rId837769726e8a8a5d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmz017" TargetMode="External"/><Relationship Id="rId527569726e8a8a641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId613069726e8a8a72a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId712669726e8a8a895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId822269726e8a87803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId822269726e8a87803.jpg"/><Relationship Id="rId390069726e8a88a35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId390069726e8a88a35.jpg"/><Relationship Id="rId845169726e8a8a993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId845169726e8a8a993.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>