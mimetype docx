--- v3 (2026-01-22)
+++ v4 (2026-02-12)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Boddie)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American bollworm, American cotton bollworm, New World bollworm, corn earworm, cotton bollworm, sorghum headworm, soybean podworm, tomato fruitworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId703669726e8a876d1" w:history="1">
+            <w:hyperlink r:id="rId6061698d3693958d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -394,53 +394,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId610569726e8a8773a" w:history="1">
+            <w:hyperlink r:id="rId6861698d369395943" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HELIZE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15840909" name="name457769726e8a87804" descr="2209.jpg"/>
+                  <wp:docPr id="61543887" name="name8689698d36939636c" descr="2209.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2209.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId822269726e8a87803" cstate="print"/>
+                          <a:blip r:embed="rId7649698d369396369" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId917569726e8a878fc" w:history="1">
+            <w:hyperlink r:id="rId8892698d3693964ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3133,63 +3133,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The more extreme northerly and southerly records are due to annual migrations. Hardwick (1965) regards this species as a seasonal migrant occurring regularly as far north and south as the 52nd parallels of latitude, from Saskatoon in the north to the Falkland Islands in the south.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95340137" name="name204169726e8a88a36" descr="HELIZE_distribution_map.jpg"/>
+            <wp:docPr id="36357081" name="name6137698d369398715" descr="HELIZE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HELIZE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId390069726e8a88a35" cstate="print"/>
+                    <a:blip r:embed="rId6828698d369398711" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5442,51 +5442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 91. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId216969726e8a89aa0" w:history="1">
+      <w:hyperlink r:id="rId3860698d369399979" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects13010091</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5869,51 +5869,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 245-247. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId772069726e8a89d76" w:history="1">
+      <w:hyperlink r:id="rId9999698d369399c2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5939,51 +5939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-143. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId739669726e8a89de7" w:history="1">
+      <w:hyperlink r:id="rId3396698d369399ca1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6118,51 +6118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0142912. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId101269726e8a89f03" w:history="1">
+      <w:hyperlink r:id="rId2903698d369399dc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0142912</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6790,51 +6790,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0160895. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId962969726e8a8a345" w:history="1">
+      <w:hyperlink r:id="rId6470698d36939a204" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0160895</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7201,51 +7201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId837769726e8a8a5d1" w:history="1">
+      <w:hyperlink r:id="rId8182698d36939a4ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jipm/pmz017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7271,51 +7271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), D1-8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId527569726e8a8a641" w:history="1">
+      <w:hyperlink r:id="rId8355698d36939a524" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/IPM13008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7419,51 +7419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 1-8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId613069726e8a8a72a" w:history="1">
+      <w:hyperlink r:id="rId5483698d36939a615" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/IPM13008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7645,51 +7645,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa zea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId712669726e8a8a895" w:history="1">
+      <w:hyperlink r:id="rId1730698d36939a783" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7764,63 +7764,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31543067" name="name596769726e8a8a994" descr="eu_funding_250.png"/>
+            <wp:docPr id="2437562" name="name6035698d36939ac31" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId845169726e8a8a993" cstate="print"/>
+                    <a:blip r:embed="rId7516698d36939ac2f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7918,137 +7918,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60419515">
+  <w:abstractNum w:abstractNumId="24127465">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57395124">
+    <w:lvl w:ilvl="0" w:tplc="60362691">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57395124" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60362691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57395124" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60362691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57395124" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60362691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57395124" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60362691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57395124" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60362691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57395124" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60362691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57395124" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60362691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57395124" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60362691" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60419514">
+  <w:abstractNum w:abstractNumId="24127464">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12065724">
+    <w:lvl w:ilvl="0" w:tplc="50064832">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8800,55 +8800,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60419514">
-    <w:abstractNumId w:val="60419514"/>
+  <w:num w:numId="24127464">
+    <w:abstractNumId w:val="24127464"/>
   </w:num>
-  <w:num w:numId="60419515">
-    <w:abstractNumId w:val="60419515"/>
+  <w:num w:numId="24127465">
+    <w:abstractNumId w:val="24127465"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20398,51 +20398,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId241189828" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId115317177" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId703669726e8a876d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/" TargetMode="External"/><Relationship Id="rId610569726e8a8773a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/categorization" TargetMode="External"/><Relationship Id="rId917569726e8a878fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/photos" TargetMode="External"/><Relationship Id="rId216969726e8a89aa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13010091" TargetMode="External"/><Relationship Id="rId772069726e8a89d76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId739669726e8a89de7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId101269726e8a89f03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0142912" TargetMode="External"/><Relationship Id="rId962969726e8a8a345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0160895" TargetMode="External"/><Relationship Id="rId837769726e8a8a5d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmz017" TargetMode="External"/><Relationship Id="rId527569726e8a8a641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId613069726e8a8a72a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId712669726e8a8a895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId822269726e8a87803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId822269726e8a87803.jpg"/><Relationship Id="rId390069726e8a88a35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId390069726e8a88a35.jpg"/><Relationship Id="rId845169726e8a8a993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId845169726e8a8a993.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId137580396" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId204879116" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6061698d3693958d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/" TargetMode="External"/><Relationship Id="rId6861698d369395943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/categorization" TargetMode="External"/><Relationship Id="rId8892698d3693964ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/photos" TargetMode="External"/><Relationship Id="rId3860698d369399979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13010091" TargetMode="External"/><Relationship Id="rId9999698d369399c2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId3396698d369399ca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId2903698d369399dc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0142912" TargetMode="External"/><Relationship Id="rId6470698d36939a204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0160895" TargetMode="External"/><Relationship Id="rId8182698d36939a4ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmz017" TargetMode="External"/><Relationship Id="rId8355698d36939a524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId5483698d36939a615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId1730698d36939a783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7649698d369396369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7649698d369396369.jpg"/><Relationship Id="rId6828698d369398711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6828698d369398711.jpg"/><Relationship Id="rId7516698d36939ac2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7516698d36939ac2f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>