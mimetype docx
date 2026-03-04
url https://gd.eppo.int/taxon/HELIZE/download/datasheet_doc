--- v4 (2026-02-12)
+++ v5 (2026-03-04)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Boddie)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American bollworm, American cotton bollworm, New World bollworm, corn earworm, cotton bollworm, sorghum headworm, soybean podworm, tomato fruitworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6061698d3693958d6" w:history="1">
+            <w:hyperlink r:id="rId201769a7abf194520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6861698d369395943" w:history="1">
+            <w:hyperlink r:id="rId717769a7abf19458d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HELIZE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="61543887" name="name8689698d36939636c" descr="2209.jpg"/>
+                  <wp:docPr id="23478538" name="name828569a7abf194c7d" descr="2209.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2209.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7649698d369396369" cstate="print"/>
+                          <a:blip r:embed="rId959269a7abf194c7a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8892698d3693964ba" w:history="1">
+            <w:hyperlink r:id="rId588069a7abf194dc7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3133,63 +3133,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The more extreme northerly and southerly records are due to annual migrations. Hardwick (1965) regards this species as a seasonal migrant occurring regularly as far north and south as the 52nd parallels of latitude, from Saskatoon in the north to the Falkland Islands in the south.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36357081" name="name6137698d369398715" descr="HELIZE_distribution_map.jpg"/>
+            <wp:docPr id="24202454" name="name965469a7abf196a96" descr="HELIZE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HELIZE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6828698d369398711" cstate="print"/>
+                    <a:blip r:embed="rId797669a7abf196a92" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5442,51 +5442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 91. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3860698d369399979" w:history="1">
+      <w:hyperlink r:id="rId875769a7abf197e3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects13010091</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5869,51 +5869,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 245-247. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9999698d369399c2e" w:history="1">
+      <w:hyperlink r:id="rId601069a7abf19810a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5939,51 +5939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-143. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3396698d369399ca1" w:history="1">
+      <w:hyperlink r:id="rId329869a7abf19817d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6118,51 +6118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0142912. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2903698d369399dc2" w:history="1">
+      <w:hyperlink r:id="rId875469a7abf19829a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0142912</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6790,51 +6790,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0160895. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6470698d36939a204" w:history="1">
+      <w:hyperlink r:id="rId697469a7abf19870a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0160895</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7201,51 +7201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8182698d36939a4ad" w:history="1">
+      <w:hyperlink r:id="rId520769a7abf19899f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jipm/pmz017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7271,51 +7271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), D1-8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8355698d36939a524" w:history="1">
+      <w:hyperlink r:id="rId639769a7abf198a10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/IPM13008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7419,51 +7419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 1-8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5483698d36939a615" w:history="1">
+      <w:hyperlink r:id="rId636869a7abf198afe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/IPM13008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7645,51 +7645,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa zea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1730698d36939a783" w:history="1">
+      <w:hyperlink r:id="rId528769a7abf198c8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7764,63 +7764,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2437562" name="name6035698d36939ac31" descr="eu_funding_250.png"/>
+            <wp:docPr id="42992687" name="name952569a7abf198e9b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7516698d36939ac2f" cstate="print"/>
+                    <a:blip r:embed="rId134669a7abf198e99" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7918,137 +7918,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24127465">
+  <w:abstractNum w:abstractNumId="17468224">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60362691">
+    <w:lvl w:ilvl="0" w:tplc="58737449">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60362691" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58737449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60362691" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58737449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60362691" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58737449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60362691" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58737449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60362691" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58737449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60362691" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58737449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60362691" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58737449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60362691" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58737449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24127464">
+  <w:abstractNum w:abstractNumId="17468223">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50064832">
+    <w:lvl w:ilvl="0" w:tplc="11766606">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8800,55 +8800,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24127464">
-    <w:abstractNumId w:val="24127464"/>
+  <w:num w:numId="17468223">
+    <w:abstractNumId w:val="17468223"/>
   </w:num>
-  <w:num w:numId="24127465">
-    <w:abstractNumId w:val="24127465"/>
+  <w:num w:numId="17468224">
+    <w:abstractNumId w:val="17468224"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20398,51 +20398,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId137580396" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId204879116" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6061698d3693958d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/" TargetMode="External"/><Relationship Id="rId6861698d369395943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/categorization" TargetMode="External"/><Relationship Id="rId8892698d3693964ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/photos" TargetMode="External"/><Relationship Id="rId3860698d369399979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13010091" TargetMode="External"/><Relationship Id="rId9999698d369399c2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId3396698d369399ca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId2903698d369399dc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0142912" TargetMode="External"/><Relationship Id="rId6470698d36939a204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0160895" TargetMode="External"/><Relationship Id="rId8182698d36939a4ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmz017" TargetMode="External"/><Relationship Id="rId8355698d36939a524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId5483698d36939a615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId1730698d36939a783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7649698d369396369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7649698d369396369.jpg"/><Relationship Id="rId6828698d369398711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6828698d369398711.jpg"/><Relationship Id="rId7516698d36939ac2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7516698d36939ac2f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId688654995" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId722737716" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId201769a7abf194520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/" TargetMode="External"/><Relationship Id="rId717769a7abf19458d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/categorization" TargetMode="External"/><Relationship Id="rId588069a7abf194dc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/photos" TargetMode="External"/><Relationship Id="rId875769a7abf197e3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13010091" TargetMode="External"/><Relationship Id="rId601069a7abf19810a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId329869a7abf19817d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId875469a7abf19829a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0142912" TargetMode="External"/><Relationship Id="rId697469a7abf19870a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0160895" TargetMode="External"/><Relationship Id="rId520769a7abf19899f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmz017" TargetMode="External"/><Relationship Id="rId639769a7abf198a10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId636869a7abf198afe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId528769a7abf198c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId959269a7abf194c7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId959269a7abf194c7a.jpg"/><Relationship Id="rId797669a7abf196a92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId797669a7abf196a92.jpg"/><Relationship Id="rId134669a7abf198e99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId134669a7abf198e99.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>