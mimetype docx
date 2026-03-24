--- v5 (2026-03-04)
+++ v6 (2026-03-24)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Boddie)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American bollworm, American cotton bollworm, New World bollworm, corn earworm, cotton bollworm, sorghum headworm, soybean podworm, tomato fruitworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201769a7abf194520" w:history="1">
+            <w:hyperlink r:id="rId602769c22596ef8bd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId717769a7abf19458d" w:history="1">
+            <w:hyperlink r:id="rId664369c22596ef928" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HELIZE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23478538" name="name828569a7abf194c7d" descr="2209.jpg"/>
+                  <wp:docPr id="67741103" name="name953069c22596f00a9" descr="2209.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2209.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId959269a7abf194c7a" cstate="print"/>
+                          <a:blip r:embed="rId373669c22596f00a7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId588069a7abf194dc7" w:history="1">
+            <w:hyperlink r:id="rId766469c22596f01e7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3133,63 +3133,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The more extreme northerly and southerly records are due to annual migrations. Hardwick (1965) regards this species as a seasonal migrant occurring regularly as far north and south as the 52nd parallels of latitude, from Saskatoon in the north to the Falkland Islands in the south.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24202454" name="name965469a7abf196a96" descr="HELIZE_distribution_map.jpg"/>
+            <wp:docPr id="65616356" name="name719469c22596f201b" descr="HELIZE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HELIZE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId797669a7abf196a92" cstate="print"/>
+                    <a:blip r:embed="rId456769c22596f2017" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5442,51 +5442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 91. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId875769a7abf197e3a" w:history="1">
+      <w:hyperlink r:id="rId338169c22596f31dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects13010091</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5869,51 +5869,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 245-247. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId601069a7abf19810a" w:history="1">
+      <w:hyperlink r:id="rId834769c22596f34ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5939,51 +5939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-143. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId329869a7abf19817d" w:history="1">
+      <w:hyperlink r:id="rId842169c22596f352a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6118,51 +6118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0142912. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId875469a7abf19829a" w:history="1">
+      <w:hyperlink r:id="rId818869c22596f3646" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0142912</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6790,51 +6790,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0160895. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId697469a7abf19870a" w:history="1">
+      <w:hyperlink r:id="rId497669c22596f3a8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0160895</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7201,51 +7201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId520769a7abf19899f" w:history="1">
+      <w:hyperlink r:id="rId562769c22596f3d2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jipm/pmz017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7271,51 +7271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), D1-8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId639769a7abf198a10" w:history="1">
+      <w:hyperlink r:id="rId451769c22596f3d9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/IPM13008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7419,51 +7419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 1-8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId636869a7abf198afe" w:history="1">
+      <w:hyperlink r:id="rId842769c22596f3e89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/IPM13008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7645,51 +7645,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa zea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId528769a7abf198c8c" w:history="1">
+      <w:hyperlink r:id="rId252069c22596f3ff3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7764,63 +7764,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42992687" name="name952569a7abf198e9b" descr="eu_funding_250.png"/>
+            <wp:docPr id="6774665" name="name427369c22596f4114" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId134669a7abf198e99" cstate="print"/>
+                    <a:blip r:embed="rId258369c22596f4113" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7918,137 +7918,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17468224">
+  <w:abstractNum w:abstractNumId="64739343">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58737449">
+    <w:lvl w:ilvl="0" w:tplc="50731763">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58737449" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50731763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58737449" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50731763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58737449" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50731763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58737449" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50731763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58737449" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50731763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58737449" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50731763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58737449" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50731763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58737449" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50731763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17468223">
+  <w:abstractNum w:abstractNumId="64739342">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11766606">
+    <w:lvl w:ilvl="0" w:tplc="72287099">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8800,55 +8800,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17468223">
-    <w:abstractNumId w:val="17468223"/>
+  <w:num w:numId="64739342">
+    <w:abstractNumId w:val="64739342"/>
   </w:num>
-  <w:num w:numId="17468224">
-    <w:abstractNumId w:val="17468224"/>
+  <w:num w:numId="64739343">
+    <w:abstractNumId w:val="64739343"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20398,51 +20398,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId688654995" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId722737716" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId201769a7abf194520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/" TargetMode="External"/><Relationship Id="rId717769a7abf19458d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/categorization" TargetMode="External"/><Relationship Id="rId588069a7abf194dc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/photos" TargetMode="External"/><Relationship Id="rId875769a7abf197e3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13010091" TargetMode="External"/><Relationship Id="rId601069a7abf19810a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId329869a7abf19817d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId875469a7abf19829a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0142912" TargetMode="External"/><Relationship Id="rId697469a7abf19870a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0160895" TargetMode="External"/><Relationship Id="rId520769a7abf19899f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmz017" TargetMode="External"/><Relationship Id="rId639769a7abf198a10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId636869a7abf198afe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId528769a7abf198c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId959269a7abf194c7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId959269a7abf194c7a.jpg"/><Relationship Id="rId797669a7abf196a92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId797669a7abf196a92.jpg"/><Relationship Id="rId134669a7abf198e99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId134669a7abf198e99.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId200312346" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId551932799" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId602769c22596ef8bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/" TargetMode="External"/><Relationship Id="rId664369c22596ef928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/categorization" TargetMode="External"/><Relationship Id="rId766469c22596f01e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIZE/photos" TargetMode="External"/><Relationship Id="rId338169c22596f31dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13010091" TargetMode="External"/><Relationship Id="rId834769c22596f34ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId842169c22596f352a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId818869c22596f3646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0142912" TargetMode="External"/><Relationship Id="rId497669c22596f3a8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0160895" TargetMode="External"/><Relationship Id="rId562769c22596f3d2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmz017" TargetMode="External"/><Relationship Id="rId451769c22596f3d9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId842769c22596f3e89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/IPM13008" TargetMode="External"/><Relationship Id="rId252069c22596f3ff3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId373669c22596f00a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId373669c22596f00a7.jpg"/><Relationship Id="rId456769c22596f2017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId456769c22596f2017.jpg"/><Relationship Id="rId258369c22596f4113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId258369c22596f4113.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>