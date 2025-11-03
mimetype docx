--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tobacco budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260368ed8afb24be7" w:history="1">
+            <w:hyperlink r:id="rId733269093c758a0fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId829368ed8afb24c56" w:history="1">
+            <w:hyperlink r:id="rId607569093c758a166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HELIVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="63585561" name="name147568ed8afb25550" descr="16927.jpg"/>
+                  <wp:docPr id="72192461" name="name653569093c758a24e" descr="16927.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16927.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId535968ed8afb2554e" cstate="print"/>
+                          <a:blip r:embed="rId893269093c758a24d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId307968ed8afb256a6" w:history="1">
+            <w:hyperlink r:id="rId509869093c758a375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5039,63 +5039,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1982; EPPO, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32422009" name="name744368ed8afb28237" descr="HELIVI_distribution_map.jpg"/>
+            <wp:docPr id="55109016" name="name568969093c758cf4e" descr="HELIVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HELIVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId782568ed8afb28234" cstate="print"/>
+                    <a:blip r:embed="rId247169093c758cf4a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7324,101 +7324,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367668ed8afb292a2" w:history="1">
+      <w:hyperlink r:id="rId467769093c758dfe8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eea.13190</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Capinera JL (2001) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heliothis virescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Fabricius) (Insecta: Lepidoptera: Noctuidae) EENY-219 (latest revision Dec. 2018). Featured Creatures. University of Florida. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId553968ed8afb292fa" w:history="1">
+      <w:hyperlink r:id="rId131369093c758e041" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7482,51 +7482,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 289-301.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) Standard PM 5/8 (1) Guidelines on the phytosanitary measure ‘Plants grown under physical isolation’. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId137268ed8afb293ac" w:history="1">
+      <w:hyperlink r:id="rId697469093c758e0f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7559,51 +7559,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId633868ed8afb29428" w:history="1">
+      <w:hyperlink r:id="rId367169093c758e16b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HELIVI/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7792,51 +7792,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 813-823.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRAC (2024) Lepidoptera. Insecticide Resistance Action Committee. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId445468ed8afb2959f" w:history="1">
+      <w:hyperlink r:id="rId842569093c758e2da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://irac-online.org/pest-library/lepidoptera/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7958,51 +7958,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 15, 1-7.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCSU (2016) Baker J. Tobacco Budworm on Ornamentals. PDIC Factsheets. North Carolina State Extension. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId364968ed8afb296af" w:history="1">
+      <w:hyperlink r:id="rId332869093c758e3e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/tobacco-budworm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8608,51 +8608,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chloridea virescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId722268ed8afb29bd4" w:history="1">
+      <w:hyperlink r:id="rId604669093c758e7ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8709,51 +8709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(1),  75-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId222568ed8afb29c7d" w:history="1">
+      <w:hyperlink r:id="rId823869093c758e8a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13079</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8840,137 +8840,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67615745">
+  <w:abstractNum w:abstractNumId="93426051">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58569221">
+    <w:lvl w:ilvl="0" w:tplc="64173011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58569221" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64173011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58569221" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64173011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58569221" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64173011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58569221" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64173011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58569221" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64173011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58569221" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64173011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58569221" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64173011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58569221" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64173011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67615744">
+  <w:abstractNum w:abstractNumId="93426050">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63895375">
+    <w:lvl w:ilvl="0" w:tplc="12070167">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9722,55 +9722,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67615744">
-    <w:abstractNumId w:val="67615744"/>
+  <w:num w:numId="93426050">
+    <w:abstractNumId w:val="93426050"/>
   </w:num>
-  <w:num w:numId="67615745">
-    <w:abstractNumId w:val="67615745"/>
+  <w:num w:numId="93426051">
+    <w:abstractNumId w:val="93426051"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21320,51 +21320,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId536766116" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId676777002" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId260368ed8afb24be7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/" TargetMode="External"/><Relationship Id="rId829368ed8afb24c56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/categorization" TargetMode="External"/><Relationship Id="rId307968ed8afb256a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/photos" TargetMode="External"/><Relationship Id="rId367668ed8afb292a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.13190" TargetMode="External"/><Relationship Id="rId553968ed8afb292fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm" TargetMode="External"/><Relationship Id="rId137268ed8afb293ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId633868ed8afb29428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/documents" TargetMode="External"/><Relationship Id="rId445468ed8afb2959f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irac-online.org/pest-library/lepidoptera/" TargetMode="External"/><Relationship Id="rId364968ed8afb296af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/tobacco-budworm" TargetMode="External"/><Relationship Id="rId722268ed8afb29bd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId222568ed8afb29c7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13079" TargetMode="External"/><Relationship Id="rId535968ed8afb2554e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId535968ed8afb2554e.jpg"/><Relationship Id="rId782568ed8afb28234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId782568ed8afb28234.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId940902018" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId647790548" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId733269093c758a0fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/" TargetMode="External"/><Relationship Id="rId607569093c758a166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/categorization" TargetMode="External"/><Relationship Id="rId509869093c758a375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/photos" TargetMode="External"/><Relationship Id="rId467769093c758dfe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.13190" TargetMode="External"/><Relationship Id="rId131369093c758e041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm" TargetMode="External"/><Relationship Id="rId697469093c758e0f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId367169093c758e16b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/documents" TargetMode="External"/><Relationship Id="rId842569093c758e2da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irac-online.org/pest-library/lepidoptera/" TargetMode="External"/><Relationship Id="rId332869093c758e3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/tobacco-budworm" TargetMode="External"/><Relationship Id="rId604669093c758e7ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId823869093c758e8a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13079" TargetMode="External"/><Relationship Id="rId893269093c758a24d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId893269093c758a24d.jpg"/><Relationship Id="rId247169093c758cf4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId247169093c758cf4a.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>