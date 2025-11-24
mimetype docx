--- v1 (2025-11-03)
+++ v2 (2025-11-24)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tobacco budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId733269093c758a0fb" w:history="1">
+            <w:hyperlink r:id="rId49906924e54361a21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId607569093c758a166" w:history="1">
+            <w:hyperlink r:id="rId36096924e54361a96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HELIVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="72192461" name="name653569093c758a24e" descr="16927.jpg"/>
+                  <wp:docPr id="46675619" name="name49956924e54361b66" descr="16927.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16927.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId893269093c758a24d" cstate="print"/>
+                          <a:blip r:embed="rId13796924e54361b64" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId509869093c758a375" w:history="1">
+            <w:hyperlink r:id="rId46716924e54361c69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5039,63 +5039,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1982; EPPO, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55109016" name="name568969093c758cf4e" descr="HELIVI_distribution_map.jpg"/>
+            <wp:docPr id="94033324" name="name26716924e543646f6" descr="HELIVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HELIVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId247169093c758cf4a" cstate="print"/>
+                    <a:blip r:embed="rId79156924e543646f4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7324,101 +7324,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId467769093c758dfe8" w:history="1">
+      <w:hyperlink r:id="rId67086924e5436585c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eea.13190</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Capinera JL (2001) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heliothis virescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Fabricius) (Insecta: Lepidoptera: Noctuidae) EENY-219 (latest revision Dec. 2018). Featured Creatures. University of Florida. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131369093c758e041" w:history="1">
+      <w:hyperlink r:id="rId73936924e543658b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7482,51 +7482,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 289-301.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) Standard PM 5/8 (1) Guidelines on the phytosanitary measure ‘Plants grown under physical isolation’. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId697469093c758e0f1" w:history="1">
+      <w:hyperlink r:id="rId59196924e54365975" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7559,51 +7559,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367169093c758e16b" w:history="1">
+      <w:hyperlink r:id="rId79366924e543659f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HELIVI/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7792,51 +7792,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 813-823.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRAC (2024) Lepidoptera. Insecticide Resistance Action Committee. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId842569093c758e2da" w:history="1">
+      <w:hyperlink r:id="rId59076924e54365b64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://irac-online.org/pest-library/lepidoptera/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7958,51 +7958,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 15, 1-7.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCSU (2016) Baker J. Tobacco Budworm on Ornamentals. PDIC Factsheets. North Carolina State Extension. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId332869093c758e3e6" w:history="1">
+      <w:hyperlink r:id="rId79926924e54365c71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/tobacco-budworm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8608,51 +8608,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chloridea virescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId604669093c758e7ff" w:history="1">
+      <w:hyperlink r:id="rId97766924e5436608e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8709,51 +8709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(1),  75-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId823869093c758e8a2" w:history="1">
+      <w:hyperlink r:id="rId46626924e54366133" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13079</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8840,137 +8840,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93426051">
+  <w:abstractNum w:abstractNumId="75837017">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64173011">
+    <w:lvl w:ilvl="0" w:tplc="15789873">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64173011" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15789873" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64173011" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15789873" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64173011" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15789873" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64173011" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15789873" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64173011" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15789873" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64173011" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15789873" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64173011" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15789873" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64173011" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15789873" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93426050">
+  <w:abstractNum w:abstractNumId="75837016">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12070167">
+    <w:lvl w:ilvl="0" w:tplc="38492112">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9722,55 +9722,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93426050">
-    <w:abstractNumId w:val="93426050"/>
+  <w:num w:numId="75837016">
+    <w:abstractNumId w:val="75837016"/>
   </w:num>
-  <w:num w:numId="93426051">
-    <w:abstractNumId w:val="93426051"/>
+  <w:num w:numId="75837017">
+    <w:abstractNumId w:val="75837017"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21320,51 +21320,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId940902018" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId647790548" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId733269093c758a0fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/" TargetMode="External"/><Relationship Id="rId607569093c758a166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/categorization" TargetMode="External"/><Relationship Id="rId509869093c758a375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/photos" TargetMode="External"/><Relationship Id="rId467769093c758dfe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.13190" TargetMode="External"/><Relationship Id="rId131369093c758e041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm" TargetMode="External"/><Relationship Id="rId697469093c758e0f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId367169093c758e16b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/documents" TargetMode="External"/><Relationship Id="rId842569093c758e2da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irac-online.org/pest-library/lepidoptera/" TargetMode="External"/><Relationship Id="rId332869093c758e3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/tobacco-budworm" TargetMode="External"/><Relationship Id="rId604669093c758e7ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId823869093c758e8a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13079" TargetMode="External"/><Relationship Id="rId893269093c758a24d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId893269093c758a24d.jpg"/><Relationship Id="rId247169093c758cf4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId247169093c758cf4a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId325390406" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId518589086" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId49906924e54361a21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/" TargetMode="External"/><Relationship Id="rId36096924e54361a96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/categorization" TargetMode="External"/><Relationship Id="rId46716924e54361c69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/photos" TargetMode="External"/><Relationship Id="rId67086924e5436585c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.13190" TargetMode="External"/><Relationship Id="rId73936924e543658b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm" TargetMode="External"/><Relationship Id="rId59196924e54365975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId79366924e543659f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/documents" TargetMode="External"/><Relationship Id="rId59076924e54365b64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irac-online.org/pest-library/lepidoptera/" TargetMode="External"/><Relationship Id="rId79926924e54365c71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/tobacco-budworm" TargetMode="External"/><Relationship Id="rId97766924e5436608e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId46626924e54366133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13079" TargetMode="External"/><Relationship Id="rId13796924e54361b64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13796924e54361b64.jpg"/><Relationship Id="rId79156924e543646f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79156924e543646f4.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>