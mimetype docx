--- v2 (2025-11-24)
+++ v3 (2025-12-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tobacco budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49906924e54361a21" w:history="1">
+            <w:hyperlink r:id="rId1992694099e082948" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36096924e54361a96" w:history="1">
+            <w:hyperlink r:id="rId7119694099e0829b3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,4525 +432,4486 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HELIVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46675619" name="name49956924e54361b66" descr="16927.jpg"/>
+                  <wp:docPr id="59118532" name="name8201694099e082a7e" descr="16927.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16927.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId13796924e54361b64" cstate="print"/>
+                          <a:blip r:embed="rId1555694099e082a7d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId46716924e54361c69" w:history="1">
+            <w:hyperlink r:id="rId9911694099e082b9c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Notes on taxonomy and nomenclature</w:t>
+        <w:t xml:space="preserve">HOSTS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Optional section to be written if considered necessary.</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chloridea virescens</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has been reported from over 210 plant species. In the EPPO PRA, 65 species have been confirmed as main hosts (i.e. plants that support the complete </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C. virescens</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> development, plants mentioned in the literature as common or preferred hosts, and plants on which impacts have been recorded). Preferred host plants include cotton, tobacco, chickpea and tomato (EPPO, 2024). Hosts belong to 35 families, with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fabaceae (60), Solanaceae (29), Malvaceae (27), Asteraceae (22), Convolvulaceae (9), Euphorbiaceae (7), Cucurbitaceae (5), and Brassicaceae (4) comprising 75% of the host plants.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Host list:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Abelmoschus esculentus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Abutilon theophrasti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Abutilon trisulcatum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Abutilon viscosum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Acalypha alopecuroides</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Acalypha infesta</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Acalypha persimilis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Acalypha sp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Acanthospermum hispidum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aeschynomene americana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aeschynomene ciliata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aeschynomene rudis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ageratum sp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alcea rosea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Antirrhinum majus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Antirrhinum sp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arachis hypogaea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Asparagus officinalis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Brassica carinata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Brassica oleracea var. capitata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Brassica oleracea var. viridis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Brassica oleracea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cajanus cajan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Calendula officinalis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Calopogonium mucunoides</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Camonea umbellata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Caperonia palustris</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Capsicum annuum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Carya illinoinensis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cassia patellaria</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cassia reticulata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Castilleja indivisa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cenchrus americanus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chamaecrista nictitans</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chamaecrista rotundifolia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chenopodium quinoa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chrysanthemum sp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cicer arietinum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cichorium intybus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citrullus lanatus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cleome spinosa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Corchorus orinocensis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cordia globosa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Coronilla varia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Croptilon divaricatum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Crotalaria pallida</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Crotalaria retusa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Crotalaria sp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Croton hirtus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ctenodon brasilianus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cucumis melo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cucurbita maxima</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cucurbita pepo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cydonia oblonga</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dalea pogonathera</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Desmodium canescens</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Desmodium incanum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Desmodium obtusum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Desmodium scorpiurus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Desmodium strictum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Desmodium tortuosum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Distimake cissoides</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eirmocephala brachiata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Erigeron canadensis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Funastrum clausum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Galactia tenuiflora</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Galinsoga quadriradiata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gardenia sp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Geranium carolinianum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Geranium dissectum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Geranium maculatum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Glycine max</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gossypium hirsutum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Helianthus annuus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Heliotropium indicum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Heterotheca subaxillaris</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hibiscus moscheutos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hibiscus rosa-sinensis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hibiscus sp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hyptis suaveolens</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indigofera hirsuta</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indigofera suffruticosa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ipomoea cordatotriloba</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ipomoea hederacea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ipomoea nil</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ipomoea purpurea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ipomoea triloba</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jacquemontia sp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jacquemontia tamnifolia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lablab purpureus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lactuca sativa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lagascea mollis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lathyrus hirsutus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lathyrus odoratus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Leonotis nepetaefolia var. africana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lespedeza bicolor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Linum usitatissimum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lonicera japonica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lupinus sp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lupinus texensis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Malachra alceifolia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Malus domestica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Malva neglecta</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Malva parviflora</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Malvastrum americanum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Malvastrum coromandelianum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medicago arabica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medicago lupulina</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medicago polymorpha</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medicago sativa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Melilotus albus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Melochia pyramidata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mimosa diplotricha</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mimosa pigra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mimosa somnians</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mucuna deeringiana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nicandra physalodes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nicotiana alata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nicotiana debneyi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nicotiana glutinosa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nicotiana kawakamii</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nicotiana paniculata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nicotiana repanda</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nicotiana rustica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nicotiana tabacum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nicotiana x sanderi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nuttallanthus canadensis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nuttallanthus texanus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Origanum vulgare</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Passiflora foetida</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paulownia tomentosa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pavonia sp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pelargonium peltatum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pelargonium x hortorum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Penstemon laevigatus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Persicaria pensylvanica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Petunia integrifolia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Petunia sp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phaseolus lunatus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phaseolus vulgaris</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Physalis angulata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Physalis heterophylla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Physalis lagascae</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Physalis peruviana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Physalis pubescens</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Physalis sp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Physalis viscosa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pisum sativum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Portulaca oleracea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Priva lappulacea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proboscidea louisianica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pseudelephantopus spicatus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pyrrhopappus carolinianus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rhexia alifanus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rhexia mariana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rhexia nashii</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rhynchosia edulis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rhynchosia minima</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ricinus communis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rosa sp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ruellia ciliatiflora</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ruellia runyonii</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rumex crispus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Salvia misella</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Salvia occidentalis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Salvia officinalis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Scoparia dulcis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Senna occidentalis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Senna tora</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sesamum indicum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Setaria italica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sicyos angulatus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sida abutilifolia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sida acuta</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sida cordifolia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sida glomerata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sida glutinosa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sida rhombifolia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sida spinosa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sida urens</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sidastrum paniculatum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Solanum carolinense</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Solanum hirtum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Solanum lycopersicum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Solanum melongena</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Solanum rostratum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Solanum sessiliflorum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Solanum sisymbriifolium</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Solanum torvum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Solanum tuberosum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Strelitzia reginae</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stylosanthes guianensis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tridax procumbens</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trifolium incarnatum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trifolium pratense</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trifolium repens</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trifolium resupinatum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trixis cacalioides</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trixis inula</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Turnera ulmifolia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vaccinium corymbosum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Verbena neomexicana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Verbena sp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vernonanthura brasiliana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vicia lens</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vicia villosa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vigna unguiculata subsp. unguiculata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vitis vinifera</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Waltheria americana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xanthium orientale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xerochrysum bracteatum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zinnia sp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">HOSTS</w:t>
+        <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
-          <w:i/>
-[...4348 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The current distribution range of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chloridea virescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> covers most of the American continents, from occasional specimens trapped in southern Canada, to Chile, Argentina, and Uruguay. In North America, the well-established populations may be found at latitudes below 37°N (Poole</w:t>
@@ -5039,63 +5000,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1982; EPPO, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94033324" name="name26716924e543646f6" descr="HELIVI_distribution_map.jpg"/>
+            <wp:docPr id="72035484" name="name9449694099e085be8" descr="HELIVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HELIVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId79156924e543646f4" cstate="print"/>
+                    <a:blip r:embed="rId4902694099e085be4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7324,101 +7285,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67086924e5436585c" w:history="1">
+      <w:hyperlink r:id="rId5659694099e0873d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eea.13190</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Capinera JL (2001) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heliothis virescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Fabricius) (Insecta: Lepidoptera: Noctuidae) EENY-219 (latest revision Dec. 2018). Featured Creatures. University of Florida. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73936924e543658b1" w:history="1">
+      <w:hyperlink r:id="rId1928694099e087438" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7482,51 +7443,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 289-301.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) Standard PM 5/8 (1) Guidelines on the phytosanitary measure ‘Plants grown under physical isolation’. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59196924e54365975" w:history="1">
+      <w:hyperlink r:id="rId2585694099e0874f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7559,51 +7520,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79366924e543659f2" w:history="1">
+      <w:hyperlink r:id="rId2292694099e0875a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HELIVI/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7792,51 +7753,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 813-823.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRAC (2024) Lepidoptera. Insecticide Resistance Action Committee. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59076924e54365b64" w:history="1">
+      <w:hyperlink r:id="rId1528694099e087721" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://irac-online.org/pest-library/lepidoptera/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7958,51 +7919,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 15, 1-7.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCSU (2016) Baker J. Tobacco Budworm on Ornamentals. PDIC Factsheets. North Carolina State Extension. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79926924e54365c71" w:history="1">
+      <w:hyperlink r:id="rId6023694099e087850" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/tobacco-budworm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8608,51 +8569,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chloridea virescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97766924e5436608e" w:history="1">
+      <w:hyperlink r:id="rId5630694099e088882" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8709,51 +8670,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(1),  75-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46626924e54366133" w:history="1">
+      <w:hyperlink r:id="rId2747694099e088985" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13079</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8840,137 +8801,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75837017">
+  <w:abstractNum w:abstractNumId="81791502">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15789873">
+    <w:lvl w:ilvl="0" w:tplc="63768104">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15789873" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63768104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15789873" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63768104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15789873" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63768104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15789873" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63768104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15789873" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63768104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15789873" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63768104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15789873" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63768104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15789873" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63768104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75837016">
+  <w:abstractNum w:abstractNumId="81791501">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38492112">
+    <w:lvl w:ilvl="0" w:tplc="58416696">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9722,55 +9683,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75837016">
-    <w:abstractNumId w:val="75837016"/>
+  <w:num w:numId="81791501">
+    <w:abstractNumId w:val="81791501"/>
   </w:num>
-  <w:num w:numId="75837017">
-    <w:abstractNumId w:val="75837017"/>
+  <w:num w:numId="81791502">
+    <w:abstractNumId w:val="81791502"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21320,51 +21281,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId325390406" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId518589086" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId49906924e54361a21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/" TargetMode="External"/><Relationship Id="rId36096924e54361a96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/categorization" TargetMode="External"/><Relationship Id="rId46716924e54361c69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/photos" TargetMode="External"/><Relationship Id="rId67086924e5436585c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.13190" TargetMode="External"/><Relationship Id="rId73936924e543658b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm" TargetMode="External"/><Relationship Id="rId59196924e54365975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId79366924e543659f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/documents" TargetMode="External"/><Relationship Id="rId59076924e54365b64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irac-online.org/pest-library/lepidoptera/" TargetMode="External"/><Relationship Id="rId79926924e54365c71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/tobacco-budworm" TargetMode="External"/><Relationship Id="rId97766924e5436608e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId46626924e54366133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13079" TargetMode="External"/><Relationship Id="rId13796924e54361b64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13796924e54361b64.jpg"/><Relationship Id="rId79156924e543646f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79156924e543646f4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId189812087" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId373095008" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1992694099e082948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/" TargetMode="External"/><Relationship Id="rId7119694099e0829b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/categorization" TargetMode="External"/><Relationship Id="rId9911694099e082b9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/photos" TargetMode="External"/><Relationship Id="rId5659694099e0873d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.13190" TargetMode="External"/><Relationship Id="rId1928694099e087438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm" TargetMode="External"/><Relationship Id="rId2585694099e0874f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId2292694099e0875a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/documents" TargetMode="External"/><Relationship Id="rId1528694099e087721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irac-online.org/pest-library/lepidoptera/" TargetMode="External"/><Relationship Id="rId6023694099e087850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/tobacco-budworm" TargetMode="External"/><Relationship Id="rId5630694099e088882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2747694099e088985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13079" TargetMode="External"/><Relationship Id="rId1555694099e082a7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1555694099e082a7d.jpg"/><Relationship Id="rId4902694099e085be4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4902694099e085be4.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>