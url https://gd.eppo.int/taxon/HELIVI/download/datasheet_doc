--- v3 (2025-12-15)
+++ v4 (2026-01-07)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tobacco budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1992694099e082948" w:history="1">
+            <w:hyperlink r:id="rId7514695def2aaa4de" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7119694099e0829b3" w:history="1">
+            <w:hyperlink r:id="rId6773695def2aaa547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HELIVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59118532" name="name8201694099e082a7e" descr="16927.jpg"/>
+                  <wp:docPr id="43520937" name="name7635695def2aaace8" descr="16927.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16927.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1555694099e082a7d" cstate="print"/>
+                          <a:blip r:embed="rId2653695def2aaace6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9911694099e082b9c" w:history="1">
+            <w:hyperlink r:id="rId7536695def2aaae0e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -5000,63 +5000,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1982; EPPO, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72035484" name="name9449694099e085be8" descr="HELIVI_distribution_map.jpg"/>
+            <wp:docPr id="99868472" name="name9557695def2aad6d2" descr="HELIVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HELIVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4902694099e085be4" cstate="print"/>
+                    <a:blip r:embed="rId5253695def2aad6ce" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7285,101 +7285,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5659694099e0873d6" w:history="1">
+      <w:hyperlink r:id="rId1908695def2aae74e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eea.13190</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Capinera JL (2001) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heliothis virescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Fabricius) (Insecta: Lepidoptera: Noctuidae) EENY-219 (latest revision Dec. 2018). Featured Creatures. University of Florida. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1928694099e087438" w:history="1">
+      <w:hyperlink r:id="rId1542695def2aae7da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7443,51 +7443,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 289-301.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) Standard PM 5/8 (1) Guidelines on the phytosanitary measure ‘Plants grown under physical isolation’. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2585694099e0874f2" w:history="1">
+      <w:hyperlink r:id="rId3851695def2aae890" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7520,51 +7520,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2292694099e0875a1" w:history="1">
+      <w:hyperlink r:id="rId4328695def2aae90c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HELIVI/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7753,51 +7753,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 813-823.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRAC (2024) Lepidoptera. Insecticide Resistance Action Committee. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1528694099e087721" w:history="1">
+      <w:hyperlink r:id="rId6888695def2aaea7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://irac-online.org/pest-library/lepidoptera/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7919,51 +7919,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 15, 1-7.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCSU (2016) Baker J. Tobacco Budworm on Ornamentals. PDIC Factsheets. North Carolina State Extension. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6023694099e087850" w:history="1">
+      <w:hyperlink r:id="rId3812695def2aaeb9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/tobacco-budworm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8547,73 +8547,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chloridea virescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5630694099e088882" w:history="1">
+      <w:hyperlink r:id="rId4083695def2aaefc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8670,51 +8670,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(1),  75-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2747694099e088985" w:history="1">
+      <w:hyperlink r:id="rId3340695def2aaf06b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13079</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8801,137 +8801,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81791502">
+  <w:abstractNum w:abstractNumId="26297912">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63768104">
+    <w:lvl w:ilvl="0" w:tplc="78979097">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63768104" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78979097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63768104" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78979097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63768104" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78979097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63768104" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78979097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63768104" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78979097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63768104" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78979097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63768104" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78979097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63768104" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78979097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81791501">
+  <w:abstractNum w:abstractNumId="26297911">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58416696">
+    <w:lvl w:ilvl="0" w:tplc="78740254">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9683,55 +9683,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81791501">
-    <w:abstractNumId w:val="81791501"/>
+  <w:num w:numId="26297911">
+    <w:abstractNumId w:val="26297911"/>
   </w:num>
-  <w:num w:numId="81791502">
-    <w:abstractNumId w:val="81791502"/>
+  <w:num w:numId="26297912">
+    <w:abstractNumId w:val="26297912"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21281,51 +21281,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId189812087" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId373095008" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1992694099e082948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/" TargetMode="External"/><Relationship Id="rId7119694099e0829b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/categorization" TargetMode="External"/><Relationship Id="rId9911694099e082b9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/photos" TargetMode="External"/><Relationship Id="rId5659694099e0873d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.13190" TargetMode="External"/><Relationship Id="rId1928694099e087438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm" TargetMode="External"/><Relationship Id="rId2585694099e0874f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId2292694099e0875a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/documents" TargetMode="External"/><Relationship Id="rId1528694099e087721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irac-online.org/pest-library/lepidoptera/" TargetMode="External"/><Relationship Id="rId6023694099e087850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/tobacco-budworm" TargetMode="External"/><Relationship Id="rId5630694099e088882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2747694099e088985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13079" TargetMode="External"/><Relationship Id="rId1555694099e082a7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1555694099e082a7d.jpg"/><Relationship Id="rId4902694099e085be4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4902694099e085be4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId371686062" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId343118398" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7514695def2aaa4de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/" TargetMode="External"/><Relationship Id="rId6773695def2aaa547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/categorization" TargetMode="External"/><Relationship Id="rId7536695def2aaae0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/photos" TargetMode="External"/><Relationship Id="rId1908695def2aae74e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.13190" TargetMode="External"/><Relationship Id="rId1542695def2aae7da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm" TargetMode="External"/><Relationship Id="rId3851695def2aae890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId4328695def2aae90c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/documents" TargetMode="External"/><Relationship Id="rId6888695def2aaea7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irac-online.org/pest-library/lepidoptera/" TargetMode="External"/><Relationship Id="rId3812695def2aaeb9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/tobacco-budworm" TargetMode="External"/><Relationship Id="rId4083695def2aaefc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3340695def2aaf06b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13079" TargetMode="External"/><Relationship Id="rId2653695def2aaace6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2653695def2aaace6.jpg"/><Relationship Id="rId5253695def2aad6ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5253695def2aad6ce.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>