--- v4 (2026-01-07)
+++ v5 (2026-02-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tobacco budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7514695def2aaa4de" w:history="1">
+            <w:hyperlink r:id="rId540369913de24e85d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6773695def2aaa547" w:history="1">
+            <w:hyperlink r:id="rId249969913de24e8c8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HELIVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43520937" name="name7635695def2aaace8" descr="16927.jpg"/>
+                  <wp:docPr id="76670473" name="name333569913de24ef17" descr="16927.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16927.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2653695def2aaace6" cstate="print"/>
+                          <a:blip r:embed="rId570169913de24ef16" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7536695def2aaae0e" w:history="1">
+            <w:hyperlink r:id="rId888369913de24f02d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -5000,63 +5000,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1982; EPPO, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99868472" name="name9557695def2aad6d2" descr="HELIVI_distribution_map.jpg"/>
+            <wp:docPr id="29624545" name="name425469913de25180c" descr="HELIVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HELIVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5253695def2aad6ce" cstate="print"/>
+                    <a:blip r:embed="rId517769913de251809" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7285,101 +7285,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1908695def2aae74e" w:history="1">
+      <w:hyperlink r:id="rId364169913de25291b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eea.13190</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Capinera JL (2001) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heliothis virescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Fabricius) (Insecta: Lepidoptera: Noctuidae) EENY-219 (latest revision Dec. 2018). Featured Creatures. University of Florida. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1542695def2aae7da" w:history="1">
+      <w:hyperlink r:id="rId990069913de252973" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7443,51 +7443,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 289-301.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) Standard PM 5/8 (1) Guidelines on the phytosanitary measure ‘Plants grown under physical isolation’. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3851695def2aae890" w:history="1">
+      <w:hyperlink r:id="rId777569913de252a25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7520,51 +7520,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4328695def2aae90c" w:history="1">
+      <w:hyperlink r:id="rId573469913de252aa1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HELIVI/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7753,51 +7753,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 813-823.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRAC (2024) Lepidoptera. Insecticide Resistance Action Committee. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6888695def2aaea7f" w:history="1">
+      <w:hyperlink r:id="rId115069913de252c15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://irac-online.org/pest-library/lepidoptera/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7919,51 +7919,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 15, 1-7.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCSU (2016) Baker J. Tobacco Budworm on Ornamentals. PDIC Factsheets. North Carolina State Extension. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3812695def2aaeb9c" w:history="1">
+      <w:hyperlink r:id="rId641469913de252d35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/tobacco-budworm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8569,51 +8569,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chloridea virescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4083695def2aaefc6" w:history="1">
+      <w:hyperlink r:id="rId814769913de253169" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8670,51 +8670,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(1),  75-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3340695def2aaf06b" w:history="1">
+      <w:hyperlink r:id="rId598669913de253210" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13079</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8801,137 +8801,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26297912">
+  <w:abstractNum w:abstractNumId="12765100">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78979097">
+    <w:lvl w:ilvl="0" w:tplc="63420377">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78979097" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63420377" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78979097" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63420377" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78979097" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63420377" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78979097" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63420377" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78979097" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63420377" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78979097" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63420377" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78979097" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63420377" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78979097" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63420377" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26297911">
+  <w:abstractNum w:abstractNumId="12765099">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78740254">
+    <w:lvl w:ilvl="0" w:tplc="67438297">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9683,55 +9683,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26297911">
-    <w:abstractNumId w:val="26297911"/>
+  <w:num w:numId="12765099">
+    <w:abstractNumId w:val="12765099"/>
   </w:num>
-  <w:num w:numId="26297912">
-    <w:abstractNumId w:val="26297912"/>
+  <w:num w:numId="12765100">
+    <w:abstractNumId w:val="12765100"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21281,51 +21281,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId371686062" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId343118398" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7514695def2aaa4de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/" TargetMode="External"/><Relationship Id="rId6773695def2aaa547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/categorization" TargetMode="External"/><Relationship Id="rId7536695def2aaae0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/photos" TargetMode="External"/><Relationship Id="rId1908695def2aae74e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.13190" TargetMode="External"/><Relationship Id="rId1542695def2aae7da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm" TargetMode="External"/><Relationship Id="rId3851695def2aae890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId4328695def2aae90c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/documents" TargetMode="External"/><Relationship Id="rId6888695def2aaea7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irac-online.org/pest-library/lepidoptera/" TargetMode="External"/><Relationship Id="rId3812695def2aaeb9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/tobacco-budworm" TargetMode="External"/><Relationship Id="rId4083695def2aaefc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3340695def2aaf06b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13079" TargetMode="External"/><Relationship Id="rId2653695def2aaace6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2653695def2aaace6.jpg"/><Relationship Id="rId5253695def2aad6ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5253695def2aad6ce.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId795830445" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId516083104" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId540369913de24e85d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/" TargetMode="External"/><Relationship Id="rId249969913de24e8c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/categorization" TargetMode="External"/><Relationship Id="rId888369913de24f02d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/photos" TargetMode="External"/><Relationship Id="rId364169913de25291b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.13190" TargetMode="External"/><Relationship Id="rId990069913de252973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm" TargetMode="External"/><Relationship Id="rId777569913de252a25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId573469913de252aa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/documents" TargetMode="External"/><Relationship Id="rId115069913de252c15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irac-online.org/pest-library/lepidoptera/" TargetMode="External"/><Relationship Id="rId641469913de252d35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/tobacco-budworm" TargetMode="External"/><Relationship Id="rId814769913de253169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId598669913de253210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13079" TargetMode="External"/><Relationship Id="rId570169913de24ef16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId570169913de24ef16.jpg"/><Relationship Id="rId517769913de251809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId517769913de251809.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>