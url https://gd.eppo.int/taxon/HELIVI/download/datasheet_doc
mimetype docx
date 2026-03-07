--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tobacco budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId540369913de24e85d" w:history="1">
+            <w:hyperlink r:id="rId948269abd09e498f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249969913de24e8c8" w:history="1">
+            <w:hyperlink r:id="rId504969abd09e49963" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HELIVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="76670473" name="name333569913de24ef17" descr="16927.jpg"/>
+                  <wp:docPr id="35245366" name="name941969abd09e49a2d" descr="16927.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16927.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId570169913de24ef16" cstate="print"/>
+                          <a:blip r:embed="rId764269abd09e49a2c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId888369913de24f02d" w:history="1">
+            <w:hyperlink r:id="rId663369abd09e49b2d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -5000,63 +5000,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1982; EPPO, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="29624545" name="name425469913de25180c" descr="HELIVI_distribution_map.jpg"/>
+            <wp:docPr id="22583786" name="name308569abd09e4c55c" descr="HELIVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HELIVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId517769913de251809" cstate="print"/>
+                    <a:blip r:embed="rId355469abd09e4c558" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7285,101 +7285,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId364169913de25291b" w:history="1">
+      <w:hyperlink r:id="rId232669abd09e4db88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eea.13190</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Capinera JL (2001) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heliothis virescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Fabricius) (Insecta: Lepidoptera: Noctuidae) EENY-219 (latest revision Dec. 2018). Featured Creatures. University of Florida. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId990069913de252973" w:history="1">
+      <w:hyperlink r:id="rId642469abd09e4dc3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7443,51 +7443,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 289-301.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) Standard PM 5/8 (1) Guidelines on the phytosanitary measure ‘Plants grown under physical isolation’. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId777569913de252a25" w:history="1">
+      <w:hyperlink r:id="rId723469abd09e4dcfc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7520,51 +7520,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId573469913de252aa1" w:history="1">
+      <w:hyperlink r:id="rId693369abd09e4dd7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HELIVI/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7753,51 +7753,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 813-823.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRAC (2024) Lepidoptera. Insecticide Resistance Action Committee. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId115069913de252c15" w:history="1">
+      <w:hyperlink r:id="rId532369abd09e4df23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://irac-online.org/pest-library/lepidoptera/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7919,51 +7919,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 15, 1-7.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCSU (2016) Baker J. Tobacco Budworm on Ornamentals. PDIC Factsheets. North Carolina State Extension. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId641469913de252d35" w:history="1">
+      <w:hyperlink r:id="rId148169abd09e4e036" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/tobacco-budworm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8569,51 +8569,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chloridea virescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId814769913de253169" w:history="1">
+      <w:hyperlink r:id="rId492169abd09e4e598" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8670,51 +8670,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(1),  75-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId598669913de253210" w:history="1">
+      <w:hyperlink r:id="rId984669abd09e4e641" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13079</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8801,137 +8801,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12765100">
+  <w:abstractNum w:abstractNumId="17212516">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63420377">
+    <w:lvl w:ilvl="0" w:tplc="96246892">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63420377" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="96246892" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63420377" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="96246892" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63420377" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="96246892" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63420377" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="96246892" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63420377" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="96246892" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63420377" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="96246892" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63420377" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="96246892" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63420377" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="96246892" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12765099">
+  <w:abstractNum w:abstractNumId="17212515">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67438297">
+    <w:lvl w:ilvl="0" w:tplc="90414321">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9683,55 +9683,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12765099">
-    <w:abstractNumId w:val="12765099"/>
+  <w:num w:numId="17212515">
+    <w:abstractNumId w:val="17212515"/>
   </w:num>
-  <w:num w:numId="12765100">
-    <w:abstractNumId w:val="12765100"/>
+  <w:num w:numId="17212516">
+    <w:abstractNumId w:val="17212516"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21281,51 +21281,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId795830445" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId516083104" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId540369913de24e85d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/" TargetMode="External"/><Relationship Id="rId249969913de24e8c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/categorization" TargetMode="External"/><Relationship Id="rId888369913de24f02d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/photos" TargetMode="External"/><Relationship Id="rId364169913de25291b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.13190" TargetMode="External"/><Relationship Id="rId990069913de252973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm" TargetMode="External"/><Relationship Id="rId777569913de252a25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId573469913de252aa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/documents" TargetMode="External"/><Relationship Id="rId115069913de252c15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irac-online.org/pest-library/lepidoptera/" TargetMode="External"/><Relationship Id="rId641469913de252d35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/tobacco-budworm" TargetMode="External"/><Relationship Id="rId814769913de253169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId598669913de253210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13079" TargetMode="External"/><Relationship Id="rId570169913de24ef16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId570169913de24ef16.jpg"/><Relationship Id="rId517769913de251809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId517769913de251809.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId192954586" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId700196504" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId948269abd09e498f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/" TargetMode="External"/><Relationship Id="rId504969abd09e49963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/categorization" TargetMode="External"/><Relationship Id="rId663369abd09e49b2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/photos" TargetMode="External"/><Relationship Id="rId232669abd09e4db88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.13190" TargetMode="External"/><Relationship Id="rId642469abd09e4dc3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm" TargetMode="External"/><Relationship Id="rId723469abd09e4dcfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId693369abd09e4dd7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/documents" TargetMode="External"/><Relationship Id="rId532369abd09e4df23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irac-online.org/pest-library/lepidoptera/" TargetMode="External"/><Relationship Id="rId148169abd09e4e036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/tobacco-budworm" TargetMode="External"/><Relationship Id="rId492169abd09e4e598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId984669abd09e4e641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13079" TargetMode="External"/><Relationship Id="rId764269abd09e49a2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId764269abd09e49a2c.jpg"/><Relationship Id="rId355469abd09e4c558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId355469abd09e4c558.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>