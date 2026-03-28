--- v6 (2026-03-07)
+++ v7 (2026-03-28)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tobacco budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId948269abd09e498f8" w:history="1">
+            <w:hyperlink r:id="rId614969c749c468c60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId504969abd09e49963" w:history="1">
+            <w:hyperlink r:id="rId688169c749c468cc8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HELIVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="35245366" name="name941969abd09e49a2d" descr="16927.jpg"/>
+                  <wp:docPr id="65287106" name="name401769c749c468dc5" descr="16927.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16927.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId764269abd09e49a2c" cstate="print"/>
+                          <a:blip r:embed="rId912569c749c468dc4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId663369abd09e49b2d" w:history="1">
+            <w:hyperlink r:id="rId511769c749c468eec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -5000,63 +5000,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1982; EPPO, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="22583786" name="name308569abd09e4c55c" descr="HELIVI_distribution_map.jpg"/>
+            <wp:docPr id="82653995" name="name291069c749c46bb40" descr="HELIVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HELIVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId355469abd09e4c558" cstate="print"/>
+                    <a:blip r:embed="rId226569c749c46bb3c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7285,101 +7285,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId232669abd09e4db88" w:history="1">
+      <w:hyperlink r:id="rId360569c749c46cc03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eea.13190</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Capinera JL (2001) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heliothis virescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Fabricius) (Insecta: Lepidoptera: Noctuidae) EENY-219 (latest revision Dec. 2018). Featured Creatures. University of Florida. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId642469abd09e4dc3f" w:history="1">
+      <w:hyperlink r:id="rId251569c749c46cc5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7443,51 +7443,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 289-301.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) Standard PM 5/8 (1) Guidelines on the phytosanitary measure ‘Plants grown under physical isolation’. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId723469abd09e4dcfc" w:history="1">
+      <w:hyperlink r:id="rId737069c749c46cd10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7520,51 +7520,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId693369abd09e4dd7b" w:history="1">
+      <w:hyperlink r:id="rId588569c749c46cd8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HELIVI/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7753,51 +7753,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 813-823.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRAC (2024) Lepidoptera. Insecticide Resistance Action Committee. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId532369abd09e4df23" w:history="1">
+      <w:hyperlink r:id="rId632869c749c46cf06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://irac-online.org/pest-library/lepidoptera/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7919,51 +7919,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 15, 1-7.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCSU (2016) Baker J. Tobacco Budworm on Ornamentals. PDIC Factsheets. North Carolina State Extension. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId148169abd09e4e036" w:history="1">
+      <w:hyperlink r:id="rId947869c749c46d017" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/tobacco-budworm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8569,51 +8569,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chloridea virescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId492169abd09e4e598" w:history="1">
+      <w:hyperlink r:id="rId692469c749c46d44b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8670,51 +8670,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(1),  75-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984669abd09e4e641" w:history="1">
+      <w:hyperlink r:id="rId678669c749c46d4f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13079</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8801,137 +8801,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17212516">
+  <w:abstractNum w:abstractNumId="22720050">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96246892">
+    <w:lvl w:ilvl="0" w:tplc="62613887">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96246892" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62613887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96246892" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62613887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96246892" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62613887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96246892" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62613887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96246892" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62613887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96246892" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62613887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96246892" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62613887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96246892" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62613887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17212515">
+  <w:abstractNum w:abstractNumId="22720049">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90414321">
+    <w:lvl w:ilvl="0" w:tplc="10369915">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9683,55 +9683,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17212515">
-    <w:abstractNumId w:val="17212515"/>
+  <w:num w:numId="22720049">
+    <w:abstractNumId w:val="22720049"/>
   </w:num>
-  <w:num w:numId="17212516">
-    <w:abstractNumId w:val="17212516"/>
+  <w:num w:numId="22720050">
+    <w:abstractNumId w:val="22720050"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21281,51 +21281,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId192954586" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId700196504" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId948269abd09e498f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/" TargetMode="External"/><Relationship Id="rId504969abd09e49963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/categorization" TargetMode="External"/><Relationship Id="rId663369abd09e49b2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/photos" TargetMode="External"/><Relationship Id="rId232669abd09e4db88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.13190" TargetMode="External"/><Relationship Id="rId642469abd09e4dc3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm" TargetMode="External"/><Relationship Id="rId723469abd09e4dcfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId693369abd09e4dd7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/documents" TargetMode="External"/><Relationship Id="rId532369abd09e4df23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irac-online.org/pest-library/lepidoptera/" TargetMode="External"/><Relationship Id="rId148169abd09e4e036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/tobacco-budworm" TargetMode="External"/><Relationship Id="rId492169abd09e4e598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId984669abd09e4e641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13079" TargetMode="External"/><Relationship Id="rId764269abd09e49a2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId764269abd09e49a2c.jpg"/><Relationship Id="rId355469abd09e4c558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId355469abd09e4c558.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId435476817" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId850668816" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId614969c749c468c60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/" TargetMode="External"/><Relationship Id="rId688169c749c468cc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/categorization" TargetMode="External"/><Relationship Id="rId511769c749c468eec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/photos" TargetMode="External"/><Relationship Id="rId360569c749c46cc03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.13190" TargetMode="External"/><Relationship Id="rId251569c749c46cc5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm" TargetMode="External"/><Relationship Id="rId737069c749c46cd10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId588569c749c46cd8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIVI/documents" TargetMode="External"/><Relationship Id="rId632869c749c46cf06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irac-online.org/pest-library/lepidoptera/" TargetMode="External"/><Relationship Id="rId947869c749c46d017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/tobacco-budworm" TargetMode="External"/><Relationship Id="rId692469c749c46d44b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId678669c749c46d4f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13079" TargetMode="External"/><Relationship Id="rId912569c749c468dc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId912569c749c468dc4.jpg"/><Relationship Id="rId226569c749c46bb3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId226569c749c46bb3c.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>