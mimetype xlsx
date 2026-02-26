--- v0 (2025-10-20)
+++ v1 (2026-02-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HELIAR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ABMES</t>
   </si>
   <si>
     <t>Abelmoschus esculentus</t>
   </si>
   <si>
     <t>* Cunningham JP, Zalucki MP (2014) Understanding heliothine (Lepidoptera: Heliothinae) pests: what is a host plant? Journal of Economic Entomology 107, 881–896.</t>
   </si>
   <si>
@@ -372,50 +372,59 @@
   </si>
   <si>
     <t>Phaseolus vulgaris</t>
   </si>
   <si>
     <t>PIURA</t>
   </si>
   <si>
     <t>Pinus radiata</t>
   </si>
   <si>
     <t>* INTERNET
 SCION. Pests and diseases of forestry in New Zealand. Heliothis armigera, tomato fruitworm. https://www.nzffa.org.nz/farm-forestry-model/the-essentials/forest-health-pests-and-diseases/Pests/Heliothis-armigera/heliothis-armigera-tomato-fruitworm/</t>
   </si>
   <si>
     <t>PIBSX</t>
   </si>
   <si>
     <t>Pisum sativum</t>
   </si>
   <si>
     <t>RIICO</t>
   </si>
   <si>
     <t>Ricinus communis</t>
+  </si>
+  <si>
+    <t>HCRCO</t>
+  </si>
+  <si>
+    <t>Selenicereus costaricensis</t>
+  </si>
+  <si>
+    <t>* Venugopal U, Thirupathaiah G, Sindhura KA, Reddy SK (2025) First documentation of Helicoverpa armigera (Hubner) infestation on vegetative tissues of dragon fruit in Telangana, India. Pest Management in Horticultural Ecosystems 31(1), 97-99.</t>
   </si>
   <si>
     <t>SEGIN</t>
   </si>
   <si>
     <t>Sesamum indicum</t>
   </si>
   <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
   <si>
     <t>SOLME</t>
   </si>
   <si>
     <t>Solanum melongena</t>
   </si>
   <si>
     <t>* Selvamuthukumaran T, Arivudainambi S (2005) Helicoverpa armigera Hübner on brinjal, Solanum melongena Linn. Insect Environment 11(1) p 40.</t>
   </si>
   <si>
     <t>SOLMU</t>
   </si>
@@ -803,51 +812,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D62"/>
+  <dimension ref="A1:D63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="352.628" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1514,218 +1523,232 @@
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>4</v>
       </c>
       <c r="B49" t="s">
         <v>114</v>
       </c>
       <c r="C49" t="s">
         <v>115</v>
       </c>
       <c r="D49" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>4</v>
       </c>
       <c r="B50" t="s">
         <v>116</v>
       </c>
       <c r="C50" t="s">
         <v>117</v>
       </c>
       <c r="D50" t="s">
-        <v>7</v>
+        <v>118</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>4</v>
       </c>
       <c r="B51" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C51" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D51" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>4</v>
       </c>
       <c r="B52" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C52" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D52" t="s">
-        <v>122</v>
+        <v>7</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>4</v>
       </c>
       <c r="B53" t="s">
         <v>123</v>
       </c>
       <c r="C53" t="s">
         <v>124</v>
       </c>
       <c r="D53" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>4</v>
       </c>
       <c r="B54" t="s">
         <v>126</v>
       </c>
       <c r="C54" t="s">
         <v>127</v>
       </c>
       <c r="D54" t="s">
-        <v>7</v>
+        <v>128</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>4</v>
       </c>
       <c r="B55" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C55" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D55" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>4</v>
       </c>
       <c r="B56" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C56" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D56" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>4</v>
       </c>
       <c r="B57" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C57" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D57" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>4</v>
       </c>
       <c r="B58" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C58" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D58" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>4</v>
       </c>
       <c r="B59" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C59" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D59" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>4</v>
       </c>
       <c r="B60" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C60" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D60" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>4</v>
       </c>
       <c r="B61" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C61" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D61" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>4</v>
       </c>
       <c r="B62" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C62" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D62" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" t="s">
+        <v>4</v>
+      </c>
+      <c r="B63" t="s">
+        <v>145</v>
+      </c>
+      <c r="C63" t="s">
+        <v>146</v>
+      </c>
+      <c r="D63" t="s">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>