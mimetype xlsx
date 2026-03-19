--- v1 (2026-02-26)
+++ v2 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HELIAR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ABMES</t>
   </si>
   <si>
     <t>Abelmoschus esculentus</t>
   </si>
   <si>
     <t>* Cunningham JP, Zalucki MP (2014) Understanding heliothine (Lepidoptera: Heliothinae) pests: what is a host plant? Journal of Economic Entomology 107, 881–896.</t>
   </si>
   <si>
@@ -381,50 +381,59 @@
   </si>
   <si>
     <t>* INTERNET
 SCION. Pests and diseases of forestry in New Zealand. Heliothis armigera, tomato fruitworm. https://www.nzffa.org.nz/farm-forestry-model/the-essentials/forest-health-pests-and-diseases/Pests/Heliothis-armigera/heliothis-armigera-tomato-fruitworm/</t>
   </si>
   <si>
     <t>PIBSX</t>
   </si>
   <si>
     <t>Pisum sativum</t>
   </si>
   <si>
     <t>RIICO</t>
   </si>
   <si>
     <t>Ricinus communis</t>
   </si>
   <si>
     <t>HCRCO</t>
   </si>
   <si>
     <t>Selenicereus costaricensis</t>
   </si>
   <si>
     <t>* Venugopal U, Thirupathaiah G, Sindhura KA, Reddy SK (2025) First documentation of Helicoverpa armigera (Hubner) infestation on vegetative tissues of dragon fruit in Telangana, India. Pest Management in Horticultural Ecosystems 31(1), 97-99.</t>
+  </si>
+  <si>
+    <t>HCRUN</t>
+  </si>
+  <si>
+    <t>Selenicereus undatus</t>
+  </si>
+  <si>
+    <t>* Venugopal U, Thirupathaiah G, Sindhura KA, Reddy SK (2025) First documentation of Helicoverpa armigera (Hubner) infestation on vegetative tissues of dragon fruit in Telangana, India. Pest Management in Horticultural Ecosystems. 31(1), 97-99.</t>
   </si>
   <si>
     <t>SEGIN</t>
   </si>
   <si>
     <t>Sesamum indicum</t>
   </si>
   <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
   <si>
     <t>SOLME</t>
   </si>
   <si>
     <t>Solanum melongena</t>
   </si>
   <si>
     <t>* Selvamuthukumaran T, Arivudainambi S (2005) Helicoverpa armigera Hübner on brinjal, Solanum melongena Linn. Insect Environment 11(1) p 40.</t>
   </si>
   <si>
     <t>SOLMU</t>
   </si>
@@ -812,51 +821,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D63"/>
+  <dimension ref="A1:D64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="352.628" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1537,218 +1546,232 @@
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>4</v>
       </c>
       <c r="B50" t="s">
         <v>116</v>
       </c>
       <c r="C50" t="s">
         <v>117</v>
       </c>
       <c r="D50" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>4</v>
       </c>
       <c r="B51" t="s">
         <v>119</v>
       </c>
       <c r="C51" t="s">
         <v>120</v>
       </c>
       <c r="D51" t="s">
-        <v>7</v>
+        <v>121</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>4</v>
       </c>
       <c r="B52" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C52" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D52" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>4</v>
       </c>
       <c r="B53" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C53" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D53" t="s">
-        <v>125</v>
+        <v>7</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>4</v>
       </c>
       <c r="B54" t="s">
         <v>126</v>
       </c>
       <c r="C54" t="s">
         <v>127</v>
       </c>
       <c r="D54" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>4</v>
       </c>
       <c r="B55" t="s">
         <v>129</v>
       </c>
       <c r="C55" t="s">
         <v>130</v>
       </c>
       <c r="D55" t="s">
-        <v>7</v>
+        <v>131</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>4</v>
       </c>
       <c r="B56" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C56" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D56" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>4</v>
       </c>
       <c r="B57" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C57" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D57" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>4</v>
       </c>
       <c r="B58" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C58" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D58" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>4</v>
       </c>
       <c r="B59" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C59" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D59" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>4</v>
       </c>
       <c r="B60" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C60" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D60" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>4</v>
       </c>
       <c r="B61" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C61" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D61" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>4</v>
       </c>
       <c r="B62" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C62" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D62" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>4</v>
       </c>
       <c r="B63" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C63" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D63" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" t="s">
+        <v>4</v>
+      </c>
+      <c r="B64" t="s">
+        <v>148</v>
+      </c>
+      <c r="C64" t="s">
+        <v>149</v>
+      </c>
+      <c r="D64" t="s">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>