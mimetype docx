--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> auctorum</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> African cotton bollworm, Old World bollworm, corn earworm, cotton bollworm, tobacco budworm, tomato grub</w:t>
             </w:r>
-            <w:hyperlink r:id="rId857768e625f8859b7" w:history="1">
+            <w:hyperlink r:id="rId18856900bde2c090b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341768e625f8859fc" w:history="1">
+            <w:hyperlink r:id="rId48496900bde2c095e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HELIAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="21929027" name="name601968e625f8861ff" descr="2596.jpg"/>
+                  <wp:docPr id="17584478" name="name75466900bde2c1117" descr="2596.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2596.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId774668e625f8861fd" cstate="print"/>
+                          <a:blip r:embed="rId32046900bde2c1116" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId766268e625f886328" w:history="1">
+            <w:hyperlink r:id="rId75626900bde2c124c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2051,50 +2051,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum melongena</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Solanum muricatum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Solanum tuberosum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sonchus oleraceus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2318,63 +2338,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. armigera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is established only in the southern part where it can overwinter. In the northern part, only transient populations are found outdoors. Indoors, most of the pest findings are linked to imports of infested plant material and are subject to eradication measures.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11388498" name="name549268e625f887ea0" descr="HELIAR_distribution_map.jpg"/>
+            <wp:docPr id="67459010" name="name88086900bde2c2aef" descr="HELIAR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HELIAR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId145168e625f887e9e" cstate="print"/>
+                    <a:blip r:embed="rId10536900bde2c2aeb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5399,51 +5419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 93. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId123768e625f889a1f" w:history="1">
+      <w:hyperlink r:id="rId97236900bde2c4550" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fphys.2020.00093</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6035,51 +6055,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">El-Lissy O (2015) Detection of Old World bollworm (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Florida. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId204568e625f889f69" w:history="1">
+      <w:hyperlink r:id="rId46616900bde2c4957" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphis.usda.gov/plant_health/plant_pest_info/owb/downloads/DA-2015-43.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) [accessed on 4 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6134,51 +6154,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3833, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId281668e625f88a00a" w:history="1">
+      <w:hyperlink r:id="rId27716900bde2c49f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/j.efsa.2014.3833</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6309,51 +6329,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fathipour Y, Sedaratian A (2013) Integrated management of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in soybean cropping systems, Soybean - Pest Resistance, Hany A. El-Shemy, IntechOpen, doi 10.5772/54522. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId719768e625f88a17f" w:history="1">
+      <w:hyperlink r:id="rId16286900bde2c4b0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.intechopen.com/books/soybean-pest-resistance/integrated-management-of-helicoverpa-armigera-in-soybean-cropping-systems</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6934,51 +6954,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hayden J, Brambila J (2015) Pest alert: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Lepidoptera: Noctuidae), the Old World bollworm. Florida Department of Agriculture and Consumer Services. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId555568e625f88a5f4" w:history="1">
+      <w:hyperlink r:id="rId50886900bde2c4f03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/ezs3download/download/61696/1411969/Media/Files/Plant-Industry-Files/Pest-Alerts/PEST%20ALERT%20Helicoverpa%20armigera-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) [accessed on 4 September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7788,51 +7808,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO Phytosanitary Pest Alert System. Official Pest Reports. USA (2016-07-11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Old World Bollworm) in Florida deemed an isolated regulatory incident. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId988068e625f88b1f0" w:history="1">
+      <w:hyperlink r:id="rId84626900bde2c5467" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.pestalerts.org/official-pest-report/helicoverpa-armigera-old-world-bollworm-florida-deemed-isolated-regulatory</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9077,51 +9097,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId782668e625f88c2cb" w:history="1">
+      <w:hyperlink r:id="rId22996900bde2c5c81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9309,63 +9329,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12338592" name="name470268e625f88c4c3" descr="eu_funding_250.png"/>
+            <wp:docPr id="45588413" name="name81126900bde2c601e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId993268e625f88c4c2" cstate="print"/>
+                    <a:blip r:embed="rId55056900bde2c601d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9463,137 +9483,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43974908">
+  <w:abstractNum w:abstractNumId="51001462">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57684416">
+    <w:lvl w:ilvl="0" w:tplc="89537507">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57684416" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89537507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57684416" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89537507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57684416" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89537507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57684416" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89537507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57684416" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89537507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57684416" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89537507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57684416" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89537507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57684416" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89537507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43974907">
+  <w:abstractNum w:abstractNumId="51001461">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41702636">
+    <w:lvl w:ilvl="0" w:tplc="29599902">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10345,55 +10365,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43974907">
-    <w:abstractNumId w:val="43974907"/>
+  <w:num w:numId="51001461">
+    <w:abstractNumId w:val="51001461"/>
   </w:num>
-  <w:num w:numId="43974908">
-    <w:abstractNumId w:val="43974908"/>
+  <w:num w:numId="51001462">
+    <w:abstractNumId w:val="51001462"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21943,51 +21963,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId785835975" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId382682204" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId857768e625f8859b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/" TargetMode="External"/><Relationship Id="rId341768e625f8859fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/categorization" TargetMode="External"/><Relationship Id="rId766268e625f886328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/photos" TargetMode="External"/><Relationship Id="rId123768e625f889a1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fphys.2020.00093" TargetMode="External"/><Relationship Id="rId204568e625f889f69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/owb/downloads/DA-2015-43.pdf" TargetMode="External"/><Relationship Id="rId281668e625f88a00a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/j.efsa.2014.3833" TargetMode="External"/><Relationship Id="rId719768e625f88a17f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/books/soybean-pest-resistance/integrated-management-of-helicoverpa-armigera-in-soybean-cropping-systems" TargetMode="External"/><Relationship Id="rId555568e625f88a5f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/ezs3download/download/61696/1411969/Media/Files/Plant-Industry-Files/Pest-Alerts/PEST%20ALERT%20Helicoverpa%20armigera-1.pdf" TargetMode="External"/><Relationship Id="rId988068e625f88b1f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/helicoverpa-armigera-old-world-bollworm-florida-deemed-isolated-regulatory" TargetMode="External"/><Relationship Id="rId782668e625f88c2cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId774668e625f8861fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId774668e625f8861fd.jpg"/><Relationship Id="rId145168e625f887e9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId145168e625f887e9e.jpg"/><Relationship Id="rId993268e625f88c4c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId993268e625f88c4c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId301350366" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId427193054" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId18856900bde2c090b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/" TargetMode="External"/><Relationship Id="rId48496900bde2c095e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/categorization" TargetMode="External"/><Relationship Id="rId75626900bde2c124c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/photos" TargetMode="External"/><Relationship Id="rId97236900bde2c4550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fphys.2020.00093" TargetMode="External"/><Relationship Id="rId46616900bde2c4957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/owb/downloads/DA-2015-43.pdf" TargetMode="External"/><Relationship Id="rId27716900bde2c49f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/j.efsa.2014.3833" TargetMode="External"/><Relationship Id="rId16286900bde2c4b0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/books/soybean-pest-resistance/integrated-management-of-helicoverpa-armigera-in-soybean-cropping-systems" TargetMode="External"/><Relationship Id="rId50886900bde2c4f03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/ezs3download/download/61696/1411969/Media/Files/Plant-Industry-Files/Pest-Alerts/PEST%20ALERT%20Helicoverpa%20armigera-1.pdf" TargetMode="External"/><Relationship Id="rId84626900bde2c5467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/helicoverpa-armigera-old-world-bollworm-florida-deemed-isolated-regulatory" TargetMode="External"/><Relationship Id="rId22996900bde2c5c81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId32046900bde2c1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32046900bde2c1116.jpg"/><Relationship Id="rId10536900bde2c2aeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10536900bde2c2aeb.jpg"/><Relationship Id="rId55056900bde2c601d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55056900bde2c601d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>