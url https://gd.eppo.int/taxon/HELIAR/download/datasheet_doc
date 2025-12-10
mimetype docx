--- v1 (2025-10-28)
+++ v2 (2025-12-10)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> auctorum</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> African cotton bollworm, Old World bollworm, corn earworm, cotton bollworm, tobacco budworm, tomato grub</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18856900bde2c090b" w:history="1">
+            <w:hyperlink r:id="rId140569398da0c1229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48496900bde2c095e" w:history="1">
+            <w:hyperlink r:id="rId645469398da0c127e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HELIAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="17584478" name="name75466900bde2c1117" descr="2596.jpg"/>
+                  <wp:docPr id="31489000" name="name784369398da0c1352" descr="2596.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2596.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId32046900bde2c1116" cstate="print"/>
+                          <a:blip r:embed="rId535669398da0c1351" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId75626900bde2c124c" w:history="1">
+            <w:hyperlink r:id="rId346469398da0c1497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2338,63 +2338,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. armigera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is established only in the southern part where it can overwinter. In the northern part, only transient populations are found outdoors. Indoors, most of the pest findings are linked to imports of infested plant material and are subject to eradication measures.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67459010" name="name88086900bde2c2aef" descr="HELIAR_distribution_map.jpg"/>
+            <wp:docPr id="66609082" name="name111369398da0c2ff2" descr="HELIAR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HELIAR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10536900bde2c2aeb" cstate="print"/>
+                    <a:blip r:embed="rId856369398da0c2fee" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5419,51 +5419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 93. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97236900bde2c4550" w:history="1">
+      <w:hyperlink r:id="rId369069398da0c4e09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fphys.2020.00093</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6055,51 +6055,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">El-Lissy O (2015) Detection of Old World bollworm (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Florida. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId46616900bde2c4957" w:history="1">
+      <w:hyperlink r:id="rId134569398da0c535f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphis.usda.gov/plant_health/plant_pest_info/owb/downloads/DA-2015-43.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) [accessed on 4 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6154,51 +6154,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3833, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27716900bde2c49f6" w:history="1">
+      <w:hyperlink r:id="rId436069398da0c5418" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/j.efsa.2014.3833</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6329,51 +6329,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fathipour Y, Sedaratian A (2013) Integrated management of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in soybean cropping systems, Soybean - Pest Resistance, Hany A. El-Shemy, IntechOpen, doi 10.5772/54522. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16286900bde2c4b0f" w:history="1">
+      <w:hyperlink r:id="rId744269398da0c553d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.intechopen.com/books/soybean-pest-resistance/integrated-management-of-helicoverpa-armigera-in-soybean-cropping-systems</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6954,51 +6954,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hayden J, Brambila J (2015) Pest alert: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Lepidoptera: Noctuidae), the Old World bollworm. Florida Department of Agriculture and Consumer Services. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId50886900bde2c4f03" w:history="1">
+      <w:hyperlink r:id="rId928569398da0c5a67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/ezs3download/download/61696/1411969/Media/Files/Plant-Industry-Files/Pest-Alerts/PEST%20ALERT%20Helicoverpa%20armigera-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) [accessed on 4 September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7808,51 +7808,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO Phytosanitary Pest Alert System. Official Pest Reports. USA (2016-07-11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Old World Bollworm) in Florida deemed an isolated regulatory incident. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84626900bde2c5467" w:history="1">
+      <w:hyperlink r:id="rId463569398da0c60d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.pestalerts.org/official-pest-report/helicoverpa-armigera-old-world-bollworm-florida-deemed-isolated-regulatory</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9097,51 +9097,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22996900bde2c5c81" w:history="1">
+      <w:hyperlink r:id="rId902069398da0c6a4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9329,63 +9329,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45588413" name="name81126900bde2c601e" descr="eu_funding_250.png"/>
+            <wp:docPr id="80368657" name="name372969398da0c6c38" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId55056900bde2c601d" cstate="print"/>
+                    <a:blip r:embed="rId445369398da0c6c37" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9483,137 +9483,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51001462">
+  <w:abstractNum w:abstractNumId="68894025">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89537507">
+    <w:lvl w:ilvl="0" w:tplc="35495579">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89537507" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35495579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89537507" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35495579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89537507" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35495579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89537507" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35495579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89537507" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35495579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89537507" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35495579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89537507" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35495579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89537507" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35495579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51001461">
+  <w:abstractNum w:abstractNumId="68894024">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29599902">
+    <w:lvl w:ilvl="0" w:tplc="37529650">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10365,55 +10365,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51001461">
-    <w:abstractNumId w:val="51001461"/>
+  <w:num w:numId="68894024">
+    <w:abstractNumId w:val="68894024"/>
   </w:num>
-  <w:num w:numId="51001462">
-    <w:abstractNumId w:val="51001462"/>
+  <w:num w:numId="68894025">
+    <w:abstractNumId w:val="68894025"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21963,51 +21963,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId301350366" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId427193054" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId18856900bde2c090b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/" TargetMode="External"/><Relationship Id="rId48496900bde2c095e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/categorization" TargetMode="External"/><Relationship Id="rId75626900bde2c124c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/photos" TargetMode="External"/><Relationship Id="rId97236900bde2c4550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fphys.2020.00093" TargetMode="External"/><Relationship Id="rId46616900bde2c4957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/owb/downloads/DA-2015-43.pdf" TargetMode="External"/><Relationship Id="rId27716900bde2c49f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/j.efsa.2014.3833" TargetMode="External"/><Relationship Id="rId16286900bde2c4b0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/books/soybean-pest-resistance/integrated-management-of-helicoverpa-armigera-in-soybean-cropping-systems" TargetMode="External"/><Relationship Id="rId50886900bde2c4f03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/ezs3download/download/61696/1411969/Media/Files/Plant-Industry-Files/Pest-Alerts/PEST%20ALERT%20Helicoverpa%20armigera-1.pdf" TargetMode="External"/><Relationship Id="rId84626900bde2c5467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/helicoverpa-armigera-old-world-bollworm-florida-deemed-isolated-regulatory" TargetMode="External"/><Relationship Id="rId22996900bde2c5c81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId32046900bde2c1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32046900bde2c1116.jpg"/><Relationship Id="rId10536900bde2c2aeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10536900bde2c2aeb.jpg"/><Relationship Id="rId55056900bde2c601d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55056900bde2c601d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId910908402" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId691474561" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId140569398da0c1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/" TargetMode="External"/><Relationship Id="rId645469398da0c127e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/categorization" TargetMode="External"/><Relationship Id="rId346469398da0c1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/photos" TargetMode="External"/><Relationship Id="rId369069398da0c4e09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fphys.2020.00093" TargetMode="External"/><Relationship Id="rId134569398da0c535f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/owb/downloads/DA-2015-43.pdf" TargetMode="External"/><Relationship Id="rId436069398da0c5418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/j.efsa.2014.3833" TargetMode="External"/><Relationship Id="rId744269398da0c553d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/books/soybean-pest-resistance/integrated-management-of-helicoverpa-armigera-in-soybean-cropping-systems" TargetMode="External"/><Relationship Id="rId928569398da0c5a67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/ezs3download/download/61696/1411969/Media/Files/Plant-Industry-Files/Pest-Alerts/PEST%20ALERT%20Helicoverpa%20armigera-1.pdf" TargetMode="External"/><Relationship Id="rId463569398da0c60d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/helicoverpa-armigera-old-world-bollworm-florida-deemed-isolated-regulatory" TargetMode="External"/><Relationship Id="rId902069398da0c6a4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId535669398da0c1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId535669398da0c1351.jpg"/><Relationship Id="rId856369398da0c2fee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId856369398da0c2fee.jpg"/><Relationship Id="rId445369398da0c6c37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId445369398da0c6c37.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>