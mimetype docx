--- v2 (2025-12-10)
+++ v3 (2026-01-16)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> auctorum</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> African cotton bollworm, Old World bollworm, corn earworm, cotton bollworm, tobacco budworm, tomato grub</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140569398da0c1229" w:history="1">
+            <w:hyperlink r:id="rId2313696a9fd03c6e8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId645469398da0c127e" w:history="1">
+            <w:hyperlink r:id="rId9666696a9fd03c72e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HELIAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31489000" name="name784369398da0c1352" descr="2596.jpg"/>
+                  <wp:docPr id="40684768" name="name8954696a9fd03c823" descr="2596.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2596.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId535669398da0c1351" cstate="print"/>
+                          <a:blip r:embed="rId3971696a9fd03c821" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId346469398da0c1497" w:history="1">
+            <w:hyperlink r:id="rId6630696a9fd03c958" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2338,63 +2338,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. armigera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is established only in the southern part where it can overwinter. In the northern part, only transient populations are found outdoors. Indoors, most of the pest findings are linked to imports of infested plant material and are subject to eradication measures.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66609082" name="name111369398da0c2ff2" descr="HELIAR_distribution_map.jpg"/>
+            <wp:docPr id="56730058" name="name5729696a9fd03d691" descr="HELIAR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HELIAR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId856369398da0c2fee" cstate="print"/>
+                    <a:blip r:embed="rId3831696a9fd03d68f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5419,51 +5419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 93. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId369069398da0c4e09" w:history="1">
+      <w:hyperlink r:id="rId8649696a9fd03ec48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fphys.2020.00093</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6055,51 +6055,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">El-Lissy O (2015) Detection of Old World bollworm (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Florida. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId134569398da0c535f" w:history="1">
+      <w:hyperlink r:id="rId5399696a9fd03f057" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphis.usda.gov/plant_health/plant_pest_info/owb/downloads/DA-2015-43.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) [accessed on 4 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6154,51 +6154,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3833, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId436069398da0c5418" w:history="1">
+      <w:hyperlink r:id="rId8317696a9fd03f0f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/j.efsa.2014.3833</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6329,51 +6329,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fathipour Y, Sedaratian A (2013) Integrated management of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in soybean cropping systems, Soybean - Pest Resistance, Hany A. El-Shemy, IntechOpen, doi 10.5772/54522. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744269398da0c553d" w:history="1">
+      <w:hyperlink r:id="rId3094696a9fd03f211" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.intechopen.com/books/soybean-pest-resistance/integrated-management-of-helicoverpa-armigera-in-soybean-cropping-systems</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6954,51 +6954,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hayden J, Brambila J (2015) Pest alert: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Lepidoptera: Noctuidae), the Old World bollworm. Florida Department of Agriculture and Consumer Services. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId928569398da0c5a67" w:history="1">
+      <w:hyperlink r:id="rId4762696a9fd03f5fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/ezs3download/download/61696/1411969/Media/Files/Plant-Industry-Files/Pest-Alerts/PEST%20ALERT%20Helicoverpa%20armigera-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) [accessed on 4 September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7808,51 +7808,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO Phytosanitary Pest Alert System. Official Pest Reports. USA (2016-07-11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Old World Bollworm) in Florida deemed an isolated regulatory incident. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId463569398da0c60d4" w:history="1">
+      <w:hyperlink r:id="rId6316696a9fd03fb75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.pestalerts.org/official-pest-report/helicoverpa-armigera-old-world-bollworm-florida-deemed-isolated-regulatory</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9075,73 +9075,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId902069398da0c6a4a" w:history="1">
+      <w:hyperlink r:id="rId3794696a9fd04038e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9329,63 +9329,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="80368657" name="name372969398da0c6c38" descr="eu_funding_250.png"/>
+            <wp:docPr id="86632627" name="name3699696a9fd040572" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId445369398da0c6c37" cstate="print"/>
+                    <a:blip r:embed="rId3466696a9fd040571" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9483,137 +9483,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68894025">
+  <w:abstractNum w:abstractNumId="75570876">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35495579">
+    <w:lvl w:ilvl="0" w:tplc="31453646">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35495579" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31453646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35495579" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31453646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35495579" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31453646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35495579" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31453646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35495579" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31453646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35495579" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31453646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35495579" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31453646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35495579" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31453646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68894024">
+  <w:abstractNum w:abstractNumId="75570875">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37529650">
+    <w:lvl w:ilvl="0" w:tplc="39919920">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10365,55 +10365,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68894024">
-    <w:abstractNumId w:val="68894024"/>
+  <w:num w:numId="75570875">
+    <w:abstractNumId w:val="75570875"/>
   </w:num>
-  <w:num w:numId="68894025">
-    <w:abstractNumId w:val="68894025"/>
+  <w:num w:numId="75570876">
+    <w:abstractNumId w:val="75570876"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21963,51 +21963,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId910908402" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId691474561" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId140569398da0c1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/" TargetMode="External"/><Relationship Id="rId645469398da0c127e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/categorization" TargetMode="External"/><Relationship Id="rId346469398da0c1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/photos" TargetMode="External"/><Relationship Id="rId369069398da0c4e09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fphys.2020.00093" TargetMode="External"/><Relationship Id="rId134569398da0c535f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/owb/downloads/DA-2015-43.pdf" TargetMode="External"/><Relationship Id="rId436069398da0c5418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/j.efsa.2014.3833" TargetMode="External"/><Relationship Id="rId744269398da0c553d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/books/soybean-pest-resistance/integrated-management-of-helicoverpa-armigera-in-soybean-cropping-systems" TargetMode="External"/><Relationship Id="rId928569398da0c5a67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/ezs3download/download/61696/1411969/Media/Files/Plant-Industry-Files/Pest-Alerts/PEST%20ALERT%20Helicoverpa%20armigera-1.pdf" TargetMode="External"/><Relationship Id="rId463569398da0c60d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/helicoverpa-armigera-old-world-bollworm-florida-deemed-isolated-regulatory" TargetMode="External"/><Relationship Id="rId902069398da0c6a4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId535669398da0c1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId535669398da0c1351.jpg"/><Relationship Id="rId856369398da0c2fee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId856369398da0c2fee.jpg"/><Relationship Id="rId445369398da0c6c37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId445369398da0c6c37.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId897412359" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId278931319" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2313696a9fd03c6e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/" TargetMode="External"/><Relationship Id="rId9666696a9fd03c72e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/categorization" TargetMode="External"/><Relationship Id="rId6630696a9fd03c958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/photos" TargetMode="External"/><Relationship Id="rId8649696a9fd03ec48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fphys.2020.00093" TargetMode="External"/><Relationship Id="rId5399696a9fd03f057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/owb/downloads/DA-2015-43.pdf" TargetMode="External"/><Relationship Id="rId8317696a9fd03f0f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/j.efsa.2014.3833" TargetMode="External"/><Relationship Id="rId3094696a9fd03f211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/books/soybean-pest-resistance/integrated-management-of-helicoverpa-armigera-in-soybean-cropping-systems" TargetMode="External"/><Relationship Id="rId4762696a9fd03f5fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/ezs3download/download/61696/1411969/Media/Files/Plant-Industry-Files/Pest-Alerts/PEST%20ALERT%20Helicoverpa%20armigera-1.pdf" TargetMode="External"/><Relationship Id="rId6316696a9fd03fb75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/helicoverpa-armigera-old-world-bollworm-florida-deemed-isolated-regulatory" TargetMode="External"/><Relationship Id="rId3794696a9fd04038e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3971696a9fd03c821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3971696a9fd03c821.jpg"/><Relationship Id="rId3831696a9fd03d68f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3831696a9fd03d68f.jpg"/><Relationship Id="rId3466696a9fd040571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3466696a9fd040571.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>