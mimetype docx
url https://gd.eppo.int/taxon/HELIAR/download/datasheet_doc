--- v3 (2026-01-16)
+++ v4 (2026-02-06)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> auctorum</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> African cotton bollworm, Old World bollworm, corn earworm, cotton bollworm, tobacco budworm, tomato grub</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2313696a9fd03c6e8" w:history="1">
+            <w:hyperlink r:id="rId144569860f8aacd4d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9666696a9fd03c72e" w:history="1">
+            <w:hyperlink r:id="rId339369860f8aacd9e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -426,91 +426,91 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HELIAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
-                <w:position w:val="-96"/>
+                <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40684768" name="name8954696a9fd03c823" descr="2596.jpg"/>
+                  <wp:extent cx="2160000" cy="1209600"/>
+                  <wp:docPr id="60326837" name="name309069860f8aad7f7" descr="19342.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="2596.jpg"/>
+                          <pic:cNvPr id="0" name="19342.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3971696a9fd03c821" cstate="print"/>
+                          <a:blip r:embed="rId250069860f8aad7f1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2160000" cy="1281600"/>
+                            <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6630696a9fd03c958" w:history="1">
+            <w:hyperlink r:id="rId333569860f8aad982" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2333,110 +2333,78 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2015, 2019). In the EPPO region, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. armigera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is established only in the southern part where it can overwinter. In the northern part, only transient populations are found outdoors. Indoors, most of the pest findings are linked to imports of infested plant material and are subject to eradication measures.</w:t>
       </w:r>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Algeria, Armenia, Austria, Azerbaijan, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Finland, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Kazakhstan, Kyrgyzstan, Malta, Moldova, Republic of, Morocco, Netherlands, North Macedonia, Poland, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (the) (Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland, Islas Canárias), Switzerland, Tunisia, Türkiye, Ukraine, Uzbekistan</w:t>
+        <w:t xml:space="preserve"> Albania, Algeria, Armenia, Austria, Azerbaijan, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Finland, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Kazakhstan, Kyrgyzstan, Malta, Moldova, Republic of, Morocco, Netherlands, North Macedonia, Poland, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland, Islas Canárias), Switzerland, Tunisia, Türkiye, Ukraine, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Angola, Benin, Botswana, Burkina Faso, Burundi, Cabo Verde, Cameroon, Central African Republic, Chad, Congo, Congo, The Democratic Republic of the, Cote d'Ivoire, Egypt, Eswatini, Ethiopia, Gabon, Gambia, Ghana, Guinea, Guinea-Bissau, Kenya, Lesotho, Libya, Madagascar, Malawi, Mali, Mauritania, Mauritius, Mayotte, Morocco, Mozambique, Namibia, Niger, Nigeria, Reunion, Rwanda, Saint Helena, Senegal, Seychelles, Sierra Leone, Somalia, South Africa, Sudan, Tanzania, United Republic of, Togo, Tunisia, Uganda, Zambia, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5419,51 +5387,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 93. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8649696a9fd03ec48" w:history="1">
+      <w:hyperlink r:id="rId346069860f8ab024b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fphys.2020.00093</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6055,51 +6023,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">El-Lissy O (2015) Detection of Old World bollworm (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Florida. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5399696a9fd03f057" w:history="1">
+      <w:hyperlink r:id="rId354169860f8ab0641" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphis.usda.gov/plant_health/plant_pest_info/owb/downloads/DA-2015-43.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) [accessed on 4 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6154,51 +6122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3833, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8317696a9fd03f0f6" w:history="1">
+      <w:hyperlink r:id="rId572669860f8ab06de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/j.efsa.2014.3833</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6329,51 +6297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fathipour Y, Sedaratian A (2013) Integrated management of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in soybean cropping systems, Soybean - Pest Resistance, Hany A. El-Shemy, IntechOpen, doi 10.5772/54522. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3094696a9fd03f211" w:history="1">
+      <w:hyperlink r:id="rId640369860f8ab07f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.intechopen.com/books/soybean-pest-resistance/integrated-management-of-helicoverpa-armigera-in-soybean-cropping-systems</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6954,51 +6922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hayden J, Brambila J (2015) Pest alert: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Lepidoptera: Noctuidae), the Old World bollworm. Florida Department of Agriculture and Consumer Services. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4762696a9fd03f5fc" w:history="1">
+      <w:hyperlink r:id="rId503569860f8ab0cc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/ezs3download/download/61696/1411969/Media/Files/Plant-Industry-Files/Pest-Alerts/PEST%20ALERT%20Helicoverpa%20armigera-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) [accessed on 4 September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7808,51 +7776,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO Phytosanitary Pest Alert System. Official Pest Reports. USA (2016-07-11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Old World Bollworm) in Florida deemed an isolated regulatory incident. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6316696a9fd03fb75" w:history="1">
+      <w:hyperlink r:id="rId261469860f8ab14a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.pestalerts.org/official-pest-report/helicoverpa-armigera-old-world-bollworm-florida-deemed-isolated-regulatory</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9097,51 +9065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3794696a9fd04038e" w:history="1">
+      <w:hyperlink r:id="rId493269860f8ab1cdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9329,63 +9297,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86632627" name="name3699696a9fd040572" descr="eu_funding_250.png"/>
+            <wp:docPr id="47379908" name="name213869860f8ab1e94" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3466696a9fd040571" cstate="print"/>
+                    <a:blip r:embed="rId776469860f8ab1e93" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9483,137 +9451,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75570876">
+  <w:abstractNum w:abstractNumId="12803891">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31453646">
+    <w:lvl w:ilvl="0" w:tplc="33453206">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31453646" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33453206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31453646" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33453206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31453646" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33453206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31453646" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33453206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31453646" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33453206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31453646" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33453206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31453646" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33453206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31453646" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33453206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75570875">
+  <w:abstractNum w:abstractNumId="12803890">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39919920">
+    <w:lvl w:ilvl="0" w:tplc="40585867">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10365,55 +10333,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75570875">
-    <w:abstractNumId w:val="75570875"/>
+  <w:num w:numId="12803890">
+    <w:abstractNumId w:val="12803890"/>
   </w:num>
-  <w:num w:numId="75570876">
-    <w:abstractNumId w:val="75570876"/>
+  <w:num w:numId="12803891">
+    <w:abstractNumId w:val="12803891"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21963,51 +21931,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId897412359" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId278931319" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2313696a9fd03c6e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/" TargetMode="External"/><Relationship Id="rId9666696a9fd03c72e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/categorization" TargetMode="External"/><Relationship Id="rId6630696a9fd03c958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/photos" TargetMode="External"/><Relationship Id="rId8649696a9fd03ec48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fphys.2020.00093" TargetMode="External"/><Relationship Id="rId5399696a9fd03f057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/owb/downloads/DA-2015-43.pdf" TargetMode="External"/><Relationship Id="rId8317696a9fd03f0f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/j.efsa.2014.3833" TargetMode="External"/><Relationship Id="rId3094696a9fd03f211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/books/soybean-pest-resistance/integrated-management-of-helicoverpa-armigera-in-soybean-cropping-systems" TargetMode="External"/><Relationship Id="rId4762696a9fd03f5fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/ezs3download/download/61696/1411969/Media/Files/Plant-Industry-Files/Pest-Alerts/PEST%20ALERT%20Helicoverpa%20armigera-1.pdf" TargetMode="External"/><Relationship Id="rId6316696a9fd03fb75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/helicoverpa-armigera-old-world-bollworm-florida-deemed-isolated-regulatory" TargetMode="External"/><Relationship Id="rId3794696a9fd04038e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3971696a9fd03c821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3971696a9fd03c821.jpg"/><Relationship Id="rId3831696a9fd03d68f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3831696a9fd03d68f.jpg"/><Relationship Id="rId3466696a9fd040571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3466696a9fd040571.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId126943970" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId126598830" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId144569860f8aacd4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/" TargetMode="External"/><Relationship Id="rId339369860f8aacd9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/categorization" TargetMode="External"/><Relationship Id="rId333569860f8aad982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/photos" TargetMode="External"/><Relationship Id="rId346069860f8ab024b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fphys.2020.00093" TargetMode="External"/><Relationship Id="rId354169860f8ab0641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/owb/downloads/DA-2015-43.pdf" TargetMode="External"/><Relationship Id="rId572669860f8ab06de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/j.efsa.2014.3833" TargetMode="External"/><Relationship Id="rId640369860f8ab07f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/books/soybean-pest-resistance/integrated-management-of-helicoverpa-armigera-in-soybean-cropping-systems" TargetMode="External"/><Relationship Id="rId503569860f8ab0cc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/ezs3download/download/61696/1411969/Media/Files/Plant-Industry-Files/Pest-Alerts/PEST%20ALERT%20Helicoverpa%20armigera-1.pdf" TargetMode="External"/><Relationship Id="rId261469860f8ab14a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/helicoverpa-armigera-old-world-bollworm-florida-deemed-isolated-regulatory" TargetMode="External"/><Relationship Id="rId493269860f8ab1cdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId250069860f8aad7f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId250069860f8aad7f1.jpg"/><Relationship Id="rId776469860f8ab1e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId776469860f8ab1e93.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>