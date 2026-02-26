--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> auctorum</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> African cotton bollworm, Old World bollworm, corn earworm, cotton bollworm, tobacco budworm, tomato grub</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144569860f8aacd4d" w:history="1">
+            <w:hyperlink r:id="rId319169a0acf425cb1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId339369860f8aacd9e" w:history="1">
+            <w:hyperlink r:id="rId418369a0acf425cf9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HELIAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="60326837" name="name309069860f8aad7f7" descr="19342.jpg"/>
+                  <wp:docPr id="27697186" name="name896669a0acf426743" descr="19342.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="19342.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId250069860f8aad7f1" cstate="print"/>
+                          <a:blip r:embed="rId783669a0acf426741" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId333569860f8aad982" w:history="1">
+            <w:hyperlink r:id="rId915069a0acf42690c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1991,50 +1991,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ricinus communis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Selenicereus costaricensis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Sesamum indicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum lycopersicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2333,68 +2353,100 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2015, 2019). In the EPPO region, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. armigera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is established only in the southern part where it can overwinter. In the northern part, only transient populations are found outdoors. Indoors, most of the pest findings are linked to imports of infested plant material and are subject to eradication measures.</w:t>
       </w:r>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="30020501" name="name485369a0acf429120" descr="HELIAR_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="HELIAR_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId592769a0acf42911d" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Albania, Algeria, Armenia, Austria, Azerbaijan, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Finland, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Kazakhstan, Kyrgyzstan, Malta, Moldova, Republic of, Morocco, Netherlands, North Macedonia, Poland, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland, Islas Canárias), Switzerland, Tunisia, Türkiye, Ukraine, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5387,51 +5439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 93. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346069860f8ab024b" w:history="1">
+      <w:hyperlink r:id="rId497369a0acf42a9a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fphys.2020.00093</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6023,51 +6075,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">El-Lissy O (2015) Detection of Old World bollworm (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Florida. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId354169860f8ab0641" w:history="1">
+      <w:hyperlink r:id="rId960269a0acf42adb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphis.usda.gov/plant_health/plant_pest_info/owb/downloads/DA-2015-43.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) [accessed on 4 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6122,51 +6174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3833, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId572669860f8ab06de" w:history="1">
+      <w:hyperlink r:id="rId944969a0acf42ae54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/j.efsa.2014.3833</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6297,51 +6349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fathipour Y, Sedaratian A (2013) Integrated management of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in soybean cropping systems, Soybean - Pest Resistance, Hany A. El-Shemy, IntechOpen, doi 10.5772/54522. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId640369860f8ab07f5" w:history="1">
+      <w:hyperlink r:id="rId453669a0acf42af98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.intechopen.com/books/soybean-pest-resistance/integrated-management-of-helicoverpa-armigera-in-soybean-cropping-systems</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6922,51 +6974,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hayden J, Brambila J (2015) Pest alert: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Lepidoptera: Noctuidae), the Old World bollworm. Florida Department of Agriculture and Consumer Services. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId503569860f8ab0cc4" w:history="1">
+      <w:hyperlink r:id="rId140569a0acf42b391" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/ezs3download/download/61696/1411969/Media/Files/Plant-Industry-Files/Pest-Alerts/PEST%20ALERT%20Helicoverpa%20armigera-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) [accessed on 4 September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7776,51 +7828,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO Phytosanitary Pest Alert System. Official Pest Reports. USA (2016-07-11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Old World Bollworm) in Florida deemed an isolated regulatory incident. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId261469860f8ab14a9" w:history="1">
+      <w:hyperlink r:id="rId945269a0acf42b8e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.pestalerts.org/official-pest-report/helicoverpa-armigera-old-world-bollworm-florida-deemed-isolated-regulatory</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9065,51 +9117,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId493269860f8ab1cdf" w:history="1">
+      <w:hyperlink r:id="rId753969a0acf42c130" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9297,63 +9349,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="47379908" name="name213869860f8ab1e94" descr="eu_funding_250.png"/>
+            <wp:docPr id="17715468" name="name853369a0acf42c704" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId776469860f8ab1e93" cstate="print"/>
+                    <a:blip r:embed="rId477869a0acf42c703" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9451,137 +9503,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12803891">
+  <w:abstractNum w:abstractNumId="46755294">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33453206">
+    <w:lvl w:ilvl="0" w:tplc="20365936">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33453206" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20365936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33453206" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20365936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33453206" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20365936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33453206" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20365936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33453206" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20365936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33453206" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20365936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33453206" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20365936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33453206" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20365936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12803890">
+  <w:abstractNum w:abstractNumId="46755293">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40585867">
+    <w:lvl w:ilvl="0" w:tplc="62160346">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10333,55 +10385,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12803890">
-    <w:abstractNumId w:val="12803890"/>
+  <w:num w:numId="46755293">
+    <w:abstractNumId w:val="46755293"/>
   </w:num>
-  <w:num w:numId="12803891">
-    <w:abstractNumId w:val="12803891"/>
+  <w:num w:numId="46755294">
+    <w:abstractNumId w:val="46755294"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21931,51 +21983,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId126943970" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId126598830" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId144569860f8aacd4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/" TargetMode="External"/><Relationship Id="rId339369860f8aacd9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/categorization" TargetMode="External"/><Relationship Id="rId333569860f8aad982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/photos" TargetMode="External"/><Relationship Id="rId346069860f8ab024b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fphys.2020.00093" TargetMode="External"/><Relationship Id="rId354169860f8ab0641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/owb/downloads/DA-2015-43.pdf" TargetMode="External"/><Relationship Id="rId572669860f8ab06de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/j.efsa.2014.3833" TargetMode="External"/><Relationship Id="rId640369860f8ab07f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/books/soybean-pest-resistance/integrated-management-of-helicoverpa-armigera-in-soybean-cropping-systems" TargetMode="External"/><Relationship Id="rId503569860f8ab0cc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/ezs3download/download/61696/1411969/Media/Files/Plant-Industry-Files/Pest-Alerts/PEST%20ALERT%20Helicoverpa%20armigera-1.pdf" TargetMode="External"/><Relationship Id="rId261469860f8ab14a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/helicoverpa-armigera-old-world-bollworm-florida-deemed-isolated-regulatory" TargetMode="External"/><Relationship Id="rId493269860f8ab1cdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId250069860f8aad7f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId250069860f8aad7f1.jpg"/><Relationship Id="rId776469860f8ab1e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId776469860f8ab1e93.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId638884781" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId450451451" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId319169a0acf425cb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/" TargetMode="External"/><Relationship Id="rId418369a0acf425cf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/categorization" TargetMode="External"/><Relationship Id="rId915069a0acf42690c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/photos" TargetMode="External"/><Relationship Id="rId497369a0acf42a9a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fphys.2020.00093" TargetMode="External"/><Relationship Id="rId960269a0acf42adb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/owb/downloads/DA-2015-43.pdf" TargetMode="External"/><Relationship Id="rId944969a0acf42ae54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/j.efsa.2014.3833" TargetMode="External"/><Relationship Id="rId453669a0acf42af98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/books/soybean-pest-resistance/integrated-management-of-helicoverpa-armigera-in-soybean-cropping-systems" TargetMode="External"/><Relationship Id="rId140569a0acf42b391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/ezs3download/download/61696/1411969/Media/Files/Plant-Industry-Files/Pest-Alerts/PEST%20ALERT%20Helicoverpa%20armigera-1.pdf" TargetMode="External"/><Relationship Id="rId945269a0acf42b8e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/helicoverpa-armigera-old-world-bollworm-florida-deemed-isolated-regulatory" TargetMode="External"/><Relationship Id="rId753969a0acf42c130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId783669a0acf426741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId783669a0acf426741.jpg"/><Relationship Id="rId592769a0acf42911d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId592769a0acf42911d.jpg"/><Relationship Id="rId477869a0acf42c703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId477869a0acf42c703.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>