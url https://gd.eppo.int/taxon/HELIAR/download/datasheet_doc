--- v5 (2026-02-26)
+++ v6 (2026-03-19)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> auctorum</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> African cotton bollworm, Old World bollworm, corn earworm, cotton bollworm, tobacco budworm, tomato grub</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319169a0acf425cb1" w:history="1">
+            <w:hyperlink r:id="rId428469bb5a2b74e6a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId418369a0acf425cf9" w:history="1">
+            <w:hyperlink r:id="rId959369bb5a2b74eb0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HELIAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="27697186" name="name896669a0acf426743" descr="19342.jpg"/>
+                  <wp:docPr id="8463986" name="name656369bb5a2b74f83" descr="19342.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="19342.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId783669a0acf426741" cstate="print"/>
+                          <a:blip r:embed="rId894469bb5a2b74f82" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId915069a0acf42690c" w:history="1">
+            <w:hyperlink r:id="rId483769bb5a2b75ab0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2011,50 +2011,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Selenicereus costaricensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Selenicereus undatus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Sesamum indicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum lycopersicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2358,63 +2378,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. armigera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is established only in the southern part where it can overwinter. In the northern part, only transient populations are found outdoors. Indoors, most of the pest findings are linked to imports of infested plant material and are subject to eradication measures.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30020501" name="name485369a0acf429120" descr="HELIAR_distribution_map.jpg"/>
+            <wp:docPr id="98179279" name="name956669bb5a2b76a05" descr="HELIAR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HELIAR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId592769a0acf42911d" cstate="print"/>
+                    <a:blip r:embed="rId516369bb5a2b76a03" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5439,51 +5459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 93. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId497369a0acf42a9a5" w:history="1">
+      <w:hyperlink r:id="rId430069bb5a2b780df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fphys.2020.00093</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6075,51 +6095,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">El-Lissy O (2015) Detection of Old World bollworm (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Florida. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId960269a0acf42adb4" w:history="1">
+      <w:hyperlink r:id="rId192269bb5a2b784ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.aphis.usda.gov/plant_health/plant_pest_info/owb/downloads/DA-2015-43.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) [accessed on 4 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6174,51 +6194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3833, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId944969a0acf42ae54" w:history="1">
+      <w:hyperlink r:id="rId861269bb5a2b785a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/j.efsa.2014.3833</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6349,51 +6369,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fathipour Y, Sedaratian A (2013) Integrated management of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in soybean cropping systems, Soybean - Pest Resistance, Hany A. El-Shemy, IntechOpen, doi 10.5772/54522. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId453669a0acf42af98" w:history="1">
+      <w:hyperlink r:id="rId932369bb5a2b786bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.intechopen.com/books/soybean-pest-resistance/integrated-management-of-helicoverpa-armigera-in-soybean-cropping-systems</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6974,51 +6994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hayden J, Brambila J (2015) Pest alert: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Lepidoptera: Noctuidae), the Old World bollworm. Florida Department of Agriculture and Consumer Services. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId140569a0acf42b391" w:history="1">
+      <w:hyperlink r:id="rId110469bb5a2b78ad6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/ezs3download/download/61696/1411969/Media/Files/Plant-Industry-Files/Pest-Alerts/PEST%20ALERT%20Helicoverpa%20armigera-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) [accessed on 4 September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7828,51 +7848,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO Phytosanitary Pest Alert System. Official Pest Reports. USA (2016-07-11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Old World Bollworm) in Florida deemed an isolated regulatory incident. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId945269a0acf42b8e3" w:history="1">
+      <w:hyperlink r:id="rId935269bb5a2b7903d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.pestalerts.org/official-pest-report/helicoverpa-armigera-old-world-bollworm-florida-deemed-isolated-regulatory</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9117,51 +9137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Helicoverpa armigera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId753969a0acf42c130" w:history="1">
+      <w:hyperlink r:id="rId476169bb5a2b798a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9349,63 +9369,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17715468" name="name853369a0acf42c704" descr="eu_funding_250.png"/>
+            <wp:docPr id="40710436" name="name203869bb5a2b79a61" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId477869a0acf42c703" cstate="print"/>
+                    <a:blip r:embed="rId457269bb5a2b79a60" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9503,137 +9523,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46755294">
+  <w:abstractNum w:abstractNumId="59574569">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20365936">
+    <w:lvl w:ilvl="0" w:tplc="36202122">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20365936" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36202122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20365936" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36202122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20365936" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36202122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20365936" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36202122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20365936" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36202122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20365936" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36202122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20365936" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36202122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20365936" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36202122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46755293">
+  <w:abstractNum w:abstractNumId="59574568">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62160346">
+    <w:lvl w:ilvl="0" w:tplc="20049014">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10385,55 +10405,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46755293">
-    <w:abstractNumId w:val="46755293"/>
+  <w:num w:numId="59574568">
+    <w:abstractNumId w:val="59574568"/>
   </w:num>
-  <w:num w:numId="46755294">
-    <w:abstractNumId w:val="46755294"/>
+  <w:num w:numId="59574569">
+    <w:abstractNumId w:val="59574569"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21983,51 +22003,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId638884781" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId450451451" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId319169a0acf425cb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/" TargetMode="External"/><Relationship Id="rId418369a0acf425cf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/categorization" TargetMode="External"/><Relationship Id="rId915069a0acf42690c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/photos" TargetMode="External"/><Relationship Id="rId497369a0acf42a9a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fphys.2020.00093" TargetMode="External"/><Relationship Id="rId960269a0acf42adb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/owb/downloads/DA-2015-43.pdf" TargetMode="External"/><Relationship Id="rId944969a0acf42ae54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/j.efsa.2014.3833" TargetMode="External"/><Relationship Id="rId453669a0acf42af98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/books/soybean-pest-resistance/integrated-management-of-helicoverpa-armigera-in-soybean-cropping-systems" TargetMode="External"/><Relationship Id="rId140569a0acf42b391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/ezs3download/download/61696/1411969/Media/Files/Plant-Industry-Files/Pest-Alerts/PEST%20ALERT%20Helicoverpa%20armigera-1.pdf" TargetMode="External"/><Relationship Id="rId945269a0acf42b8e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/helicoverpa-armigera-old-world-bollworm-florida-deemed-isolated-regulatory" TargetMode="External"/><Relationship Id="rId753969a0acf42c130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId783669a0acf426741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId783669a0acf426741.jpg"/><Relationship Id="rId592769a0acf42911d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId592769a0acf42911d.jpg"/><Relationship Id="rId477869a0acf42c703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId477869a0acf42c703.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId793208469" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId211823420" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId428469bb5a2b74e6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/" TargetMode="External"/><Relationship Id="rId959369bb5a2b74eb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/categorization" TargetMode="External"/><Relationship Id="rId483769bb5a2b75ab0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HELIAR/photos" TargetMode="External"/><Relationship Id="rId430069bb5a2b780df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fphys.2020.00093" TargetMode="External"/><Relationship Id="rId192269bb5a2b784ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant_health/plant_pest_info/owb/downloads/DA-2015-43.pdf" TargetMode="External"/><Relationship Id="rId861269bb5a2b785a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/j.efsa.2014.3833" TargetMode="External"/><Relationship Id="rId932369bb5a2b786bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/books/soybean-pest-resistance/integrated-management-of-helicoverpa-armigera-in-soybean-cropping-systems" TargetMode="External"/><Relationship Id="rId110469bb5a2b78ad6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/ezs3download/download/61696/1411969/Media/Files/Plant-Industry-Files/Pest-Alerts/PEST%20ALERT%20Helicoverpa%20armigera-1.pdf" TargetMode="External"/><Relationship Id="rId935269bb5a2b7903d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/helicoverpa-armigera-old-world-bollworm-florida-deemed-isolated-regulatory" TargetMode="External"/><Relationship Id="rId476169bb5a2b798a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId894469bb5a2b74f82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId894469bb5a2b74f82.jpg"/><Relationship Id="rId516369bb5a2b76a03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId516369bb5a2b76a03.jpg"/><Relationship Id="rId457269bb5a2b79a60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId457269bb5a2b79a60.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>