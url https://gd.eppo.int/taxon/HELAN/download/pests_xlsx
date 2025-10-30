--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HELAN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>CORBMI</t>
   </si>
   <si>
     <t>Clavibacter michiganensis</t>
   </si>
   <si>
     <t>* Stamova L, Sotirova V (1987) Reaction of different crops to artificial inoculation with Corynebacterium michiganense (E.F. Sm.) H.L. Jensen. Archiv fur Phytopathologie und Pflanzenschutz 23, 211–216.
 ------- Experimental. Causing glossy spots followed by necrotic flecks on leaves. Not confirmed in other publications.</t>
   </si>
@@ -93,50 +93,60 @@
   </si>
   <si>
     <t>Stagonosporopsis chrysanthemi</t>
   </si>
   <si>
     <t>* Chesters C, Blakeman J (1967) Host range and variation in virulence of Mycosphaerella ligulicola. Annals of Applied Biology 60, 385-90.</t>
   </si>
   <si>
     <t>TOBRFV</t>
   </si>
   <si>
     <t>Tobamovirus fructirugosum</t>
   </si>
   <si>
     <t xml:space="preserve">* Vasquez Gutierrez U, López López H, Frías Treviño GA, Delgado Ortiz JC, Flores Olivas A, Aguirre Uribe LA, Hernández Juarez A (2024) Biological exploration and physicochemical characteristics of Tomato Brown Rugose Fruit Virus in several host crops. Agronomy 14(2), 388. https://doi.org/10.3390/agronomy14020388
 ------- local symptoms in inoculation trials in field conditions. </t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AGROSE</t>
   </si>
   <si>
     <t>Agrotis segetum</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Kamble CS, Sathe TV (2015) Incidence and host plants for Amrasca biguttula (Ishida) from Kolhapur region, India. International Journal of Development Research 5(3), 3658-3661.
+* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.</t>
   </si>
   <si>
     <t>CLCUGV</t>
   </si>
   <si>
     <t>Begomovirus gossypigeziraense</t>
   </si>
   <si>
     <t>* Salari K, Heydarnejad J, Massumi H, Hasanvand V (2021) First report of cotton leaf curl Gezira virus incidence and the associated betasetellite in marshmallow, okra and sunflower in Iran. Iranian Journal of Plant Pathology 56(4), 405-408 (abstract)</t>
   </si>
   <si>
     <t>BRVPYO</t>
   </si>
   <si>
     <t>Brevipalpus yothersi</t>
   </si>
   <si>
     <t>* Beard JJ, Ochoa R, Braswell WE, Bauchan GR (2015) Brevipalpus phoenicis (Geijskes) species complex (Acari: Tenuipalpidae) – a closer look. Zootaxa 3944(1), 67 pp. DOI: 10.11646/zootaxa.3944.1.1</t>
   </si>
   <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
@@ -979,51 +989,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D66"/>
+  <dimension ref="A1:D67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1183,65 +1193,65 @@
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>23</v>
       </c>
       <c r="B13" t="s">
         <v>38</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
       <c r="D13" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>23</v>
       </c>
       <c r="B14" t="s">
         <v>41</v>
       </c>
       <c r="C14" t="s">
         <v>42</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C15" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>45</v>
       </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>23</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" t="s">
         <v>47</v>
       </c>
       <c r="D16" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" t="s">
         <v>50</v>
       </c>
@@ -1274,84 +1284,84 @@
         <v>56</v>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>23</v>
       </c>
       <c r="B21" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>23</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C22" t="s">
         <v>64</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C23" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="D23" t="s">
         <v>67</v>
       </c>
+      <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>68</v>
       </c>
       <c r="C24" t="s">
         <v>69</v>
       </c>
       <c r="D24" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>23</v>
       </c>
       <c r="B25" t="s">
         <v>71</v>
       </c>
       <c r="C25" t="s">
         <v>72</v>
       </c>
@@ -1412,65 +1422,65 @@
         <v>84</v>
       </c>
       <c r="D29" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>23</v>
       </c>
       <c r="B30" t="s">
         <v>86</v>
       </c>
       <c r="C30" t="s">
         <v>87</v>
       </c>
       <c r="D30" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>23</v>
       </c>
       <c r="B31" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>23</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C32" t="s">
         <v>92</v>
       </c>
       <c r="D32" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>23</v>
       </c>
       <c r="B33" t="s">
         <v>94</v>
       </c>
       <c r="C33" t="s">
         <v>95</v>
       </c>
       <c r="D33" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>23</v>
@@ -1599,65 +1609,65 @@
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>23</v>
       </c>
       <c r="B43" t="s">
         <v>124</v>
       </c>
       <c r="C43" t="s">
         <v>125</v>
       </c>
       <c r="D43" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>23</v>
       </c>
       <c r="B44" t="s">
         <v>127</v>
       </c>
       <c r="C44" t="s">
         <v>128</v>
       </c>
-      <c r="D44"/>
+      <c r="D44" t="s">
+        <v>129</v>
+      </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>23</v>
       </c>
       <c r="B45" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C45" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="D45" t="s">
         <v>131</v>
       </c>
+      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>23</v>
       </c>
       <c r="B46" t="s">
         <v>132</v>
       </c>
       <c r="C46" t="s">
         <v>133</v>
       </c>
       <c r="D46" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>23</v>
       </c>
       <c r="B47" t="s">
         <v>135</v>
       </c>
       <c r="C47" t="s">
         <v>136</v>
       </c>
@@ -1813,137 +1823,151 @@
         <v>168</v>
       </c>
       <c r="C58" t="s">
         <v>169</v>
       </c>
       <c r="D58" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>23</v>
       </c>
       <c r="B59" t="s">
         <v>171</v>
       </c>
       <c r="C59" t="s">
         <v>172</v>
       </c>
       <c r="D59" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>23</v>
+      </c>
+      <c r="B60" t="s">
         <v>174</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>175</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>176</v>
       </c>
-      <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B61" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C61" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="D61" t="s">
         <v>179</v>
       </c>
+      <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B62" t="s">
         <v>180</v>
       </c>
       <c r="C62" t="s">
         <v>181</v>
       </c>
       <c r="D62" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B63" t="s">
         <v>183</v>
       </c>
       <c r="C63" t="s">
         <v>184</v>
       </c>
       <c r="D63" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B64" t="s">
         <v>186</v>
       </c>
       <c r="C64" t="s">
         <v>187</v>
       </c>
-      <c r="D64"/>
+      <c r="D64" t="s">
+        <v>188</v>
+      </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B65" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C65" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>190</v>
+        <v>177</v>
       </c>
       <c r="B66" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="C66" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D66"/>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" t="s">
+        <v>193</v>
+      </c>
+      <c r="B67" t="s">
+        <v>189</v>
+      </c>
+      <c r="C67" t="s">
+        <v>194</v>
+      </c>
+      <c r="D67"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>