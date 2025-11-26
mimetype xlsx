--- v1 (2025-10-30)
+++ v2 (2025-11-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HELAN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>CORBMI</t>
   </si>
   <si>
     <t>Clavibacter michiganensis</t>
   </si>
   <si>
     <t>* Stamova L, Sotirova V (1987) Reaction of different crops to artificial inoculation with Corynebacterium michiganense (E.F. Sm.) H.L. Jensen. Archiv fur Phytopathologie und Pflanzenschutz 23, 211–216.
 ------- Experimental. Causing glossy spots followed by necrotic flecks on leaves. Not confirmed in other publications.</t>
   </si>
@@ -232,50 +232,54 @@
   <si>
     <t>* Goodey JB, Franklin MT, Hooper DJ (1965) T. Goodey's: The Nematode Parasites of Plants Catalogued Under Their Hosts. Commonwealth Agricultural Bureaux, Farnham Royal, Bucks, England. Third edition, 214 pp.</t>
   </si>
   <si>
     <t>EPIXTU</t>
   </si>
   <si>
     <t>Epitrix tuberis</t>
   </si>
   <si>
     <t>* Hoerner JL &amp; Gillette CP (1928) The potato flea beetle. Colorado Experiment Station. Entomology Section. Bulletin 337. 
 ------- feeding of adults</t>
   </si>
   <si>
     <t>Epitrix tuberis (as Helianthus)</t>
   </si>
   <si>
     <t>* Hill RE, Tate AD (1942) Life history and habits of potato flea beetle in Western Nebraska. Journal of Economic Entomology 35, 879-884.
 ------- feeding of adults</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
     <t>Eutetranychus orientalis</t>
+  </si>
+  <si>
+    <t>* Chaudhri WM, Akbar S, Rasool A (1974) Taxonomic studies of the mites belonging to the families Tenuipalpidae, Tetranychidae, Tuckerellidae, Caligonellidae, Stigmaeidae and Phytoseiidae. Project Project No. A 17 -ENT -26 . University of Agriculture, Lyallpur, Pakistan. 250 pp.
+* Sanyal AK, Gupta SK, Sarkar BJ, Bhattacharya D (2013) Diversity and Ecology of Plant Mites and Damages Caused by them on Ornamental and Garden Plants in South Bengal. Records of the Zoological Survey of India 113(Part 3), 109-112.</t>
   </si>
   <si>
     <t>FRANOC</t>
   </si>
   <si>
     <t>Frankliniella occidentalis</t>
   </si>
   <si>
     <t>* Chyzik R, Ben-Dov Y, Nakache Y, Klein M (1995) Association of the western flower thrips (Frankliniella occidentalis) with cultivated sunflower (Helianthus annuus) in Israel. Phytoparasitica 23(2), 147-155.</t>
   </si>
   <si>
     <t>GARGTO</t>
   </si>
   <si>
     <t>Gargaphia torresi</t>
   </si>
   <si>
     <t>* Pinheiro RA, Cabral MJ, Aguilar VT, Freitas LS, Santos SV, Giordani SC, Souza PG, Santos JB, Zanuncio JC, Soares MA (2025) Phaseolus lunatus L., the new host of Gargaphia torresi Lima, 1922 (Hemiptera: Tingidae) in Brazil. Brazilian Journal of Biology 85, e289664. https://doi.org/10.1590/1519-6984.289664</t>
   </si>
   <si>
     <t>GRCPAT</t>
   </si>
   <si>
     <t>Graphocephala atropunctata</t>
   </si>
@@ -1317,655 +1321,657 @@
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>23</v>
       </c>
       <c r="B22" t="s">
         <v>61</v>
       </c>
       <c r="C22" t="s">
         <v>64</v>
       </c>
       <c r="D22" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" t="s">
         <v>67</v>
       </c>
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>23</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>23</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>23</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>23</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>23</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>23</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>23</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C31" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>23</v>
       </c>
       <c r="B32" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D32" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>23</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D33" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>23</v>
       </c>
       <c r="B34" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C34" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D34" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>23</v>
       </c>
       <c r="B35" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C35" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D35" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>23</v>
       </c>
       <c r="B36" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C36" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D36" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>23</v>
       </c>
       <c r="B37" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C37" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D37" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>23</v>
       </c>
       <c r="B38" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C38" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D38" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>23</v>
       </c>
       <c r="B39" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C39" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D39" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>23</v>
       </c>
       <c r="B40" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C40" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D40" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>23</v>
       </c>
       <c r="B41" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C41" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D41" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>23</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C42" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D42" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>23</v>
       </c>
       <c r="B43" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C43" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D43" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>23</v>
       </c>
       <c r="B44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C44" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D44" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>23</v>
       </c>
       <c r="B45" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C45" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>23</v>
       </c>
       <c r="B46" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C46" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D46" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>23</v>
       </c>
       <c r="B47" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C47" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D47" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>23</v>
       </c>
       <c r="B48" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C48" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D48" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>23</v>
       </c>
       <c r="B49" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C49" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D49" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>23</v>
       </c>
       <c r="B50" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C50" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D50" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>23</v>
       </c>
       <c r="B51" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C51" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D51" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>23</v>
       </c>
       <c r="B52" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C52" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D52" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>23</v>
       </c>
       <c r="B53" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C53" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D53" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>23</v>
       </c>
       <c r="B54" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C54" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D54" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>23</v>
       </c>
       <c r="B55" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C55" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D55" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>23</v>
       </c>
       <c r="B56" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C56" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D56" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>23</v>
       </c>
       <c r="B57" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C57" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D57" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>23</v>
       </c>
       <c r="B58" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C58" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D58" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>23</v>
       </c>
       <c r="B59" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C59" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D59" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>23</v>
       </c>
       <c r="B60" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C60" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D60" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B61" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C61" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B62" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C62" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D62" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B63" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C63" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D63" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B64" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C64" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D64" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B65" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C65" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B66" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C66" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B67" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C67" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D67"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>