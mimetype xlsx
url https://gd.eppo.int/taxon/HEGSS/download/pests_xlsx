--- v0 (2025-10-09)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HEGSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.
 * Lyda SD, 1978. Ecology of Phymatotrichum omnivorum. Annual Review of Phytopathology, 16, 193–209. Available
 online: http://annurev.py.16.090178.001205
@@ -77,50 +77,59 @@
   </si>
   <si>
     <t>TRSV00</t>
   </si>
   <si>
     <t>Nepovirus nicotianae</t>
   </si>
   <si>
     <t>* EPPO (2018) Tobacco ringspot virus and Tomato ringspot virus found in the Netherlands. Reporting service 11-2018, 2018-228. Available at https://gd.eppo.int/reporting/article-6422
 * Schoen R, de Krom CE, Westenberg M, Botermans M, van Bruggen AS, Meekes ET, Didden L, Hooftman M, Roenhorst JW (2024) Findings of tobacco ringspot virus in ornamentals in the Netherlands from 1997 to 2020 indicate a need for evaluation of its European Union quarantine status. European Journal of Plant Pathology. (early view) https://doi.org/10.1007/s10658-024-02957-3.</t>
   </si>
   <si>
     <t>OPHOKW</t>
   </si>
   <si>
     <t>Ophiomyia kwansonis (as Hemerocallis)</t>
   </si>
   <si>
     <t>PUCCHM</t>
   </si>
   <si>
     <t>Puccinia hemerocallidis (as Hemerocallis)</t>
   </si>
   <si>
     <t>* Ramos M, Carvalho R, Soares da Silva E, Ramos AP, Talhinhas P (2020) Pathological and epidemiological characterization of first outbreak of daylily rust in Europe and evaluation of Puccinia hemerocallidis resistance in Hemerocallis cultivars. Plants 9(4), 427. https://doi.org/10.3390/plants9040427</t>
+  </si>
+  <si>
+    <t>TRV000</t>
+  </si>
+  <si>
+    <t>Tobravirus tabaci (as Hemerocallis)</t>
+  </si>
+  <si>
+    <t>* Lee HM, Song EG, Baik SR, Bang YH, Han SK, Jang HD, Sim JY, Cho SB, Ryu KH (2025) Incidence and detection of three viruses (Cucumber Mosaic Virus, Lily Mottle Virus, and Tobacco Rattle Virus) in Daylily plants cultivated in Korea. Research in Plant Disease 31(4), 390-400 (abst.)</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies (sandyi) and undetermined.</t>
   </si>
   <si>
     <t>XYLEFS</t>
   </si>
   <si>
     <t>Xylella fastidiosa subsp. sandyi</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Xylella fastidiosa subsp. sandyi.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -444,51 +453,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D8"/>
+  <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="439.893" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -566,50 +575,64 @@
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">