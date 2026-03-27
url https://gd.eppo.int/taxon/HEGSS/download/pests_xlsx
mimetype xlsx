--- v1 (2026-03-07)
+++ v2 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HEGSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.
 * Lyda SD, 1978. Ecology of Phymatotrichum omnivorum. Annual Review of Phytopathology, 16, 193–209. Available
 online: http://annurev.py.16.090178.001205
@@ -68,50 +68,53 @@
   <si>
     <t>MELGFA</t>
   </si>
   <si>
     <t>Meloidogyne fallax</t>
   </si>
   <si>
     <t>* Brinkman H, Goossens JJM &amp; van Riel HR (1996) Comparative host suitability of selected crop plants to Meloidogyne chitwoodi and M. fallax. Anzeiger für Schädlingskunde, Planzenschutz, Umweltschutz 69, 127-129.
 ------- Hemerocallis cv. Rajah.</t>
   </si>
   <si>
     <t>TRSV00</t>
   </si>
   <si>
     <t>Nepovirus nicotianae</t>
   </si>
   <si>
     <t>* EPPO (2018) Tobacco ringspot virus and Tomato ringspot virus found in the Netherlands. Reporting service 11-2018, 2018-228. Available at https://gd.eppo.int/reporting/article-6422
 * Schoen R, de Krom CE, Westenberg M, Botermans M, van Bruggen AS, Meekes ET, Didden L, Hooftman M, Roenhorst JW (2024) Findings of tobacco ringspot virus in ornamentals in the Netherlands from 1997 to 2020 indicate a need for evaluation of its European Union quarantine status. European Journal of Plant Pathology. (early view) https://doi.org/10.1007/s10658-024-02957-3.</t>
   </si>
   <si>
     <t>OPHOKW</t>
   </si>
   <si>
     <t>Ophiomyia kwansonis (as Hemerocallis)</t>
+  </si>
+  <si>
+    <t>* Eiseman CS, Lonsdale O, Feldman TS, Van Der Linden JO (2026) Thirty-three new species of Agromyzidae (Diptera) from the United States and Canada, with new host and distribution records for 154 additional species. Zootaxa 5745(1), 1-265.</t>
   </si>
   <si>
     <t>PUCCHM</t>
   </si>
   <si>
     <t>Puccinia hemerocallidis (as Hemerocallis)</t>
   </si>
   <si>
     <t>* Ramos M, Carvalho R, Soares da Silva E, Ramos AP, Talhinhas P (2020) Pathological and epidemiological characterization of first outbreak of daylily rust in Europe and evaluation of Puccinia hemerocallidis resistance in Hemerocallis cultivars. Plants 9(4), 427. https://doi.org/10.3390/plants9040427</t>
   </si>
   <si>
     <t>TRV000</t>
   </si>
   <si>
     <t>Tobravirus tabaci (as Hemerocallis)</t>
   </si>
   <si>
     <t>* Lee HM, Song EG, Baik SR, Bang YH, Han SK, Jang HD, Sim JY, Cho SB, Ryu KH (2025) Incidence and detection of three viruses (Cucumber Mosaic Virus, Lily Mottle Virus, and Tobacco Rattle Virus) in Daylily plants cultivated in Korea. Research in Plant Disease 31(4), 390-400 (abst.)</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
@@ -533,106 +536,108 @@
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
-      <c r="D5"/>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">