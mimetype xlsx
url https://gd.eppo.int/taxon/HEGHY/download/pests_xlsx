--- v0 (2025-10-20)
+++ v1 (2026-03-20)
@@ -12,87 +12,99 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HEGHY" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>OPHOKW</t>
   </si>
   <si>
     <t>Ophiomyia kwansonis (as Hemerocallis)</t>
+  </si>
+  <si>
+    <t>* Eiseman CS, Lonsdale O, Feldman TS, Van Der Linden JO (2026) Thirty-three new species of Agromyzidae (Diptera) from the United States and Canada, with new host and distribution records for 154 additional species. Zootaxa 5745(1), 1-265.</t>
   </si>
   <si>
     <t>PUCCHM</t>
   </si>
   <si>
     <t>Puccinia hemerocallidis</t>
   </si>
   <si>
     <t>* Hernández JR, Palm ME, Castlebury LA (2002) Puccinia hemerocallidis, cause of daylily rust, a newly introduced disease in the Americas.
 Plant Disease 86(11), 1194-1198.</t>
   </si>
   <si>
     <t>Puccinia hemerocallidis (as Hemerocallis)</t>
   </si>
   <si>
     <t>* Ramos M, Carvalho R, Soares da Silva E, Ramos AP, Talhinhas P (2020) Pathological and epidemiological characterization of first outbreak of daylily rust in Europe and evaluation of Puccinia hemerocallidis resistance in Hemerocallis cultivars. Plants 9(4), 427. https://doi.org/10.3390/plants9040427</t>
+  </si>
+  <si>
+    <t>TRV000</t>
+  </si>
+  <si>
+    <t>Tobravirus tabaci (as Hemerocallis)</t>
+  </si>
+  <si>
+    <t>* Lee HM, Song EG, Baik SR, Bang YH, Han SK, Jang HD, Sim JY, Cho SB, Ryu KH (2025) Incidence and detection of three viruses (Cucumber Mosaic Virus, Lily Mottle Virus, and Tobacco Rattle Virus) in Daylily plants cultivated in Korea. Research in Plant Disease 31(4), 390-400 (abst.)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CONTQU</t>
   </si>
   <si>
     <t>Contarinia quinquenotata</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -405,129 +417,145 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D5"/>
+  <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="355.056" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
-      <c r="D5"/>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>