--- v0 (2025-10-04)
+++ v1 (2026-03-07)
@@ -12,89 +12,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HEGFU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>LIRIHU</t>
   </si>
   <si>
     <t>Liriomyza huidobrensis</t>
   </si>
   <si>
     <t>* He CX, Wu WW, Wang SF, Wang LZ (2001) Host plants and feeding preferences of Liriomyza huidobrensis. Acta Entomologica Sinica 44, 384-388.</t>
   </si>
   <si>
     <t>OPHOKW</t>
   </si>
   <si>
     <t>Ophiomyia kwansonis (as Hemerocallis)</t>
   </si>
   <si>
     <t>PUCCHM</t>
   </si>
   <si>
     <t>Puccinia hemerocallidis (as Hemerocallis)</t>
   </si>
   <si>
     <t>* Ramos M, Carvalho R, Soares da Silva E, Ramos AP, Talhinhas P (2020) Pathological and epidemiological characterization of first outbreak of daylily rust in Europe and evaluation of Puccinia hemerocallidis resistance in Hemerocallis cultivars. Plants 9(4), 427. https://doi.org/10.3390/plants9040427</t>
+  </si>
+  <si>
+    <t>TRV000</t>
+  </si>
+  <si>
+    <t>Tobravirus tabaci (as Hemerocallis)</t>
+  </si>
+  <si>
+    <t>* Lee HM, Song EG, Baik SR, Bang YH, Han SK, Jang HD, Sim JY, Cho SB, Ryu KH (2025) Incidence and detection of three viruses (Cucumber Mosaic Virus, Lily Mottle Virus, and Tobacco Rattle Virus) in Daylily plants cultivated in Korea. Research in Plant Disease 31(4), 390-400 (abst.)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>Ophiomyia kwansonis</t>
   </si>
   <si>
     <t>Puccinia hemerocallidis</t>
   </si>
   <si>
     <t>* Kakishima M, Hosaka K, Hosoya T (2023) List of rust fungi (Pucciniales) collected from 2021 to 2023 at Tsukuba Botanical Garden, with three new combination names for three species. Bulletin of the National Museum of Nature and Science. Series B, Botany 49(4), 127-143.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -410,51 +419,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D6"/>
+  <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="355.056" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -480,72 +489,86 @@
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
-      <c r="D5"/>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6"/>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>10</v>
       </c>
-      <c r="C6" t="s">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">