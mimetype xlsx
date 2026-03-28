--- v1 (2026-03-07)
+++ v2 (2026-03-28)
@@ -12,104 +12,110 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HEGFU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>LIRIHU</t>
   </si>
   <si>
     <t>Liriomyza huidobrensis</t>
   </si>
   <si>
     <t>* He CX, Wu WW, Wang SF, Wang LZ (2001) Host plants and feeding preferences of Liriomyza huidobrensis. Acta Entomologica Sinica 44, 384-388.</t>
   </si>
   <si>
     <t>OPHOKW</t>
   </si>
   <si>
     <t>Ophiomyia kwansonis (as Hemerocallis)</t>
   </si>
   <si>
+    <t>* Eiseman CS, Lonsdale O, Feldman TS, Van Der Linden JO (2026) Thirty-three new species of Agromyzidae (Diptera) from the United States and Canada, with new host and distribution records for 154 additional species. Zootaxa 5745(1), 1-265.</t>
+  </si>
+  <si>
     <t>PUCCHM</t>
   </si>
   <si>
     <t>Puccinia hemerocallidis (as Hemerocallis)</t>
   </si>
   <si>
     <t>* Ramos M, Carvalho R, Soares da Silva E, Ramos AP, Talhinhas P (2020) Pathological and epidemiological characterization of first outbreak of daylily rust in Europe and evaluation of Puccinia hemerocallidis resistance in Hemerocallis cultivars. Plants 9(4), 427. https://doi.org/10.3390/plants9040427</t>
   </si>
   <si>
     <t>TRV000</t>
   </si>
   <si>
     <t>Tobravirus tabaci (as Hemerocallis)</t>
   </si>
   <si>
     <t>* Lee HM, Song EG, Baik SR, Bang YH, Han SK, Jang HD, Sim JY, Cho SB, Ryu KH (2025) Incidence and detection of three viruses (Cucumber Mosaic Virus, Lily Mottle Virus, and Tobacco Rattle Virus) in Daylily plants cultivated in Korea. Research in Plant Disease 31(4), 390-400 (abst.)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>Ophiomyia kwansonis</t>
+  </si>
+  <si>
+    <t>* Jurc M, Černý M, Jurc D (2012) [First record of alien pest Ophiomyia kwansonis (Diptera: Agromyzidae) in Europe and its phytosanitary significance]. Šumarski List 9–10(136), 501–507 (in Croatian). http://www.sumari.hr/sumlist/pdf/201205010.pdf</t>
   </si>
   <si>
     <t>Puccinia hemerocallidis</t>
   </si>
   <si>
     <t>* Kakishima M, Hosaka K, Hosoya T (2023) List of rust fungi (Pucciniales) collected from 2021 to 2023 at Tsukuba Botanical Garden, with three new combination names for three species. Bulletin of the National Museum of Nature and Science. Series B, Botany 49(4), 127-143.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -471,104 +477,108 @@
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D6"/>
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">