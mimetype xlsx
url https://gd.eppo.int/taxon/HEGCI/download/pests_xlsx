--- v0 (2025-10-09)
+++ v1 (2026-03-23)
@@ -12,89 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HEGCI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>OPHOKW</t>
   </si>
   <si>
     <t>Ophiomyia kwansonis (as Hemerocallis)</t>
   </si>
   <si>
+    <t>* Eiseman CS, Lonsdale O, Feldman TS, Van Der Linden JO (2026) Thirty-three new species of Agromyzidae (Diptera) from the United States and Canada, with new host and distribution records for 154 additional species. Zootaxa 5745(1), 1-265.</t>
+  </si>
+  <si>
     <t>PUCCHM</t>
   </si>
   <si>
     <t>Puccinia hemerocallidis (as Hemerocallis)</t>
   </si>
   <si>
     <t>* Ramos M, Carvalho R, Soares da Silva E, Ramos AP, Talhinhas P (2020) Pathological and epidemiological characterization of first outbreak of daylily rust in Europe and evaluation of Puccinia hemerocallidis resistance in Hemerocallis cultivars. Plants 9(4), 427. https://doi.org/10.3390/plants9040427</t>
   </si>
   <si>
     <t>THRIPL</t>
   </si>
   <si>
     <t>Thrips palmi</t>
   </si>
   <si>
     <t>* Sun Z, Shen H, Chen Z, Ma N, Yang Y, Liu H, Li J (2024) Physiological responses and transcriptome analysis of Hemerocallis citrina Baroni exposed to Thrips palmi feeding stress. Frontiers in Plant Science.;15:1361276.</t>
+  </si>
+  <si>
+    <t>TRV000</t>
+  </si>
+  <si>
+    <t>Tobravirus tabaci (as Hemerocallis)</t>
+  </si>
+  <si>
+    <t>* Lee HM, Song EG, Baik SR, Bang YH, Han SK, Jang HD, Sim JY, Cho SB, Ryu KH (2025) Incidence and detection of three viruses (Cucumber Mosaic Virus, Lily Mottle Virus, and Tobacco Rattle Virus) in Daylily plants cultivated in Korea. Research in Plant Disease 31(4), 390-400 (abst.)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -398,116 +410,132 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D4"/>
+  <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="355.056" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">