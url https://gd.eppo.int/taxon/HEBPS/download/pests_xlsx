--- v0 (2025-10-13)
+++ v1 (2026-02-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HEBPS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>BBTV00</t>
   </si>
   <si>
     <t>Babuvirus musae (as Heliconia)</t>
   </si>
   <si>
     <t>* Hamim I, Green JC, Borth WB, Melzer MJ, Wang YN, Hu JS (2017) First report of Banana bunchy top virus in Heliconia spp. on Hawaii. Plant Disease 101(12), p 2153.
 ------- In Heliconia sp.</t>
   </si>
@@ -70,50 +70,59 @@
     <t xml:space="preserve">* Arias de López M, Kondo T, Molina-Moreira N (2025) A new threat to Ecuadorian flora: first report of the pink hibiscus mealybug, Maconellicoccus hirsutus (Green, 1908)(Hemiptera: Pseudococcidae) and its potential biological control agent. Revista Brasileira de Entomologia 69, e20250007. https://doi.org/10.1590/1806-9665-RBENT-2025-0007 </t>
   </si>
   <si>
     <t>Maconellicoccus hirsutus (as Heliconia)</t>
   </si>
   <si>
     <t>* Chang LWH, Miller CE (1996) Pathway Risk Assessment: Pink mealybug from the Caribbean. Animal and Plant Health Inspection Service, U.S. Dept. of Agriculture 61 pp.</t>
   </si>
   <si>
     <t>HEDYOC</t>
   </si>
   <si>
     <t>Nacoleia octasema (as Heliconia)</t>
   </si>
   <si>
     <t>OPOGSC</t>
   </si>
   <si>
     <t>Opogona sacchari</t>
   </si>
   <si>
     <t>Opogona sacchari (as Heliconia)</t>
   </si>
   <si>
     <t>* Veenenbos JAJ (1981) Opogona sacchari, a Pest Risk from imports of ornamental plants of tropical origin. EPPO Bulletin, 11(3), 235-237.</t>
+  </si>
+  <si>
+    <t>RADOSI</t>
+  </si>
+  <si>
+    <t>Radopholus similis (as Heliconia)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* EFSA Panel on Plant Health (2017) Pest risk assessment of Radopholus similis for the EU territory. EFSA Journal 15(8), e04879. https://doi.org/10.2903/j.efsa.2017.4879Digital Object Identifier (DOI) </t>
   </si>
   <si>
     <t>RALSSL</t>
   </si>
   <si>
     <t>Ralstonia solanacearum (as Heliconia)</t>
   </si>
   <si>
     <t>* Hong JC, Norman DJ, Reed DL, Momol MT and Jones JB (2012) Diversity among Ralstonia  solanacearum  strains  isolated  from  the  southeastern United States. Phytopathology 102:924-936
 N'Guessan CA, Brisse S, Le Roux-Nio A-C, Poussier S, Koné D, Wicker E (2013) Development of variable number of tandem repeats typing schemes for Ralstonia solanacearum, the agent of bacterial wilt, banana Moko disease and potato brown rot. Journal of Microbiological Methods 92, 366-374
 Rodrigues LMR, Destéfano SAL, Silva MJ, Costa GGL, Maringoni AC (2012) Characterization of Ralstonia solanacearum from Brazil using molecular methods and pathogenicity tests. Journal of Plant Pathology 94, 505–16.  Cellier &amp; Prior (2010); Cellier et al. (2015)
 Wicker E, Grassart L, Coranson-Beaudu R, Mian D, Guilbaud C, Fegan M, Prior P (2007) Ralstonia solanacearum strains from Martinique (French West Indies) exhibiting a new pathogenic potential. Applied and Environmental Microbiology 73(21), 6790-801. doi: 10.1128/AEM.00841-07</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
     <t>Ralstonia solanacearum species complex (as Heliconia)</t>
   </si>
   <si>
     <t>* Hong JC, Norman DJ, Reed DL, Momol MT and Jones JB (2012) Diversity among Ralstonia  solanacearum  strains  isolated  from  the  southeastern United States. Phytopathology 102:924-936
  * N'Guessan CA, Brisse S, Le Roux-Nio A-C, Poussier S, Koné D, Wicker E (2013) Development of variable number of tandem repeats typing schemes for Ralstonia solanacearum, the agent of bacterial wilt, banana Moko disease and potato brown rot. Journal of Microbiological Methods 92, 366-374
 * Rodrigues LMR, Destéfano SAL, Silva MJ, Costa GGL, Maringoni AC (2012) Characterization of Ralstonia solanacearum from Brazil using molecular methods and pathogenicity tests. Journal of Plant Pathology 94, 505–16. 
 * Safni I, Subandiyah S, Fegan M (2018) Ecology, Epidemiology and Disease Management of Ralstonia syzygii in Indonesia. Frontiers in Microbiology 9, 419
 ------- confirmed host for R. syzygii subsp. celebesensis. 
@@ -485,51 +494,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D13"/>
+  <dimension ref="A1:D14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -659,64 +668,78 @@
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>28</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>31</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="D13" t="s">
         <v>35</v>
+      </c>
+      <c r="D13"/>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B14" t="s">
+        <v>36</v>
+      </c>
+      <c r="C14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">