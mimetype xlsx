--- v0 (2025-10-22)
+++ v1 (2026-03-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HCRUN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>BCTRCO</t>
   </si>
   <si>
     <t>Bactrocera correcta</t>
   </si>
   <si>
     <t>* Le Due K, Le Quang K, Nguyen TT, Vu VT, Vu TT, Shanmugam V, Pereira R (2016) Area-wide suppression of Bactrocera fruit flies in dragon fruit orchards in Binh Thuan, Viet Nam. InProceedings of the 9th International Symposium on Fruit Flies of Economic Importance, 12-16 May 2014, Bangkok, Thailand 2016 (pp. 93-100). International Fruit Fly Steering Committee.</t>
   </si>
   <si>
@@ -65,50 +65,59 @@
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Drew RAI, Romig MC (2013) Tropical Fruit Flies (Tephritidae: Dacinae) of South-East Asia: Indomalaya to North-West Australasia. CABI, Wallingford (GB), 653 pp.</t>
   </si>
   <si>
     <t>COLLFC</t>
   </si>
   <si>
     <t>Colletotrichum fructicola</t>
   </si>
   <si>
     <t>* Evallo E, Taguiam Jd, Bengoa J, Maghirang R, Balendres MA (2021) First report of Colletotrichum fructicola, causing anthracnose of Hylocereus plants, in the Philippines. Czech Mycology 73(1), 79-90.
 * Udayanga D, Manamgoda DS, Liu XingZhong, Chukeatirote E, Hyde KD (2013) What are the common anthracnose pathogens of tropical fruits? Fungal Diversity, 61(1):165-179</t>
   </si>
   <si>
     <t>FRANOC</t>
   </si>
   <si>
     <t>Frankliniella occidentalis</t>
   </si>
   <si>
     <t>* Meza K, Cusme M, Velasquez J, Chirinos D (2020) Thrips (Thysanoptera) associated with Pitahaya Selenicereus undatus (Haw.) D.R. Hunt. Species, population levels and some natural enemies. LA GRANJA: Revista de Ciencias de la Vida 32(2) 2020:91-103. https://doi.org/10.17163/lgr.n32.2020.07
 ------- most abundant specie in Ecuador, as Selenicereus undatus.</t>
+  </si>
+  <si>
+    <t>HELIAR</t>
+  </si>
+  <si>
+    <t>Helicoverpa armigera</t>
+  </si>
+  <si>
+    <t>* Venugopal U, Thirupathaiah G, Sindhura KA, Reddy SK (2025) First documentation of Helicoverpa armigera (Hubner) infestation on vegetative tissues of dragon fruit in Telangana, India. Pest Management in Horticultural Ecosystems. 31(1), 97-99.</t>
   </si>
   <si>
     <t>MARGVI</t>
   </si>
   <si>
     <t>Margarodes vitis (as Cactaceae)</t>
   </si>
   <si>
     <t>* Giliomee J, de Klerk C &amp; Watson GW (2022) 3.3.4 Margarodes spp. In: Encyclopedia of Scale Insect Pests (Eds Kondo T &amp; Watson GW), pp. 69-73. CAB International, Wallingford (UK).</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii</t>
   </si>
   <si>
     <t>* Salinas‐Castro A, Navarro‐de la Fuente L, Lima‐Rivera D, Núñez‐Camargo MD, López‐Lima D (2025) First report of Meloidogyne enterolobii infecting dragon fruit (Selenicereus undatus) in México. Journal of Phytopathology 173(4), e70143.</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii (as Selenicereus)</t>
   </si>
   <si>
     <t>* Gitonga D, Kassam R, Lasa MA, Hajihassani A (2024) First report of Meloidogyne enterolobii infecting dragon fruit, Hylocereus spp., in the United States. New Disease Reports 50(1), e12297. https://doi.org/10.1002/ndr2.12297</t>
   </si>
@@ -493,51 +502,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D14"/>
+  <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="426.896" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -610,65 +619,65 @@
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
@@ -701,50 +710,64 @@
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>42</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" t="s">
+        <v>4</v>
+      </c>
+      <c r="B15" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" t="s">
+        <v>44</v>
+      </c>
+      <c r="D15" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">