--- v0 (2025-10-07)
+++ v1 (2026-02-27)
@@ -12,74 +12,83 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HCRCO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>CACTCA</t>
   </si>
   <si>
     <t>Cactoblastis cactorum</t>
   </si>
   <si>
     <t>* Hoshino AT, Androcioli HG, Caviglione JH, Auler PA, Menezes-Junior AO (2021) First Record of Cactoblastis cactorum berg, 1885 (Lepidoptera: Pyralidae) in Hylocereus lemairei (hook.) britton &amp; rose and H. costaricensis (FAC weber) britton &amp; rose (cactaceae) in Brazil. Brazilian Journal of Biology 82, e238020.</t>
+  </si>
+  <si>
+    <t>HELIAR</t>
+  </si>
+  <si>
+    <t>Helicoverpa armigera</t>
+  </si>
+  <si>
+    <t>* Venugopal U, Thirupathaiah G, Sindhura KA, Reddy SK (2025) First documentation of Helicoverpa armigera (Hubner) infestation on vegetative tissues of dragon fruit in Telangana, India. Pest Management in Horticultural Ecosystems 31(1), 97-99.</t>
   </si>
   <si>
     <t>MARGVI</t>
   </si>
   <si>
     <t>Margarodes vitis (as Cactaceae)</t>
   </si>
   <si>
     <t>* Giliomee J, de Klerk C &amp; Watson GW (2022) 3.3.4 Margarodes spp. In: Encyclopedia of Scale Insect Pests (Eds Kondo T &amp; Watson GW), pp. 69-73. CAB International, Wallingford (UK).</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii</t>
   </si>
   <si>
     <t>* Wu C, Chen D, Lin S, Wang R, Zhang X, Wu H, Yang S (2023) First report of Guava Root-Knot Nematode (Meloidogyne enterolobii) on Selenicereus costaricensis in Guangxi, China. Plant Disease 107(12), 4034. https://doi.org/10.1094/PDIS-04-23-0736-PDN</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii (as Selenicereus)</t>
   </si>
   <si>
     <t>* Gitonga D, Kassam R, Lasa MA, Hajihassani A (2024) First report of Meloidogyne enterolobii infecting dragon fruit, Hylocereus spp., in the United States. New Disease Reports 50(1), e12297. https://doi.org/10.1002/ndr2.12297</t>
   </si>
@@ -436,51 +445,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D8"/>
+  <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -511,99 +520,113 @@
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">