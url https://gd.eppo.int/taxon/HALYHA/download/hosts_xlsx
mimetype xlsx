--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HALYHA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="485">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="488">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ABEGF</t>
   </si>
   <si>
     <t>Abelia x grandiflora</t>
   </si>
   <si>
     <t>* Bergmann E, Bernhard KM, Bernon G, Bickerton M, Gill S, Gonzales C, Hamilton GC, Hedstrom C, Kamminga K, Koplinka-Loehr C, Krawczyk G, Kuhar TP, Kunkel B, Lee J, Leskey TC, Martinson H, Nielsen AL, Raupp M, Shearer P, Shrewsbury P, Walgenbach J, Whalen J, Wiman N (online) Host Plants of the Brown Marmorated Stink Bug in the U.S. https://www.stopbmsb.org/where-is-bmsb/host-plants</t>
   </si>
   <si>
@@ -1335,50 +1335,59 @@
   <si>
     <t>Sassafras albidum</t>
   </si>
   <si>
     <t>* Bergmann E, Bernhard KM, Bernon G, Bickerton M, Gill S, Gonzales C, Hamilton GC, Hedstrom C, Kamminga K, Koplinka-Loehr C, Krawczyk G, Kuhar TP, Kunkel B, Lee J, Leskey TC, Martinson H, Nielsen AL, Raupp M, Shearer P, Shrewsbury P, Walgenbach J, Whalen J, Wiman N (online) Host Plants of the Brown Marmorated Stink Bug in the U.S. https://www.stopbmsb.org/where-is-bmsb/host-plants
 * Tillman PG, Kesheimer, KA, Hirsch KL, Grabarczyk EE (2023) Assessment of development, parasitism, and predation of Halyomorpha halys (Hemiptera: Pentatomidae) in Sassafras (Lauraceae) in Southeastern US agroecosystems. Florida Entomologist 106(1), 16-21.
 ------- Reproductive host.</t>
   </si>
   <si>
     <t>SECCE</t>
   </si>
   <si>
     <t>Secale cereale</t>
   </si>
   <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
   <si>
     <t>SOLME</t>
   </si>
   <si>
     <t>Solanum melongena</t>
+  </si>
+  <si>
+    <t>SOLMU</t>
+  </si>
+  <si>
+    <t>Solanum muricatum</t>
+  </si>
+  <si>
+    <t>* Ishikawa T, Takahata K (2019) Insect and mite pests of pepino (Solanum muricatum Ait.) in Japan. Biodiversity Data Journal 7, e36453. https://doi.org/10.3897/BDJ.7.e36453</t>
   </si>
   <si>
     <t>SOUAM</t>
   </si>
   <si>
     <t>Sorbus americana</t>
   </si>
   <si>
     <t>SOUAI</t>
   </si>
   <si>
     <t>Sorbus aria</t>
   </si>
   <si>
     <t>SPVJA</t>
   </si>
   <si>
     <t>Spiraea japonica</t>
   </si>
   <si>
     <t>SWTPS</t>
   </si>
   <si>
     <t>Stewartia pseudocamellia</t>
   </si>
@@ -1886,51 +1895,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D217"/>
+  <dimension ref="A1:D218"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -4543,443 +4552,457 @@
     <row r="188" spans="1:4">
       <c r="A188" t="s">
         <v>4</v>
       </c>
       <c r="B188" t="s">
         <v>419</v>
       </c>
       <c r="C188" t="s">
         <v>420</v>
       </c>
       <c r="D188" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
         <v>4</v>
       </c>
       <c r="B189" t="s">
         <v>421</v>
       </c>
       <c r="C189" t="s">
         <v>422</v>
       </c>
       <c r="D189" t="s">
-        <v>7</v>
+        <v>423</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
         <v>4</v>
       </c>
       <c r="B190" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C190" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D190" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
         <v>4</v>
       </c>
       <c r="B191" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C191" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D191" t="s">
-        <v>71</v>
+        <v>7</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
         <v>4</v>
       </c>
       <c r="B192" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C192" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D192" t="s">
-        <v>429</v>
+        <v>71</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
         <v>4</v>
       </c>
       <c r="B193" t="s">
         <v>430</v>
       </c>
       <c r="C193" t="s">
         <v>431</v>
       </c>
       <c r="D193" t="s">
-        <v>7</v>
+        <v>432</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
         <v>4</v>
       </c>
       <c r="B194" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C194" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D194" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
         <v>4</v>
       </c>
       <c r="B195" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C195" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D195" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
         <v>4</v>
       </c>
       <c r="B196" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C196" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D196" t="s">
-        <v>438</v>
+        <v>7</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
         <v>4</v>
       </c>
       <c r="B197" t="s">
         <v>439</v>
       </c>
       <c r="C197" t="s">
         <v>440</v>
       </c>
       <c r="D197" t="s">
-        <v>7</v>
+        <v>441</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
         <v>4</v>
       </c>
       <c r="B198" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C198" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D198" t="s">
-        <v>71</v>
+        <v>7</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
         <v>4</v>
       </c>
       <c r="B199" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C199" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D199" t="s">
-        <v>7</v>
+        <v>71</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
         <v>4</v>
       </c>
       <c r="B200" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C200" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D200" t="s">
-        <v>25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
         <v>4</v>
       </c>
       <c r="B201" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C201" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D201" t="s">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>4</v>
       </c>
       <c r="B202" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C202" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D202" t="s">
-        <v>74</v>
+        <v>7</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
         <v>4</v>
       </c>
       <c r="B203" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C203" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D203" t="s">
-        <v>7</v>
+        <v>74</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
         <v>4</v>
       </c>
       <c r="B204" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C204" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D204" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
         <v>4</v>
       </c>
       <c r="B205" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C205" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D205" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
         <v>4</v>
       </c>
       <c r="B206" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C206" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D206" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
         <v>4</v>
       </c>
       <c r="B207" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C207" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D207" t="s">
-        <v>71</v>
+        <v>7</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
         <v>4</v>
       </c>
       <c r="B208" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C208" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D208" t="s">
-        <v>7</v>
+        <v>71</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
         <v>4</v>
       </c>
       <c r="B209" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C209" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D209" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
         <v>4</v>
       </c>
       <c r="B210" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C210" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D210" t="s">
-        <v>467</v>
+        <v>7</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
         <v>4</v>
       </c>
       <c r="B211" t="s">
         <v>468</v>
       </c>
       <c r="C211" t="s">
         <v>469</v>
       </c>
       <c r="D211" t="s">
-        <v>202</v>
+        <v>470</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
         <v>4</v>
       </c>
       <c r="B212" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C212" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D212" t="s">
-        <v>7</v>
+        <v>202</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
         <v>4</v>
       </c>
       <c r="B213" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C213" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D213" t="s">
-        <v>71</v>
+        <v>7</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
         <v>4</v>
       </c>
       <c r="B214" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C214" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D214" t="s">
-        <v>7</v>
+        <v>71</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
         <v>4</v>
       </c>
       <c r="B215" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C215" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D215" t="s">
-        <v>478</v>
+        <v>7</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
         <v>4</v>
       </c>
       <c r="B216" t="s">
         <v>479</v>
       </c>
       <c r="C216" t="s">
         <v>480</v>
       </c>
       <c r="D216" t="s">
-        <v>25</v>
+        <v>481</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>481</v>
+        <v>4</v>
       </c>
       <c r="B217" t="s">
         <v>482</v>
       </c>
       <c r="C217" t="s">
         <v>483</v>
       </c>
       <c r="D217" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4">
+      <c r="A218" t="s">
         <v>484</v>
+      </c>
+      <c r="B218" t="s">
+        <v>485</v>
+      </c>
+      <c r="C218" t="s">
+        <v>486</v>
+      </c>
+      <c r="D218" t="s">
+        <v>487</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">