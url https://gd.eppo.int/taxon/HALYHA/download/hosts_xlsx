--- v1 (2025-10-28)
+++ v2 (2026-02-07)
@@ -355,51 +355,51 @@
   <si>
     <t>Betula pendula</t>
   </si>
   <si>
     <t>BOROF</t>
   </si>
   <si>
     <t>Borago officinalis</t>
   </si>
   <si>
     <t>BRSJU</t>
   </si>
   <si>
     <t>Brassica juncea</t>
   </si>
   <si>
     <t>BRSOX</t>
   </si>
   <si>
     <t>Brassica oleracea</t>
   </si>
   <si>
     <t>BUDDA</t>
   </si>
   <si>
-    <t>Buddleia davidii</t>
+    <t>Buddleja davidii</t>
   </si>
   <si>
     <t>* Holthouse MC, Spears LR, Alston DG (2021) Urban host plant utilisation by the invasive Halyomorpha halys (Stål) (Hemiptera, Pentatomidae) in northern Utah. NeoBiota 64, 87–101. https://doi.org/10.3897/neobiota.64.60050
 * Wermelinger B, Wyniger D, Forster B (2008) First records of an invasive bug in Europe: Halyomorpha halys Stål (Heteroptera: Pentatomidae), a new pest on woody ornamentals and fruit trees? Mitteilungen der Schweizerischen Entomologischen Gesellschaft 81, 1-8.</t>
   </si>
   <si>
     <t>CMIRA</t>
   </si>
   <si>
     <t>Campsis radicans</t>
   </si>
   <si>
     <t>* Holthouse MC, Spears LR, Alston DG (2021) Urban host plant utilisation by the invasive Halyomorpha halys (Stål) (Hemiptera, Pentatomidae) in northern Utah. NeoBiota 64, 87–101. https://doi.org/10.3897/neobiota.64.60050
 * Mityushev IM (2021) Host plants of Halyomorpha halys in the urban ecosystem on the Azov Sea Coast of Russia. EPPO Bulletin 51(2), 305-310.
 ------- Abundant on this plant but no significant damage observed in the studied area.</t>
   </si>
   <si>
     <t>CNISA</t>
   </si>
   <si>
     <t>Cannabis sativa</t>
   </si>
   <si>
     <t>CPSAN</t>
   </si>