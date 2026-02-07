--- v0 (2025-10-08)
+++ v1 (2026-02-07)
@@ -809,51 +809,51 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
@@ -3421,51 +3421,51 @@
       <c r="B112" t="s">
         <v>61</v>
       </c>
       <c r="C112"/>
       <c r="D112" t="s">
         <v>233</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
         <v>212</v>
       </c>
       <c r="B113" t="s">
         <v>234</v>
       </c>
       <c r="C113"/>
       <c r="D113" t="s">
         <v>235</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
         <v>212</v>
       </c>
       <c r="B114" t="s">
         <v>236</v>
       </c>
       <c r="C114"/>
       <c r="D114" t="s">
         <v>237</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
         <v>212</v>
       </c>
       <c r="B115" t="s">
         <v>238</v>
       </c>