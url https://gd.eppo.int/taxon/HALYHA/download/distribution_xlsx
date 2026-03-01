--- v1 (2026-02-07)
+++ v2 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HALYHA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="303">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="304">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
@@ -873,50 +873,53 @@
     <t>ci</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
+  </si>
+  <si>
+    <t>Transient</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>England</t>
   </si>
   <si>
     <t>en</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Absent, pest eradicated</t>
   </si>
@@ -3873,171 +3876,171 @@
       <c r="B139" t="s">
         <v>283</v>
       </c>
       <c r="C139"/>
       <c r="D139" t="s">
         <v>284</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
         <v>212</v>
       </c>
       <c r="B140" t="s">
         <v>285</v>
       </c>
       <c r="C140"/>
       <c r="D140" t="s">
         <v>286</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
-        <v>12</v>
+        <v>287</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
         <v>212</v>
       </c>
       <c r="B141" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C141"/>
       <c r="D141" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
         <v>212</v>
       </c>
       <c r="B142" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C142" t="s">
+        <v>290</v>
+      </c>
+      <c r="D142" t="s">
         <v>289</v>
       </c>
-      <c r="D142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E142" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F142" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B143" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C143"/>
       <c r="D143" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B144" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C144" t="s">
+        <v>296</v>
+      </c>
+      <c r="D144" t="s">
+        <v>294</v>
+      </c>
+      <c r="E144" t="s">
+        <v>297</v>
+      </c>
+      <c r="F144" t="s">
         <v>295</v>
-      </c>
-[...7 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B145" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C145" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D145" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E145" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F145" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B146" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C146"/>
       <c r="D146" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B147" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C147"/>
       <c r="D147" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>