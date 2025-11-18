--- v0 (2025-10-09)
+++ v1 (2025-11-18)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> (de Candolle) Gardner</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Senegal tea, giant green hygro, spade-leaf plant, temple plant, water snowball (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId932468e707e019293" w:history="1">
+            <w:hyperlink r:id="rId9733691cc508eaeb9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353668e707e019321" w:history="1">
+            <w:hyperlink r:id="rId6799691cc508eb1a4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GYNSP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98589042" name="name182868e707e019ad6" descr="5036.jpg"/>
+                  <wp:docPr id="22220234" name="name7070691cc508eb338" descr="5036.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5036.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId993668e707e019ad4" cstate="print"/>
+                          <a:blip r:embed="rId7636691cc508eb335" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId234068e707e019bfe" w:history="1">
+            <w:hyperlink r:id="rId9694691cc508eb5a6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -934,63 +934,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1964693" name="name413968e707e01a9eb" descr="GYNSP_distribution_map.jpg"/>
+            <wp:docPr id="39788770" name="name7236691cc508ece98" descr="GYNSP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GYNSP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId735268e707e01a9e9" cstate="print"/>
+                    <a:blip r:embed="rId2997691cc508ece95" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2737,51 +2737,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2016) Weeds in Australia: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnocoronis spilanthoides. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId276768e707e01bb17" w:history="1">
+      <w:hyperlink r:id="rId4764691cc508ef2b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=12850</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3037,51 +3037,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Champion PD, Rowe D &amp; Clayton JS (2002) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lake Manager Handbook: Alien Invaders. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId595668e707e01c2a6" w:history="1">
+      <w:hyperlink r:id="rId2631691cc508f00a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mfe.govt.nz/sites/default/file s/lm-alien-invaders-jun02.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3154,90 +3154,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CRC for Australian Weed Management (2003) Senegal tea plant – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnocoronis spilanthoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> weed management guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId454768e707e01c36a" w:history="1">
+      <w:hyperlink r:id="rId2714691cc508f05a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/biodiversity/invasive/weeds/publications/guidelines/alert/pubs/g-spilanthoides.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Csurhes S &amp; Edwards R (1998) National weeds program: potential environmental weeds in Australia. Candidate species for preventative control. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId323768e707e01c3e1" w:history="1">
+      <w:hyperlink r:id="rId3847691cc508f0644" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/biodiversity/invasive/weeds/publications/books/pubs/potential.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3270,51 +3270,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest Risk Analysis Gymnocoronis spilanthoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId554568e707e01c461" w:history="1">
+      <w:hyperlink r:id="rId4294691cc508f06cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11th November 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3367,51 +3367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Howell CJ (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Consolidated List of Environmental Weeds in New Zealand</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Science &amp; Technical Publication, Department of Conservation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId711868e707e01c556" w:history="1">
+      <w:hyperlink r:id="rId6018691cc508f080d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.doc.govt.nz/documents/science-and-technical/drds292.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3732,51 +3732,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New South Wales Department of Primary Industries (2014) Senegal tea plant (Gymnocoronis spilanthoides) http://weeds.dpi.nsw.gov.au/ Weeds/Details/169 [accessed on 3 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Plant Conservation Network (2013) Gymnocoronis spilanthoides factsheet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId943268e707e01c878" w:history="1">
+      <w:hyperlink r:id="rId2884691cc508f0bd6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nzpcn.org.nz/flora_details.asp?ID=4031</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4242,51 +4242,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 144–145. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA National Resource Conservation Service (2016) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538968e707e01cc23" w:history="1">
+      <w:hyperlink r:id="rId9144691cc508f137b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants. usda.gov/java/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 March 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4437,51 +4437,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Science Society of America (WSSA) (2012) Fact sheet for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gymnocoronis spilanthoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId540768e707e01cd5e" w:history="1">
+      <w:hyperlink r:id="rId8983691cc508f1501" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wssa.net/wp-content/uploads/ Gymnocoronis-spilanthoides.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4625,51 +4625,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnocoronis spilanthoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId124568e707e01cea1" w:history="1">
+      <w:hyperlink r:id="rId6532691cc508f1799" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4745,51 +4745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 544-548. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId734868e707e01cf68" w:history="1">
+      <w:hyperlink r:id="rId4888691cc508f1893" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12430</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -4876,137 +4876,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19058470">
+  <w:abstractNum w:abstractNumId="77887149">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67739639">
+    <w:lvl w:ilvl="0" w:tplc="29446977">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67739639" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29446977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67739639" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29446977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67739639" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29446977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67739639" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29446977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67739639" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29446977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67739639" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29446977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67739639" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29446977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67739639" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29446977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19058469">
+  <w:abstractNum w:abstractNumId="77887148">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85514407">
+    <w:lvl w:ilvl="0" w:tplc="70716063">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5758,55 +5758,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19058469">
-    <w:abstractNumId w:val="19058469"/>
+  <w:num w:numId="77887148">
+    <w:abstractNumId w:val="77887148"/>
   </w:num>
-  <w:num w:numId="19058470">
-    <w:abstractNumId w:val="19058470"/>
+  <w:num w:numId="77887149">
+    <w:abstractNumId w:val="77887149"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17356,51 +17356,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId454398404" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId216294051" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId932468e707e019293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/" TargetMode="External"/><Relationship Id="rId353668e707e019321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/categorization" TargetMode="External"/><Relationship Id="rId234068e707e019bfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/photos" TargetMode="External"/><Relationship Id="rId276768e707e01bb17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=12850" TargetMode="External"/><Relationship Id="rId595668e707e01c2a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mfe.govt.nz/sites/default/file%20s/lm-alien-invaders-jun02.pdf" TargetMode="External"/><Relationship Id="rId454768e707e01c36a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/biodiversity/invasive/weeds/publications/guidelines/alert/pubs/g-spilanthoides.pdf" TargetMode="External"/><Relationship Id="rId323768e707e01c3e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/biodiversity/invasive/weeds/publications/books/pubs/potential.pdf" TargetMode="External"/><Relationship Id="rId554568e707e01c461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId711868e707e01c556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/drds292.pdf" TargetMode="External"/><Relationship Id="rId943268e707e01c878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nzpcn.org.nz/flora_details.asp?ID=4031" TargetMode="External"/><Relationship Id="rId538968e707e01cc23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.%20usda.gov/java/" TargetMode="External"/><Relationship Id="rId540768e707e01cd5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/%20Gymnocoronis-spilanthoides.pdf" TargetMode="External"/><Relationship Id="rId124568e707e01cea1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId734868e707e01cf68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12430" TargetMode="External"/><Relationship Id="rId993668e707e019ad4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId993668e707e019ad4.jpg"/><Relationship Id="rId735268e707e01a9e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId735268e707e01a9e9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId790117949" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId442607789" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9733691cc508eaeb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/" TargetMode="External"/><Relationship Id="rId6799691cc508eb1a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/categorization" TargetMode="External"/><Relationship Id="rId9694691cc508eb5a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/photos" TargetMode="External"/><Relationship Id="rId4764691cc508ef2b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=12850" TargetMode="External"/><Relationship Id="rId2631691cc508f00a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mfe.govt.nz/sites/default/file%20s/lm-alien-invaders-jun02.pdf" TargetMode="External"/><Relationship Id="rId2714691cc508f05a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/biodiversity/invasive/weeds/publications/guidelines/alert/pubs/g-spilanthoides.pdf" TargetMode="External"/><Relationship Id="rId3847691cc508f0644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/biodiversity/invasive/weeds/publications/books/pubs/potential.pdf" TargetMode="External"/><Relationship Id="rId4294691cc508f06cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId6018691cc508f080d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/drds292.pdf" TargetMode="External"/><Relationship Id="rId2884691cc508f0bd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nzpcn.org.nz/flora_details.asp?ID=4031" TargetMode="External"/><Relationship Id="rId9144691cc508f137b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.%20usda.gov/java/" TargetMode="External"/><Relationship Id="rId8983691cc508f1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/%20Gymnocoronis-spilanthoides.pdf" TargetMode="External"/><Relationship Id="rId6532691cc508f1799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4888691cc508f1893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12430" TargetMode="External"/><Relationship Id="rId7636691cc508eb335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7636691cc508eb335.jpg"/><Relationship Id="rId2997691cc508ece95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2997691cc508ece95.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>