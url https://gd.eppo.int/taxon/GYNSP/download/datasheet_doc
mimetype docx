--- v1 (2025-11-18)
+++ v2 (2026-01-21)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> (de Candolle) Gardner</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Senegal tea, giant green hygro, spade-leaf plant, temple plant, water snowball (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9733691cc508eaeb9" w:history="1">
+            <w:hyperlink r:id="rId136969709f82e2004" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6799691cc508eb1a4" w:history="1">
+            <w:hyperlink r:id="rId198469709f82e209b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GYNSP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="22220234" name="name7070691cc508eb338" descr="5036.jpg"/>
+                  <wp:docPr id="36115939" name="name226669709f82e2697" descr="5036.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5036.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7636691cc508eb335" cstate="print"/>
+                          <a:blip r:embed="rId905369709f82e2695" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9694691cc508eb5a6" w:history="1">
+            <w:hyperlink r:id="rId406869709f82e27f5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -934,63 +934,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39788770" name="name7236691cc508ece98" descr="GYNSP_distribution_map.jpg"/>
+            <wp:docPr id="45251558" name="name808669709f82e3a07" descr="GYNSP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GYNSP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2997691cc508ece95" cstate="print"/>
+                    <a:blip r:embed="rId191669709f82e3a05" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2737,51 +2737,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2016) Weeds in Australia: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnocoronis spilanthoides. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4764691cc508ef2b1" w:history="1">
+      <w:hyperlink r:id="rId375469709f82e4945" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=12850</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3037,51 +3037,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Champion PD, Rowe D &amp; Clayton JS (2002) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lake Manager Handbook: Alien Invaders. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2631691cc508f00a5" w:history="1">
+      <w:hyperlink r:id="rId825869709f82e4b3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mfe.govt.nz/sites/default/file s/lm-alien-invaders-jun02.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3154,90 +3154,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CRC for Australian Weed Management (2003) Senegal tea plant – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnocoronis spilanthoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> weed management guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2714691cc508f05a4" w:history="1">
+      <w:hyperlink r:id="rId100369709f82e4bff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/biodiversity/invasive/weeds/publications/guidelines/alert/pubs/g-spilanthoides.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Csurhes S &amp; Edwards R (1998) National weeds program: potential environmental weeds in Australia. Candidate species for preventative control. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3847691cc508f0644" w:history="1">
+      <w:hyperlink r:id="rId537569709f82e4c3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/biodiversity/invasive/weeds/publications/books/pubs/potential.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3270,51 +3270,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest Risk Analysis Gymnocoronis spilanthoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4294691cc508f06cc" w:history="1">
+      <w:hyperlink r:id="rId451169709f82e4cbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11th November 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3367,51 +3367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Howell CJ (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Consolidated List of Environmental Weeds in New Zealand</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Science &amp; Technical Publication, Department of Conservation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6018691cc508f080d" w:history="1">
+      <w:hyperlink r:id="rId797769709f82e4d58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.doc.govt.nz/documents/science-and-technical/drds292.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3732,51 +3732,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New South Wales Department of Primary Industries (2014) Senegal tea plant (Gymnocoronis spilanthoides) http://weeds.dpi.nsw.gov.au/ Weeds/Details/169 [accessed on 3 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Plant Conservation Network (2013) Gymnocoronis spilanthoides factsheet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2884691cc508f0bd6" w:history="1">
+      <w:hyperlink r:id="rId134569709f82e50ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nzpcn.org.nz/flora_details.asp?ID=4031</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4242,51 +4242,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 144–145. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA National Resource Conservation Service (2016) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9144691cc508f137b" w:history="1">
+      <w:hyperlink r:id="rId559869709f82e541c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants. usda.gov/java/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 March 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4437,51 +4437,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Science Society of America (WSSA) (2012) Fact sheet for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gymnocoronis spilanthoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8983691cc508f1501" w:history="1">
+      <w:hyperlink r:id="rId779669709f82e5556" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wssa.net/wp-content/uploads/ Gymnocoronis-spilanthoides.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4603,73 +4603,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnocoronis spilanthoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6532691cc508f1799" w:history="1">
+      <w:hyperlink r:id="rId525269709f82e5691" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4745,51 +4745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 544-548. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4888691cc508f1893" w:history="1">
+      <w:hyperlink r:id="rId950569709f82e5756" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12430</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -4876,137 +4876,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77887149">
+  <w:abstractNum w:abstractNumId="23793818">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29446977">
+    <w:lvl w:ilvl="0" w:tplc="52616473">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29446977" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52616473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29446977" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52616473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29446977" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52616473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29446977" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52616473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29446977" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52616473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29446977" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52616473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29446977" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52616473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29446977" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52616473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77887148">
+  <w:abstractNum w:abstractNumId="23793817">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70716063">
+    <w:lvl w:ilvl="0" w:tplc="31003560">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5758,55 +5758,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77887148">
-    <w:abstractNumId w:val="77887148"/>
+  <w:num w:numId="23793817">
+    <w:abstractNumId w:val="23793817"/>
   </w:num>
-  <w:num w:numId="77887149">
-    <w:abstractNumId w:val="77887149"/>
+  <w:num w:numId="23793818">
+    <w:abstractNumId w:val="23793818"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17356,51 +17356,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId790117949" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId442607789" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9733691cc508eaeb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/" TargetMode="External"/><Relationship Id="rId6799691cc508eb1a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/categorization" TargetMode="External"/><Relationship Id="rId9694691cc508eb5a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/photos" TargetMode="External"/><Relationship Id="rId4764691cc508ef2b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=12850" TargetMode="External"/><Relationship Id="rId2631691cc508f00a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mfe.govt.nz/sites/default/file%20s/lm-alien-invaders-jun02.pdf" TargetMode="External"/><Relationship Id="rId2714691cc508f05a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/biodiversity/invasive/weeds/publications/guidelines/alert/pubs/g-spilanthoides.pdf" TargetMode="External"/><Relationship Id="rId3847691cc508f0644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/biodiversity/invasive/weeds/publications/books/pubs/potential.pdf" TargetMode="External"/><Relationship Id="rId4294691cc508f06cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId6018691cc508f080d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/drds292.pdf" TargetMode="External"/><Relationship Id="rId2884691cc508f0bd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nzpcn.org.nz/flora_details.asp?ID=4031" TargetMode="External"/><Relationship Id="rId9144691cc508f137b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.%20usda.gov/java/" TargetMode="External"/><Relationship Id="rId8983691cc508f1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/%20Gymnocoronis-spilanthoides.pdf" TargetMode="External"/><Relationship Id="rId6532691cc508f1799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4888691cc508f1893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12430" TargetMode="External"/><Relationship Id="rId7636691cc508eb335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7636691cc508eb335.jpg"/><Relationship Id="rId2997691cc508ece95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2997691cc508ece95.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId554767474" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId906993012" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId136969709f82e2004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/" TargetMode="External"/><Relationship Id="rId198469709f82e209b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/categorization" TargetMode="External"/><Relationship Id="rId406869709f82e27f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/photos" TargetMode="External"/><Relationship Id="rId375469709f82e4945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=12850" TargetMode="External"/><Relationship Id="rId825869709f82e4b3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mfe.govt.nz/sites/default/file%20s/lm-alien-invaders-jun02.pdf" TargetMode="External"/><Relationship Id="rId100369709f82e4bff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/biodiversity/invasive/weeds/publications/guidelines/alert/pubs/g-spilanthoides.pdf" TargetMode="External"/><Relationship Id="rId537569709f82e4c3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/biodiversity/invasive/weeds/publications/books/pubs/potential.pdf" TargetMode="External"/><Relationship Id="rId451169709f82e4cbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId797769709f82e4d58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/drds292.pdf" TargetMode="External"/><Relationship Id="rId134569709f82e50ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nzpcn.org.nz/flora_details.asp?ID=4031" TargetMode="External"/><Relationship Id="rId559869709f82e541c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.%20usda.gov/java/" TargetMode="External"/><Relationship Id="rId779669709f82e5556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/%20Gymnocoronis-spilanthoides.pdf" TargetMode="External"/><Relationship Id="rId525269709f82e5691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId950569709f82e5756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12430" TargetMode="External"/><Relationship Id="rId905369709f82e2695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId905369709f82e2695.jpg"/><Relationship Id="rId191669709f82e3a05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId191669709f82e3a05.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>