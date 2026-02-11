--- v2 (2026-01-21)
+++ v3 (2026-02-11)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> (de Candolle) Gardner</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Senegal tea, giant green hygro, spade-leaf plant, temple plant, water snowball (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136969709f82e2004" w:history="1">
+            <w:hyperlink r:id="rId6394698c3edd60055" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198469709f82e209b" w:history="1">
+            <w:hyperlink r:id="rId1199698c3edd600be" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GYNSP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="36115939" name="name226669709f82e2697" descr="5036.jpg"/>
+                  <wp:docPr id="47592376" name="name9921698c3edd60666" descr="5036.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5036.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId905369709f82e2695" cstate="print"/>
+                          <a:blip r:embed="rId7533698c3edd60664" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId406869709f82e27f5" w:history="1">
+            <w:hyperlink r:id="rId7465698c3edd60757" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -934,63 +934,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45251558" name="name808669709f82e3a07" descr="GYNSP_distribution_map.jpg"/>
+            <wp:docPr id="12352287" name="name8186698c3edd619c3" descr="GYNSP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GYNSP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId191669709f82e3a05" cstate="print"/>
+                    <a:blip r:embed="rId9195698c3edd619ba" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2737,51 +2737,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2016) Weeds in Australia: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnocoronis spilanthoides. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375469709f82e4945" w:history="1">
+      <w:hyperlink r:id="rId8733698c3edd62f00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=12850</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3037,51 +3037,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Champion PD, Rowe D &amp; Clayton JS (2002) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lake Manager Handbook: Alien Invaders. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId825869709f82e4b3f" w:history="1">
+      <w:hyperlink r:id="rId9910698c3edd630ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mfe.govt.nz/sites/default/file s/lm-alien-invaders-jun02.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3154,90 +3154,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CRC for Australian Weed Management (2003) Senegal tea plant – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnocoronis spilanthoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> weed management guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId100369709f82e4bff" w:history="1">
+      <w:hyperlink r:id="rId7942698c3edd631a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/biodiversity/invasive/weeds/publications/guidelines/alert/pubs/g-spilanthoides.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Csurhes S &amp; Edwards R (1998) National weeds program: potential environmental weeds in Australia. Candidate species for preventative control. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId537569709f82e4c3f" w:history="1">
+      <w:hyperlink r:id="rId3617698c3edd631e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/biodiversity/invasive/weeds/publications/books/pubs/potential.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3270,51 +3270,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest Risk Analysis Gymnocoronis spilanthoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId451169709f82e4cbb" w:history="1">
+      <w:hyperlink r:id="rId3963698c3edd6325f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11th November 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3367,51 +3367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Howell CJ (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Consolidated List of Environmental Weeds in New Zealand</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Science &amp; Technical Publication, Department of Conservation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId797769709f82e4d58" w:history="1">
+      <w:hyperlink r:id="rId4468698c3edd63302" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.doc.govt.nz/documents/science-and-technical/drds292.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3732,51 +3732,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New South Wales Department of Primary Industries (2014) Senegal tea plant (Gymnocoronis spilanthoides) http://weeds.dpi.nsw.gov.au/ Weeds/Details/169 [accessed on 3 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Plant Conservation Network (2013) Gymnocoronis spilanthoides factsheet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId134569709f82e50ad" w:history="1">
+      <w:hyperlink r:id="rId1403698c3edd63550" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nzpcn.org.nz/flora_details.asp?ID=4031</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4242,51 +4242,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 144–145. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA National Resource Conservation Service (2016) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId559869709f82e541c" w:history="1">
+      <w:hyperlink r:id="rId3273698c3edd63876" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants. usda.gov/java/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 March 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4437,51 +4437,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Science Society of America (WSSA) (2012) Fact sheet for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gymnocoronis spilanthoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId779669709f82e5556" w:history="1">
+      <w:hyperlink r:id="rId8783698c3edd639c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wssa.net/wp-content/uploads/ Gymnocoronis-spilanthoides.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4625,51 +4625,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnocoronis spilanthoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId525269709f82e5691" w:history="1">
+      <w:hyperlink r:id="rId1654698c3edd63afb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4745,51 +4745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 544-548. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId950569709f82e5756" w:history="1">
+      <w:hyperlink r:id="rId4099698c3edd63bbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12430</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -4876,137 +4876,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23793818">
+  <w:abstractNum w:abstractNumId="71201878">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52616473">
+    <w:lvl w:ilvl="0" w:tplc="80435510">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52616473" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80435510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52616473" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80435510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52616473" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80435510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52616473" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80435510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52616473" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80435510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52616473" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80435510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52616473" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80435510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52616473" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80435510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23793817">
+  <w:abstractNum w:abstractNumId="71201877">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31003560">
+    <w:lvl w:ilvl="0" w:tplc="30579564">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5758,55 +5758,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23793817">
-    <w:abstractNumId w:val="23793817"/>
+  <w:num w:numId="71201877">
+    <w:abstractNumId w:val="71201877"/>
   </w:num>
-  <w:num w:numId="23793818">
-    <w:abstractNumId w:val="23793818"/>
+  <w:num w:numId="71201878">
+    <w:abstractNumId w:val="71201878"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17356,51 +17356,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId554767474" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId906993012" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId136969709f82e2004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/" TargetMode="External"/><Relationship Id="rId198469709f82e209b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/categorization" TargetMode="External"/><Relationship Id="rId406869709f82e27f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/photos" TargetMode="External"/><Relationship Id="rId375469709f82e4945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=12850" TargetMode="External"/><Relationship Id="rId825869709f82e4b3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mfe.govt.nz/sites/default/file%20s/lm-alien-invaders-jun02.pdf" TargetMode="External"/><Relationship Id="rId100369709f82e4bff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/biodiversity/invasive/weeds/publications/guidelines/alert/pubs/g-spilanthoides.pdf" TargetMode="External"/><Relationship Id="rId537569709f82e4c3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/biodiversity/invasive/weeds/publications/books/pubs/potential.pdf" TargetMode="External"/><Relationship Id="rId451169709f82e4cbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId797769709f82e4d58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/drds292.pdf" TargetMode="External"/><Relationship Id="rId134569709f82e50ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nzpcn.org.nz/flora_details.asp?ID=4031" TargetMode="External"/><Relationship Id="rId559869709f82e541c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.%20usda.gov/java/" TargetMode="External"/><Relationship Id="rId779669709f82e5556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/%20Gymnocoronis-spilanthoides.pdf" TargetMode="External"/><Relationship Id="rId525269709f82e5691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId950569709f82e5756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12430" TargetMode="External"/><Relationship Id="rId905369709f82e2695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId905369709f82e2695.jpg"/><Relationship Id="rId191669709f82e3a05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId191669709f82e3a05.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId767427267" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId467375376" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6394698c3edd60055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/" TargetMode="External"/><Relationship Id="rId1199698c3edd600be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/categorization" TargetMode="External"/><Relationship Id="rId7465698c3edd60757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/photos" TargetMode="External"/><Relationship Id="rId8733698c3edd62f00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=12850" TargetMode="External"/><Relationship Id="rId9910698c3edd630ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mfe.govt.nz/sites/default/file%20s/lm-alien-invaders-jun02.pdf" TargetMode="External"/><Relationship Id="rId7942698c3edd631a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/biodiversity/invasive/weeds/publications/guidelines/alert/pubs/g-spilanthoides.pdf" TargetMode="External"/><Relationship Id="rId3617698c3edd631e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/biodiversity/invasive/weeds/publications/books/pubs/potential.pdf" TargetMode="External"/><Relationship Id="rId3963698c3edd6325f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId4468698c3edd63302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/drds292.pdf" TargetMode="External"/><Relationship Id="rId1403698c3edd63550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nzpcn.org.nz/flora_details.asp?ID=4031" TargetMode="External"/><Relationship Id="rId3273698c3edd63876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.%20usda.gov/java/" TargetMode="External"/><Relationship Id="rId8783698c3edd639c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/%20Gymnocoronis-spilanthoides.pdf" TargetMode="External"/><Relationship Id="rId1654698c3edd63afb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4099698c3edd63bbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12430" TargetMode="External"/><Relationship Id="rId7533698c3edd60664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7533698c3edd60664.jpg"/><Relationship Id="rId9195698c3edd619ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9195698c3edd619ba.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>