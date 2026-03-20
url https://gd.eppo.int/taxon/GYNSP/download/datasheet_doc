--- v3 (2026-02-11)
+++ v4 (2026-03-20)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> (de Candolle) Gardner</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Senegal tea, giant green hygro, spade-leaf plant, temple plant, water snowball (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6394698c3edd60055" w:history="1">
+            <w:hyperlink r:id="rId946469bca5955ed73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1199698c3edd600be" w:history="1">
+            <w:hyperlink r:id="rId425969bca5955eddf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GYNSP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="47592376" name="name9921698c3edd60666" descr="5036.jpg"/>
+                  <wp:docPr id="79050399" name="name956669bca5955f48b" descr="5036.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5036.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7533698c3edd60664" cstate="print"/>
+                          <a:blip r:embed="rId608569bca5955f489" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7465698c3edd60757" w:history="1">
+            <w:hyperlink r:id="rId781369bca5955f5bf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -934,63 +934,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12352287" name="name8186698c3edd619c3" descr="GYNSP_distribution_map.jpg"/>
+            <wp:docPr id="34083225" name="name930069bca5956060e" descr="GYNSP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GYNSP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9195698c3edd619ba" cstate="print"/>
+                    <a:blip r:embed="rId332869bca5956060b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2737,51 +2737,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2016) Weeds in Australia: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnocoronis spilanthoides. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8733698c3edd62f00" w:history="1">
+      <w:hyperlink r:id="rId191369bca59561386" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=12850</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3037,51 +3037,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Champion PD, Rowe D &amp; Clayton JS (2002) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lake Manager Handbook: Alien Invaders. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9910698c3edd630ea" w:history="1">
+      <w:hyperlink r:id="rId717169bca595615cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mfe.govt.nz/sites/default/file s/lm-alien-invaders-jun02.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3154,90 +3154,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CRC for Australian Weed Management (2003) Senegal tea plant – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnocoronis spilanthoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> weed management guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7942698c3edd631a5" w:history="1">
+      <w:hyperlink r:id="rId251669bca59561690" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/biodiversity/invasive/weeds/publications/guidelines/alert/pubs/g-spilanthoides.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Csurhes S &amp; Edwards R (1998) National weeds program: potential environmental weeds in Australia. Candidate species for preventative control. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3617698c3edd631e5" w:history="1">
+      <w:hyperlink r:id="rId107469bca595616d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/biodiversity/invasive/weeds/publications/books/pubs/potential.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3270,51 +3270,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest Risk Analysis Gymnocoronis spilanthoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3963698c3edd6325f" w:history="1">
+      <w:hyperlink r:id="rId843769bca5956174f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11th November 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3367,51 +3367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Howell CJ (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Consolidated List of Environmental Weeds in New Zealand</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Science &amp; Technical Publication, Department of Conservation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4468698c3edd63302" w:history="1">
+      <w:hyperlink r:id="rId812869bca595617ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.doc.govt.nz/documents/science-and-technical/drds292.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3732,51 +3732,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New South Wales Department of Primary Industries (2014) Senegal tea plant (Gymnocoronis spilanthoides) http://weeds.dpi.nsw.gov.au/ Weeds/Details/169 [accessed on 3 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Plant Conservation Network (2013) Gymnocoronis spilanthoides factsheet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1403698c3edd63550" w:history="1">
+      <w:hyperlink r:id="rId302369bca59561a62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nzpcn.org.nz/flora_details.asp?ID=4031</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4242,51 +4242,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 144–145. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA National Resource Conservation Service (2016) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3273698c3edd63876" w:history="1">
+      <w:hyperlink r:id="rId911469bca59561df8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants. usda.gov/java/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 March 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4437,51 +4437,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Science Society of America (WSSA) (2012) Fact sheet for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gymnocoronis spilanthoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8783698c3edd639c0" w:history="1">
+      <w:hyperlink r:id="rId310969bca59561f35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wssa.net/wp-content/uploads/ Gymnocoronis-spilanthoides.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 September 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4625,51 +4625,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnocoronis spilanthoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1654698c3edd63afb" w:history="1">
+      <w:hyperlink r:id="rId326569bca59562075" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4745,51 +4745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 544-548. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4099698c3edd63bbe" w:history="1">
+      <w:hyperlink r:id="rId251769bca5956213d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12430</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -4876,137 +4876,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71201878">
+  <w:abstractNum w:abstractNumId="16233793">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80435510">
+    <w:lvl w:ilvl="0" w:tplc="56350235">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80435510" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56350235" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80435510" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56350235" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80435510" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56350235" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80435510" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56350235" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80435510" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56350235" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80435510" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56350235" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80435510" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56350235" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80435510" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56350235" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71201877">
+  <w:abstractNum w:abstractNumId="16233792">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30579564">
+    <w:lvl w:ilvl="0" w:tplc="40548852">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5758,55 +5758,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71201877">
-    <w:abstractNumId w:val="71201877"/>
+  <w:num w:numId="16233792">
+    <w:abstractNumId w:val="16233792"/>
   </w:num>
-  <w:num w:numId="71201878">
-    <w:abstractNumId w:val="71201878"/>
+  <w:num w:numId="16233793">
+    <w:abstractNumId w:val="16233793"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17356,51 +17356,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId767427267" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId467375376" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6394698c3edd60055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/" TargetMode="External"/><Relationship Id="rId1199698c3edd600be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/categorization" TargetMode="External"/><Relationship Id="rId7465698c3edd60757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/photos" TargetMode="External"/><Relationship Id="rId8733698c3edd62f00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=12850" TargetMode="External"/><Relationship Id="rId9910698c3edd630ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mfe.govt.nz/sites/default/file%20s/lm-alien-invaders-jun02.pdf" TargetMode="External"/><Relationship Id="rId7942698c3edd631a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/biodiversity/invasive/weeds/publications/guidelines/alert/pubs/g-spilanthoides.pdf" TargetMode="External"/><Relationship Id="rId3617698c3edd631e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/biodiversity/invasive/weeds/publications/books/pubs/potential.pdf" TargetMode="External"/><Relationship Id="rId3963698c3edd6325f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId4468698c3edd63302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/drds292.pdf" TargetMode="External"/><Relationship Id="rId1403698c3edd63550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nzpcn.org.nz/flora_details.asp?ID=4031" TargetMode="External"/><Relationship Id="rId3273698c3edd63876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.%20usda.gov/java/" TargetMode="External"/><Relationship Id="rId8783698c3edd639c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/%20Gymnocoronis-spilanthoides.pdf" TargetMode="External"/><Relationship Id="rId1654698c3edd63afb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4099698c3edd63bbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12430" TargetMode="External"/><Relationship Id="rId7533698c3edd60664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7533698c3edd60664.jpg"/><Relationship Id="rId9195698c3edd619ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9195698c3edd619ba.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId432261003" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId688444703" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId946469bca5955ed73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/" TargetMode="External"/><Relationship Id="rId425969bca5955eddf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/categorization" TargetMode="External"/><Relationship Id="rId781369bca5955f5bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYNSP/photos" TargetMode="External"/><Relationship Id="rId191369bca59561386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=12850" TargetMode="External"/><Relationship Id="rId717169bca595615cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mfe.govt.nz/sites/default/file%20s/lm-alien-invaders-jun02.pdf" TargetMode="External"/><Relationship Id="rId251669bca59561690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/biodiversity/invasive/weeds/publications/guidelines/alert/pubs/g-spilanthoides.pdf" TargetMode="External"/><Relationship Id="rId107469bca595616d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/biodiversity/invasive/weeds/publications/books/pubs/potential.pdf" TargetMode="External"/><Relationship Id="rId843769bca5956174f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId812869bca595617ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/drds292.pdf" TargetMode="External"/><Relationship Id="rId302369bca59561a62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nzpcn.org.nz/flora_details.asp?ID=4031" TargetMode="External"/><Relationship Id="rId911469bca59561df8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.%20usda.gov/java/" TargetMode="External"/><Relationship Id="rId310969bca59561f35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/%20Gymnocoronis-spilanthoides.pdf" TargetMode="External"/><Relationship Id="rId326569bca59562075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId251769bca5956213d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12430" TargetMode="External"/><Relationship Id="rId608569bca5955f489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId608569bca5955f489.jpg"/><Relationship Id="rId332869bca5956060b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId332869bca5956060b.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>