--- v0 (2025-10-08)
+++ v1 (2026-02-11)
@@ -101,51 +101,51 @@
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>RPPO/EU</t>
   </si>
   <si>
     <t>COSAVE</t>
   </si>
   <si>
     <t>9D</t>
   </si>
   <si>
     <t>EAEU</t>
   </si>
   <si>
     <t>9M</t>
   </si>