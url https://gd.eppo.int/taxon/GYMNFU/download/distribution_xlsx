--- v0 (2025-10-08)
+++ v1 (2026-02-11)
@@ -275,51 +275,51 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Absent, pest no longer present</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>European Russia</t>
   </si>
   <si>
     <t>ru</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>