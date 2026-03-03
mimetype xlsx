--- v1 (2026-02-11)
+++ v2 (2026-03-03)
@@ -281,54 +281,54 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Absent, pest no longer present</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
-    <t>European Russia</t>
-[...2 lines deleted...]
-    <t>ru</t>
+    <t>Southern Russia</t>
+  </si>
+  <si>
+    <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
@@ -1363,51 +1363,51 @@
       <c r="D38" t="s">
         <v>88</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>47</v>
       </c>
       <c r="B39" t="s">
         <v>87</v>
       </c>
       <c r="C39" t="s">
         <v>89</v>
       </c>
       <c r="D39" t="s">
         <v>88</v>
       </c>
       <c r="E39" t="s">
         <v>90</v>
       </c>
       <c r="F39" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
         <v>47</v>
       </c>
       <c r="B40" t="s">
         <v>91</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
         <v>92</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>47</v>
       </c>
       <c r="B41" t="s">
         <v>93</v>
       </c>