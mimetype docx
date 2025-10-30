--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Hennings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf rust of Japanese pear, leaf rust of juniper, rust of oriental pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId623468e707c09d819" w:history="1">
+            <w:hyperlink r:id="rId614969031602a3a7e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId562468e707c09d85d" w:history="1">
+            <w:hyperlink r:id="rId357169031602a3ad0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GYMNAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="48696597" name="name101768e707c09dfe2" descr="869.jpg"/>
+                  <wp:docPr id="32428550" name="name191669031602a3ba4" descr="869.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="869.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId372468e707c09dfe0" cstate="print"/>
+                          <a:blip r:embed="rId460169031602a3ba3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId682168e707c09e0fe" w:history="1">
+            <w:hyperlink r:id="rId517469031602a3cae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3792,63 +3792,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. asiaticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been recorded only in the Russian Far East (Azbukina, 1984), and this single record has not been confirmed by more recent ones.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8838389" name="name659968e707c0a0128" descr="GYMNAS_distribution_map.jpg"/>
+            <wp:docPr id="75456968" name="name937569031602a645d" descr="GYMNAS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GYMNAS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId211668e707c0a0125" cstate="print"/>
+                    <a:blip r:embed="rId177869031602a645a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6605,51 +6605,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12), 5512, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId537068e707c0a14db" w:history="1">
+      <w:hyperlink r:id="rId555269031602a81e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5512</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6686,51 +6686,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 441-446. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId436868e707c0a156c" w:history="1">
+      <w:hyperlink r:id="rId626269031602a826c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8586,51 +8586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnosporangium asiaticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId199068e707c0a219b" w:history="1">
+      <w:hyperlink r:id="rId719469031602a9073" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8733,81 +8733,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId746468e707c0a2297" w:history="1">
+      <w:hyperlink r:id="rId312669031602a9174" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01713.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40686878" name="name316668e707c0a22f9" descr="eu_funding_250.png"/>
+            <wp:docPr id="94610101" name="name573369031602a91dd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId915568e707c0a22f8" cstate="print"/>
+                    <a:blip r:embed="rId517269031602a91dc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8905,137 +8905,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22604902">
+  <w:abstractNum w:abstractNumId="33664532">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36583861">
+    <w:lvl w:ilvl="0" w:tplc="98711812">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36583861" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98711812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36583861" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98711812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36583861" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98711812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36583861" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98711812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36583861" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98711812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36583861" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98711812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36583861" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98711812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36583861" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98711812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22604901">
+  <w:abstractNum w:abstractNumId="33664531">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19047176">
+    <w:lvl w:ilvl="0" w:tplc="96868373">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9787,55 +9787,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22604901">
-    <w:abstractNumId w:val="22604901"/>
+  <w:num w:numId="33664531">
+    <w:abstractNumId w:val="33664531"/>
   </w:num>
-  <w:num w:numId="22604902">
-    <w:abstractNumId w:val="22604902"/>
+  <w:num w:numId="33664532">
+    <w:abstractNumId w:val="33664532"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21385,51 +21385,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId431524490" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId546695891" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId623468e707c09d819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/" TargetMode="External"/><Relationship Id="rId562468e707c09d85d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/categorization" TargetMode="External"/><Relationship Id="rId682168e707c09e0fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/photos" TargetMode="External"/><Relationship Id="rId537068e707c0a14db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5512" TargetMode="External"/><Relationship Id="rId436868e707c0a156c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId199068e707c0a219b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId746468e707c0a2297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01713.x" TargetMode="External"/><Relationship Id="rId372468e707c09dfe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId372468e707c09dfe0.jpg"/><Relationship Id="rId211668e707c0a0125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId211668e707c0a0125.jpg"/><Relationship Id="rId915568e707c0a22f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId915568e707c0a22f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId258905752" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId773236342" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId614969031602a3a7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/" TargetMode="External"/><Relationship Id="rId357169031602a3ad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/categorization" TargetMode="External"/><Relationship Id="rId517469031602a3cae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/photos" TargetMode="External"/><Relationship Id="rId555269031602a81e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5512" TargetMode="External"/><Relationship Id="rId626269031602a826c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId719469031602a9073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId312669031602a9174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01713.x" TargetMode="External"/><Relationship Id="rId460169031602a3ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId460169031602a3ba3.jpg"/><Relationship Id="rId177869031602a645a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId177869031602a645a.jpg"/><Relationship Id="rId517269031602a91dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId517269031602a91dc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>