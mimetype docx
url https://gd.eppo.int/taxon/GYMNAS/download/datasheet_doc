--- v1 (2025-10-30)
+++ v2 (2025-11-25)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Hennings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf rust of Japanese pear, leaf rust of juniper, rust of oriental pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId614969031602a3a7e" w:history="1">
+            <w:hyperlink r:id="rId90706925433fe61f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357169031602a3ad0" w:history="1">
+            <w:hyperlink r:id="rId95666925433fe6265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GYMNAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32428550" name="name191669031602a3ba4" descr="869.jpg"/>
+                  <wp:docPr id="60964064" name="name29766925433fe6a06" descr="869.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="869.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId460169031602a3ba3" cstate="print"/>
+                          <a:blip r:embed="rId14586925433fe6a04" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId517469031602a3cae" w:history="1">
+            <w:hyperlink r:id="rId83916925433fe6b52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3792,63 +3792,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. asiaticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been recorded only in the Russian Far East (Azbukina, 1984), and this single record has not been confirmed by more recent ones.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75456968" name="name937569031602a645d" descr="GYMNAS_distribution_map.jpg"/>
+            <wp:docPr id="21344990" name="name59386925433fe8d2e" descr="GYMNAS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GYMNAS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId177869031602a645a" cstate="print"/>
+                    <a:blip r:embed="rId11016925433fe8d2a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6605,51 +6605,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12), 5512, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId555269031602a81e1" w:history="1">
+      <w:hyperlink r:id="rId23586925433fea0bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5512</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6686,51 +6686,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 441-446. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId626269031602a826c" w:history="1">
+      <w:hyperlink r:id="rId28286925433fea146" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8586,51 +8586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnosporangium asiaticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId719469031602a9073" w:history="1">
+      <w:hyperlink r:id="rId59606925433feb0c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8733,81 +8733,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId312669031602a9174" w:history="1">
+      <w:hyperlink r:id="rId14726925433feb211" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01713.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="94610101" name="name573369031602a91dd" descr="eu_funding_250.png"/>
+            <wp:docPr id="14500862" name="name87136925433feb2c3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId517269031602a91dc" cstate="print"/>
+                    <a:blip r:embed="rId83406925433feb2c1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8905,137 +8905,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33664532">
+  <w:abstractNum w:abstractNumId="58739602">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98711812">
+    <w:lvl w:ilvl="0" w:tplc="40926050">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98711812" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40926050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98711812" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40926050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98711812" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40926050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98711812" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40926050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98711812" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40926050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98711812" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40926050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98711812" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40926050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98711812" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40926050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33664531">
+  <w:abstractNum w:abstractNumId="58739601">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96868373">
+    <w:lvl w:ilvl="0" w:tplc="14375053">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9787,55 +9787,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33664531">
-    <w:abstractNumId w:val="33664531"/>
+  <w:num w:numId="58739601">
+    <w:abstractNumId w:val="58739601"/>
   </w:num>
-  <w:num w:numId="33664532">
-    <w:abstractNumId w:val="33664532"/>
+  <w:num w:numId="58739602">
+    <w:abstractNumId w:val="58739602"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21385,51 +21385,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId258905752" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId773236342" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId614969031602a3a7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/" TargetMode="External"/><Relationship Id="rId357169031602a3ad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/categorization" TargetMode="External"/><Relationship Id="rId517469031602a3cae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/photos" TargetMode="External"/><Relationship Id="rId555269031602a81e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5512" TargetMode="External"/><Relationship Id="rId626269031602a826c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId719469031602a9073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId312669031602a9174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01713.x" TargetMode="External"/><Relationship Id="rId460169031602a3ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId460169031602a3ba3.jpg"/><Relationship Id="rId177869031602a645a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId177869031602a645a.jpg"/><Relationship Id="rId517269031602a91dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId517269031602a91dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId212553112" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId707994864" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId90706925433fe61f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/" TargetMode="External"/><Relationship Id="rId95666925433fe6265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/categorization" TargetMode="External"/><Relationship Id="rId83916925433fe6b52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/photos" TargetMode="External"/><Relationship Id="rId23586925433fea0bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5512" TargetMode="External"/><Relationship Id="rId28286925433fea146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId59606925433feb0c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId14726925433feb211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01713.x" TargetMode="External"/><Relationship Id="rId14586925433fe6a04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14586925433fe6a04.jpg"/><Relationship Id="rId11016925433fe8d2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId11016925433fe8d2a.jpg"/><Relationship Id="rId83406925433feb2c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83406925433feb2c1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>