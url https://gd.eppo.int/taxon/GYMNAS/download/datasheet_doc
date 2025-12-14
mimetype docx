--- v2 (2025-11-25)
+++ v3 (2025-12-14)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Hennings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf rust of Japanese pear, leaf rust of juniper, rust of oriental pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90706925433fe61f2" w:history="1">
+            <w:hyperlink r:id="rId2351693ed6def0d0d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95666925433fe6265" w:history="1">
+            <w:hyperlink r:id="rId4451693ed6def0d50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GYMNAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60964064" name="name29766925433fe6a06" descr="869.jpg"/>
+                  <wp:docPr id="3563260" name="name7669693ed6def1578" descr="869.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="869.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId14586925433fe6a04" cstate="print"/>
+                          <a:blip r:embed="rId4106693ed6def1576" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId83916925433fe6b52" w:history="1">
+            <w:hyperlink r:id="rId9249693ed6def16d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3792,63 +3792,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. asiaticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been recorded only in the Russian Far East (Azbukina, 1984), and this single record has not been confirmed by more recent ones.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21344990" name="name59386925433fe8d2e" descr="GYMNAS_distribution_map.jpg"/>
+            <wp:docPr id="19977425" name="name4229693ed6def39fc" descr="GYMNAS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GYMNAS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11016925433fe8d2a" cstate="print"/>
+                    <a:blip r:embed="rId5966693ed6def39f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6605,51 +6605,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12), 5512, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23586925433fea0bd" w:history="1">
+      <w:hyperlink r:id="rId9852693ed6df00b41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5512</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6686,51 +6686,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 441-446. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28286925433fea146" w:history="1">
+      <w:hyperlink r:id="rId2031693ed6df00bcb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8586,51 +8586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnosporangium asiaticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59606925433feb0c9" w:history="1">
+      <w:hyperlink r:id="rId6375693ed6df017ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8733,81 +8733,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14726925433feb211" w:history="1">
+      <w:hyperlink r:id="rId1939693ed6df018f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01713.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14500862" name="name87136925433feb2c3" descr="eu_funding_250.png"/>
+            <wp:docPr id="24364736" name="name1715693ed6df0197a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId83406925433feb2c1" cstate="print"/>
+                    <a:blip r:embed="rId8797693ed6df01979" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8905,137 +8905,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58739602">
+  <w:abstractNum w:abstractNumId="43075021">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40926050">
+    <w:lvl w:ilvl="0" w:tplc="61029729">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40926050" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61029729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40926050" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61029729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40926050" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61029729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40926050" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61029729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40926050" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61029729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40926050" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61029729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40926050" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61029729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40926050" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61029729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58739601">
+  <w:abstractNum w:abstractNumId="43075020">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14375053">
+    <w:lvl w:ilvl="0" w:tplc="93241020">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9787,55 +9787,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58739601">
-    <w:abstractNumId w:val="58739601"/>
+  <w:num w:numId="43075020">
+    <w:abstractNumId w:val="43075020"/>
   </w:num>
-  <w:num w:numId="58739602">
-    <w:abstractNumId w:val="58739602"/>
+  <w:num w:numId="43075021">
+    <w:abstractNumId w:val="43075021"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21385,51 +21385,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId212553112" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId707994864" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId90706925433fe61f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/" TargetMode="External"/><Relationship Id="rId95666925433fe6265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/categorization" TargetMode="External"/><Relationship Id="rId83916925433fe6b52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/photos" TargetMode="External"/><Relationship Id="rId23586925433fea0bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5512" TargetMode="External"/><Relationship Id="rId28286925433fea146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId59606925433feb0c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId14726925433feb211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01713.x" TargetMode="External"/><Relationship Id="rId14586925433fe6a04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14586925433fe6a04.jpg"/><Relationship Id="rId11016925433fe8d2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId11016925433fe8d2a.jpg"/><Relationship Id="rId83406925433feb2c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83406925433feb2c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId962772782" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId139130386" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2351693ed6def0d0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/" TargetMode="External"/><Relationship Id="rId4451693ed6def0d50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/categorization" TargetMode="External"/><Relationship Id="rId9249693ed6def16d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/photos" TargetMode="External"/><Relationship Id="rId9852693ed6df00b41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5512" TargetMode="External"/><Relationship Id="rId2031693ed6df00bcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId6375693ed6df017ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1939693ed6df018f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01713.x" TargetMode="External"/><Relationship Id="rId4106693ed6def1576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4106693ed6def1576.jpg"/><Relationship Id="rId5966693ed6def39f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5966693ed6def39f8.jpg"/><Relationship Id="rId8797693ed6df01979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8797693ed6df01979.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>