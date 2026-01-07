--- v3 (2025-12-14)
+++ v4 (2026-01-07)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Hennings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf rust of Japanese pear, leaf rust of juniper, rust of oriental pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2351693ed6def0d0d" w:history="1">
+            <w:hyperlink r:id="rId1211695da4fb19778" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4451693ed6def0d50" w:history="1">
+            <w:hyperlink r:id="rId6156695da4fb197be" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GYMNAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="3563260" name="name7669693ed6def1578" descr="869.jpg"/>
+                  <wp:docPr id="15978271" name="name2728695da4fb1a0ca" descr="869.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="869.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4106693ed6def1576" cstate="print"/>
+                          <a:blip r:embed="rId5190695da4fb1a0c8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9249693ed6def16d6" w:history="1">
+            <w:hyperlink r:id="rId1010695da4fb1a1f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3792,63 +3792,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. asiaticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been recorded only in the Russian Far East (Azbukina, 1984), and this single record has not been confirmed by more recent ones.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19977425" name="name4229693ed6def39fc" descr="GYMNAS_distribution_map.jpg"/>
+            <wp:docPr id="68843093" name="name1200695da4fb1c44d" descr="GYMNAS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GYMNAS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5966693ed6def39f8" cstate="print"/>
+                    <a:blip r:embed="rId4686695da4fb1c44a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6605,51 +6605,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12), 5512, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9852693ed6df00b41" w:history="1">
+      <w:hyperlink r:id="rId3453695da4fb1d7f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5512</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6686,51 +6686,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 441-446. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2031693ed6df00bcb" w:history="1">
+      <w:hyperlink r:id="rId7250695da4fb1d87d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8564,73 +8564,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnosporangium asiaticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6375693ed6df017ef" w:history="1">
+      <w:hyperlink r:id="rId9459695da4fb1e54c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8733,81 +8733,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1939693ed6df018f2" w:history="1">
+      <w:hyperlink r:id="rId2384695da4fb1e646" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01713.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24364736" name="name1715693ed6df0197a" descr="eu_funding_250.png"/>
+            <wp:docPr id="90918610" name="name4041695da4fb1e87d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8797693ed6df01979" cstate="print"/>
+                    <a:blip r:embed="rId3878695da4fb1e87c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8905,137 +8905,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43075021">
+  <w:abstractNum w:abstractNumId="11752188">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61029729">
+    <w:lvl w:ilvl="0" w:tplc="48164609">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61029729" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48164609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61029729" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48164609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61029729" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48164609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61029729" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48164609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61029729" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48164609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61029729" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48164609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61029729" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48164609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61029729" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48164609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43075020">
+  <w:abstractNum w:abstractNumId="11752187">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93241020">
+    <w:lvl w:ilvl="0" w:tplc="75834473">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9787,55 +9787,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43075020">
-    <w:abstractNumId w:val="43075020"/>
+  <w:num w:numId="11752187">
+    <w:abstractNumId w:val="11752187"/>
   </w:num>
-  <w:num w:numId="43075021">
-    <w:abstractNumId w:val="43075021"/>
+  <w:num w:numId="11752188">
+    <w:abstractNumId w:val="11752188"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21385,51 +21385,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId962772782" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId139130386" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2351693ed6def0d0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/" TargetMode="External"/><Relationship Id="rId4451693ed6def0d50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/categorization" TargetMode="External"/><Relationship Id="rId9249693ed6def16d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/photos" TargetMode="External"/><Relationship Id="rId9852693ed6df00b41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5512" TargetMode="External"/><Relationship Id="rId2031693ed6df00bcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId6375693ed6df017ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1939693ed6df018f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01713.x" TargetMode="External"/><Relationship Id="rId4106693ed6def1576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4106693ed6def1576.jpg"/><Relationship Id="rId5966693ed6def39f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5966693ed6def39f8.jpg"/><Relationship Id="rId8797693ed6df01979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8797693ed6df01979.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId806999112" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId238181540" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1211695da4fb19778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/" TargetMode="External"/><Relationship Id="rId6156695da4fb197be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/categorization" TargetMode="External"/><Relationship Id="rId1010695da4fb1a1f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/photos" TargetMode="External"/><Relationship Id="rId3453695da4fb1d7f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5512" TargetMode="External"/><Relationship Id="rId7250695da4fb1d87d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId9459695da4fb1e54c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2384695da4fb1e646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01713.x" TargetMode="External"/><Relationship Id="rId5190695da4fb1a0c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5190695da4fb1a0c8.jpg"/><Relationship Id="rId4686695da4fb1c44a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4686695da4fb1c44a.jpg"/><Relationship Id="rId3878695da4fb1e87c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3878695da4fb1e87c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>