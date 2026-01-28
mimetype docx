--- v4 (2026-01-07)
+++ v5 (2026-01-28)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Hennings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf rust of Japanese pear, leaf rust of juniper, rust of oriental pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1211695da4fb19778" w:history="1">
+            <w:hyperlink r:id="rId9034697a4b0a49741" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6156695da4fb197be" w:history="1">
+            <w:hyperlink r:id="rId9409697a4b0a49786" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GYMNAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15978271" name="name2728695da4fb1a0ca" descr="869.jpg"/>
+                  <wp:docPr id="96210168" name="name8738697a4b0a49e6b" descr="869.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="869.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5190695da4fb1a0c8" cstate="print"/>
+                          <a:blip r:embed="rId9312697a4b0a49e69" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1010695da4fb1a1f6" w:history="1">
+            <w:hyperlink r:id="rId6002697a4b0a49fa4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3792,63 +3792,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. asiaticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been recorded only in the Russian Far East (Azbukina, 1984), and this single record has not been confirmed by more recent ones.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68843093" name="name1200695da4fb1c44d" descr="GYMNAS_distribution_map.jpg"/>
+            <wp:docPr id="50648345" name="name9875697a4b0a4c449" descr="GYMNAS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GYMNAS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4686695da4fb1c44a" cstate="print"/>
+                    <a:blip r:embed="rId8544697a4b0a4c445" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6605,51 +6605,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12), 5512, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3453695da4fb1d7f1" w:history="1">
+      <w:hyperlink r:id="rId2551697a4b0a4d7ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5512</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6686,51 +6686,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 441-446. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7250695da4fb1d87d" w:history="1">
+      <w:hyperlink r:id="rId9303697a4b0a4d874" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8586,51 +8586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnosporangium asiaticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9459695da4fb1e54c" w:history="1">
+      <w:hyperlink r:id="rId8415697a4b0a4e489" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8733,81 +8733,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2384695da4fb1e646" w:history="1">
+      <w:hyperlink r:id="rId1016697a4b0a4e5b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01713.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90918610" name="name4041695da4fb1e87d" descr="eu_funding_250.png"/>
+            <wp:docPr id="6888061" name="name9904697a4b0a4e780" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3878695da4fb1e87c" cstate="print"/>
+                    <a:blip r:embed="rId1283697a4b0a4e77f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8905,137 +8905,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11752188">
+  <w:abstractNum w:abstractNumId="45072667">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48164609">
+    <w:lvl w:ilvl="0" w:tplc="43569836">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48164609" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43569836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48164609" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43569836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48164609" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43569836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48164609" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43569836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48164609" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43569836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48164609" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43569836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48164609" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43569836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48164609" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43569836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11752187">
+  <w:abstractNum w:abstractNumId="45072666">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75834473">
+    <w:lvl w:ilvl="0" w:tplc="85279673">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9787,55 +9787,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11752187">
-    <w:abstractNumId w:val="11752187"/>
+  <w:num w:numId="45072666">
+    <w:abstractNumId w:val="45072666"/>
   </w:num>
-  <w:num w:numId="11752188">
-    <w:abstractNumId w:val="11752188"/>
+  <w:num w:numId="45072667">
+    <w:abstractNumId w:val="45072667"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21385,51 +21385,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId806999112" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId238181540" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1211695da4fb19778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/" TargetMode="External"/><Relationship Id="rId6156695da4fb197be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/categorization" TargetMode="External"/><Relationship Id="rId1010695da4fb1a1f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/photos" TargetMode="External"/><Relationship Id="rId3453695da4fb1d7f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5512" TargetMode="External"/><Relationship Id="rId7250695da4fb1d87d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId9459695da4fb1e54c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2384695da4fb1e646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01713.x" TargetMode="External"/><Relationship Id="rId5190695da4fb1a0c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5190695da4fb1a0c8.jpg"/><Relationship Id="rId4686695da4fb1c44a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4686695da4fb1c44a.jpg"/><Relationship Id="rId3878695da4fb1e87c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3878695da4fb1e87c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId874322770" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId587609512" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9034697a4b0a49741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/" TargetMode="External"/><Relationship Id="rId9409697a4b0a49786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/categorization" TargetMode="External"/><Relationship Id="rId6002697a4b0a49fa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/photos" TargetMode="External"/><Relationship Id="rId2551697a4b0a4d7ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5512" TargetMode="External"/><Relationship Id="rId9303697a4b0a4d874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId8415697a4b0a4e489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1016697a4b0a4e5b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01713.x" TargetMode="External"/><Relationship Id="rId9312697a4b0a49e69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9312697a4b0a49e69.jpg"/><Relationship Id="rId8544697a4b0a4c445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8544697a4b0a4c445.jpg"/><Relationship Id="rId1283697a4b0a4e77f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1283697a4b0a4e77f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>