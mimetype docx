--- v5 (2026-01-28)
+++ v6 (2026-02-21)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Hennings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf rust of Japanese pear, leaf rust of juniper, rust of oriental pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9034697a4b0a49741" w:history="1">
+            <w:hyperlink r:id="rId482669994e0016b73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9409697a4b0a49786" w:history="1">
+            <w:hyperlink r:id="rId756969994e0016bb7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GYMNAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="96210168" name="name8738697a4b0a49e6b" descr="869.jpg"/>
+                  <wp:docPr id="34361444" name="name875169994e00172e2" descr="869.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="869.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9312697a4b0a49e69" cstate="print"/>
+                          <a:blip r:embed="rId548369994e00172e0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6002697a4b0a49fa4" w:history="1">
+            <w:hyperlink r:id="rId884569994e001743a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3792,105 +3792,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. asiaticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been recorded only in the Russian Far East (Azbukina, 1984), and this single record has not been confirmed by more recent ones.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50648345" name="name9875697a4b0a4c449" descr="GYMNAS_distribution_map.jpg"/>
+            <wp:docPr id="99665570" name="name597269994e0019337" descr="GYMNAS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GYMNAS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8544697a4b0a4c445" cstate="print"/>
+                    <a:blip r:embed="rId252669994e0019334" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Russian Federation (the) (Far East)</w:t>
+        <w:t xml:space="preserve"> Russian Federation (Far East)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Anhui, Beijing, Chongqing, Fujian, Gansu, Guangdong, Guangxi, Guizhou, Hebei, Heilongjiang, Henan, Hubei, Hunan, Jiangsu, Jiangxi, Jilin, Liaoning, Neimenggu, Ningxia, Shaanxi, Shandong, Shanxi, Sichuan, Xianggang (Hong Kong), Xinjiang, Xizhang, Yunnan, Zhejiang), Japan (Hokkaido, Honshu, Kyushu, Ryukyu Archipelago, Shikoku), Korea, Democratic People's Republic of, Korea, Republic of, Taiwan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6605,51 +6605,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12), 5512, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2551697a4b0a4d7ec" w:history="1">
+      <w:hyperlink r:id="rId684069994e001a768" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5512</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6686,51 +6686,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 441-446. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9303697a4b0a4d874" w:history="1">
+      <w:hyperlink r:id="rId243569994e001a7f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8586,51 +8586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnosporangium asiaticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8415697a4b0a4e489" w:history="1">
+      <w:hyperlink r:id="rId536069994e001b439" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8733,81 +8733,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1016697a4b0a4e5b7" w:history="1">
+      <w:hyperlink r:id="rId821169994e001b531" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01713.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6888061" name="name9904697a4b0a4e780" descr="eu_funding_250.png"/>
+            <wp:docPr id="31373529" name="name989369994e001b5a2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1283697a4b0a4e77f" cstate="print"/>
+                    <a:blip r:embed="rId556669994e001b5a1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8905,137 +8905,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45072667">
+  <w:abstractNum w:abstractNumId="52679056">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43569836">
+    <w:lvl w:ilvl="0" w:tplc="96888221">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43569836" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="96888221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43569836" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="96888221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43569836" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="96888221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43569836" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="96888221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43569836" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="96888221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43569836" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="96888221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43569836" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="96888221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43569836" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="96888221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45072666">
+  <w:abstractNum w:abstractNumId="52679055">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85279673">
+    <w:lvl w:ilvl="0" w:tplc="43416426">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9787,55 +9787,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45072666">
-    <w:abstractNumId w:val="45072666"/>
+  <w:num w:numId="52679055">
+    <w:abstractNumId w:val="52679055"/>
   </w:num>
-  <w:num w:numId="45072667">
-    <w:abstractNumId w:val="45072667"/>
+  <w:num w:numId="52679056">
+    <w:abstractNumId w:val="52679056"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21385,51 +21385,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId874322770" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId587609512" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9034697a4b0a49741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/" TargetMode="External"/><Relationship Id="rId9409697a4b0a49786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/categorization" TargetMode="External"/><Relationship Id="rId6002697a4b0a49fa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/photos" TargetMode="External"/><Relationship Id="rId2551697a4b0a4d7ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5512" TargetMode="External"/><Relationship Id="rId9303697a4b0a4d874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId8415697a4b0a4e489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1016697a4b0a4e5b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01713.x" TargetMode="External"/><Relationship Id="rId9312697a4b0a49e69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9312697a4b0a49e69.jpg"/><Relationship Id="rId8544697a4b0a4c445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8544697a4b0a4c445.jpg"/><Relationship Id="rId1283697a4b0a4e77f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1283697a4b0a4e77f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId412277652" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId382185422" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId482669994e0016b73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/" TargetMode="External"/><Relationship Id="rId756969994e0016bb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/categorization" TargetMode="External"/><Relationship Id="rId884569994e001743a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/photos" TargetMode="External"/><Relationship Id="rId684069994e001a768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5512" TargetMode="External"/><Relationship Id="rId243569994e001a7f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId536069994e001b439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId821169994e001b531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01713.x" TargetMode="External"/><Relationship Id="rId548369994e00172e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId548369994e00172e0.jpg"/><Relationship Id="rId252669994e0019334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId252669994e0019334.jpg"/><Relationship Id="rId556669994e001b5a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId556669994e001b5a1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>