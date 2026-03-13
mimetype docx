--- v6 (2026-02-21)
+++ v7 (2026-03-13)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Hennings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf rust of Japanese pear, leaf rust of juniper, rust of oriental pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId482669994e0016b73" w:history="1">
+            <w:hyperlink r:id="rId712869b3f9edc41d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId756969994e0016bb7" w:history="1">
+            <w:hyperlink r:id="rId539769b3f9edc4212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GYMNAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="34361444" name="name875169994e00172e2" descr="869.jpg"/>
+                  <wp:docPr id="62233993" name="name241669b3f9edc468f" descr="869.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="869.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId548369994e00172e0" cstate="print"/>
+                          <a:blip r:embed="rId842169b3f9edc468d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId884569994e001743a" w:history="1">
+            <w:hyperlink r:id="rId164569b3f9edc4799" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3792,63 +3792,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. asiaticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been recorded only in the Russian Far East (Azbukina, 1984), and this single record has not been confirmed by more recent ones.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99665570" name="name597269994e0019337" descr="GYMNAS_distribution_map.jpg"/>
+            <wp:docPr id="5099352" name="name640669b3f9edc65b1" descr="GYMNAS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GYMNAS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId252669994e0019334" cstate="print"/>
+                    <a:blip r:embed="rId301869b3f9edc65ae" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6605,51 +6605,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12), 5512, 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId684069994e001a768" w:history="1">
+      <w:hyperlink r:id="rId717269b3f9edc78da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5512</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6686,51 +6686,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 441-446. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId243569994e001a7f6" w:history="1">
+      <w:hyperlink r:id="rId539769b3f9edc7962" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8586,51 +8586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnosporangium asiaticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId536069994e001b439" w:history="1">
+      <w:hyperlink r:id="rId385569b3f9edc8568" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8733,81 +8733,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId821169994e001b531" w:history="1">
+      <w:hyperlink r:id="rId313369b3f9edc865a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01713.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31373529" name="name989369994e001b5a2" descr="eu_funding_250.png"/>
+            <wp:docPr id="16446596" name="name510369b3f9edc8b6d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId556669994e001b5a1" cstate="print"/>
+                    <a:blip r:embed="rId949369b3f9edc8b6b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8905,137 +8905,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52679056">
+  <w:abstractNum w:abstractNumId="29146008">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96888221">
+    <w:lvl w:ilvl="0" w:tplc="54839503">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96888221" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54839503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96888221" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54839503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96888221" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54839503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96888221" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54839503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96888221" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54839503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96888221" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54839503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96888221" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54839503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96888221" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54839503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52679055">
+  <w:abstractNum w:abstractNumId="29146007">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43416426">
+    <w:lvl w:ilvl="0" w:tplc="66992716">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9787,55 +9787,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52679055">
-    <w:abstractNumId w:val="52679055"/>
+  <w:num w:numId="29146007">
+    <w:abstractNumId w:val="29146007"/>
   </w:num>
-  <w:num w:numId="52679056">
-    <w:abstractNumId w:val="52679056"/>
+  <w:num w:numId="29146008">
+    <w:abstractNumId w:val="29146008"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21385,51 +21385,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId412277652" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId382185422" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId482669994e0016b73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/" TargetMode="External"/><Relationship Id="rId756969994e0016bb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/categorization" TargetMode="External"/><Relationship Id="rId884569994e001743a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/photos" TargetMode="External"/><Relationship Id="rId684069994e001a768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5512" TargetMode="External"/><Relationship Id="rId243569994e001a7f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId536069994e001b439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId821169994e001b531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01713.x" TargetMode="External"/><Relationship Id="rId548369994e00172e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId548369994e00172e0.jpg"/><Relationship Id="rId252669994e0019334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId252669994e0019334.jpg"/><Relationship Id="rId556669994e001b5a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId556669994e001b5a1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId374826772" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId293180788" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId712869b3f9edc41d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/" TargetMode="External"/><Relationship Id="rId539769b3f9edc4212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/categorization" TargetMode="External"/><Relationship Id="rId164569b3f9edc4799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GYMNAS/photos" TargetMode="External"/><Relationship Id="rId717269b3f9edc78da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5512" TargetMode="External"/><Relationship Id="rId539769b3f9edc7962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId385569b3f9edc8568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId313369b3f9edc865a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01713.x" TargetMode="External"/><Relationship Id="rId842169b3f9edc468d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId842169b3f9edc468d.jpg"/><Relationship Id="rId301869b3f9edc65ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId301869b3f9edc65ae.jpg"/><Relationship Id="rId949369b3f9edc8b6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId949369b3f9edc8b6b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>