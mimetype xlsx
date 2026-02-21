--- v0 (2025-10-09)
+++ v1 (2026-02-21)
@@ -95,51 +95,51 @@
   <si>
     <t>Asia</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>RPPO/EU</t>
   </si>
   <si>
     <t>COSAVE</t>
   </si>