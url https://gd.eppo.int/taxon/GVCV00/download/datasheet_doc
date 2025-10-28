--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -236,88 +236,88 @@
               </w:rPr>
               <w:t xml:space="preserve">GVCV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Grapevine vein clearing virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId623868e54a5d91127" w:history="1">
+            <w:hyperlink r:id="rId414469008daf3acc6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId919968e54a5d91180" w:history="1">
+            <w:hyperlink r:id="rId829869008daf3ad09" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -331,86 +331,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GVCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86695725" name="name953368e54a5d91949" descr="13878.jpg"/>
+                  <wp:docPr id="37966242" name="name872869008daf3b358" descr="13878.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13878.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId915568e54a5d91947" cstate="print"/>
+                          <a:blip r:embed="rId354569008daf3b357" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId245368e54a5d91a4b" w:history="1">
+            <w:hyperlink r:id="rId589769008daf3b7d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1105,63 +1105,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4007805" name="name737368e54a5d93275" descr="GVCV00_distribution_map.jpg"/>
+            <wp:docPr id="95240610" name="name790569008daf3caf0" descr="GVCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GVCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId977968e54a5d93272" cstate="print"/>
+                    <a:blip r:embed="rId220069008daf3caee" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3380,101 +3380,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId433868e54a5d9472d" w:history="1">
+      <w:hyperlink r:id="rId710069008daf3db05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) EPPO Standard PM 5/8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guidelines on the phytosanitary measure ‘Plants grown under physical isolation’ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46, 421-423. Corrected in 2021. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId322868e54a5d9478c" w:history="1">
+      <w:hyperlink r:id="rId847969008daf3db5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3520,81 +3520,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId245468e54a5d9481f" w:history="1">
+      <w:hyperlink r:id="rId568569008daf3dbeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (in preparation) Report of a pest risk analysis for grapevine red blotch virus. EPPO, Paris. Available soon at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId565268e54a5d94877" w:history="1">
+      <w:hyperlink r:id="rId233869008daf3dc1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/GRBAV0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4086,51 +4086,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 742. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId995068e54a5d94be6" w:history="1">
+      <w:hyperlink r:id="rId386469008daf3e270" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/s21030742</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4330,51 +4330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Qiu W, Avery J. &amp; Lunden S (2007) Characterization of a severe virus-like disease in Chardonnay grapevines in Missouri. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId603268e54a5d94d87" w:history="1">
+      <w:hyperlink r:id="rId807169008daf3e421" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-1119-01-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4904,51 +4904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Badnavirus venavitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId421468e54a5d9513c" w:history="1">
+      <w:hyperlink r:id="rId268269008daf3e7be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4961,63 +4961,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="13265125" name="name639868e54a5d951e9" descr="eu_funding_250.png"/>
+            <wp:docPr id="10629553" name="name738869008daf3eacb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId475368e54a5d951e8" cstate="print"/>
+                    <a:blip r:embed="rId506269008daf3eaca" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5115,137 +5115,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88741614">
+  <w:abstractNum w:abstractNumId="24748440">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55114398">
+    <w:lvl w:ilvl="0" w:tplc="56188131">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55114398" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56188131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55114398" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56188131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55114398" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56188131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55114398" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56188131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55114398" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56188131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55114398" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56188131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55114398" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56188131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55114398" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56188131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88741613">
+  <w:abstractNum w:abstractNumId="24748439">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96589715">
+    <w:lvl w:ilvl="0" w:tplc="48401201">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5997,55 +5997,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88741613">
-    <w:abstractNumId w:val="88741613"/>
+  <w:num w:numId="24748439">
+    <w:abstractNumId w:val="24748439"/>
   </w:num>
-  <w:num w:numId="88741614">
-    <w:abstractNumId w:val="88741614"/>
+  <w:num w:numId="24748440">
+    <w:abstractNumId w:val="24748440"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17595,51 +17595,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId487309835" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId491324659" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId623868e54a5d91127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/" TargetMode="External"/><Relationship Id="rId919968e54a5d91180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/categorization" TargetMode="External"/><Relationship Id="rId245368e54a5d91a4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/photos" TargetMode="External"/><Relationship Id="rId433868e54a5d9472d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId322868e54a5d9478c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId245468e54a5d9481f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId565268e54a5d94877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId995068e54a5d94be6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/s21030742" TargetMode="External"/><Relationship Id="rId603268e54a5d94d87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-1119-01-BR" TargetMode="External"/><Relationship Id="rId421468e54a5d9513c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId915568e54a5d91947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId915568e54a5d91947.jpg"/><Relationship Id="rId977968e54a5d93272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId977968e54a5d93272.jpg"/><Relationship Id="rId475368e54a5d951e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId475368e54a5d951e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId881112654" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId822816807" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId414469008daf3acc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/" TargetMode="External"/><Relationship Id="rId829869008daf3ad09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/categorization" TargetMode="External"/><Relationship Id="rId589769008daf3b7d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/photos" TargetMode="External"/><Relationship Id="rId710069008daf3db05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId847969008daf3db5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId568569008daf3dbeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId233869008daf3dc1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId386469008daf3e270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/s21030742" TargetMode="External"/><Relationship Id="rId807169008daf3e421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-1119-01-BR" TargetMode="External"/><Relationship Id="rId268269008daf3e7be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId354569008daf3b357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId354569008daf3b357.jpg"/><Relationship Id="rId220069008daf3caee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId220069008daf3caee.jpg"/><Relationship Id="rId506269008daf3eaca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId506269008daf3eaca.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>