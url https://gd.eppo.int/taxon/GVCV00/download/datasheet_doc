--- v1 (2025-10-28)
+++ v2 (2025-12-07)
@@ -236,88 +236,88 @@
               </w:rPr>
               <w:t xml:space="preserve">GVCV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Grapevine vein clearing virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId414469008daf3acc6" w:history="1">
+            <w:hyperlink r:id="rId316069353399b3333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId829869008daf3ad09" w:history="1">
+            <w:hyperlink r:id="rId817569353399b3376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -331,86 +331,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GVCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37966242" name="name872869008daf3b358" descr="13878.jpg"/>
+                  <wp:docPr id="6999716" name="name513269353399b3489" descr="13878.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13878.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId354569008daf3b357" cstate="print"/>
+                          <a:blip r:embed="rId300469353399b3487" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId589769008daf3b7d2" w:history="1">
+            <w:hyperlink r:id="rId561769353399b359c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1105,63 +1105,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95240610" name="name790569008daf3caf0" descr="GVCV00_distribution_map.jpg"/>
+            <wp:docPr id="64412053" name="name351969353399b4a4b" descr="GVCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GVCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId220069008daf3caee" cstate="print"/>
+                    <a:blip r:embed="rId415369353399b4a49" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3380,101 +3380,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId710069008daf3db05" w:history="1">
+      <w:hyperlink r:id="rId667269353399b5b62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) EPPO Standard PM 5/8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guidelines on the phytosanitary measure ‘Plants grown under physical isolation’ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46, 421-423. Corrected in 2021. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId847969008daf3db5d" w:history="1">
+      <w:hyperlink r:id="rId733969353399b5bb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3520,81 +3520,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId568569008daf3dbeb" w:history="1">
+      <w:hyperlink r:id="rId272169353399b5c46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (in preparation) Report of a pest risk analysis for grapevine red blotch virus. EPPO, Paris. Available soon at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId233869008daf3dc1d" w:history="1">
+      <w:hyperlink r:id="rId184269353399b5c79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/GRBAV0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4086,51 +4086,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 742. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId386469008daf3e270" w:history="1">
+      <w:hyperlink r:id="rId121069353399b5fcd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/s21030742</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4330,51 +4330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Qiu W, Avery J. &amp; Lunden S (2007) Characterization of a severe virus-like disease in Chardonnay grapevines in Missouri. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId807169008daf3e421" w:history="1">
+      <w:hyperlink r:id="rId532569353399b6159" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-1119-01-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4904,51 +4904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Badnavirus venavitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId268269008daf3e7be" w:history="1">
+      <w:hyperlink r:id="rId140869353399b64f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4961,63 +4961,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10629553" name="name738869008daf3eacb" descr="eu_funding_250.png"/>
+            <wp:docPr id="49186925" name="name368469353399b65b8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId506269008daf3eaca" cstate="print"/>
+                    <a:blip r:embed="rId130769353399b65b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5115,137 +5115,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24748440">
+  <w:abstractNum w:abstractNumId="97334396">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56188131">
+    <w:lvl w:ilvl="0" w:tplc="23591889">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56188131" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23591889" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56188131" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23591889" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56188131" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23591889" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56188131" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23591889" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56188131" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23591889" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56188131" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23591889" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56188131" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23591889" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56188131" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23591889" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24748439">
+  <w:abstractNum w:abstractNumId="97334395">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48401201">
+    <w:lvl w:ilvl="0" w:tplc="99446768">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5997,55 +5997,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24748439">
-    <w:abstractNumId w:val="24748439"/>
+  <w:num w:numId="97334395">
+    <w:abstractNumId w:val="97334395"/>
   </w:num>
-  <w:num w:numId="24748440">
-    <w:abstractNumId w:val="24748440"/>
+  <w:num w:numId="97334396">
+    <w:abstractNumId w:val="97334396"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17595,51 +17595,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId881112654" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId822816807" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId414469008daf3acc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/" TargetMode="External"/><Relationship Id="rId829869008daf3ad09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/categorization" TargetMode="External"/><Relationship Id="rId589769008daf3b7d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/photos" TargetMode="External"/><Relationship Id="rId710069008daf3db05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId847969008daf3db5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId568569008daf3dbeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId233869008daf3dc1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId386469008daf3e270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/s21030742" TargetMode="External"/><Relationship Id="rId807169008daf3e421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-1119-01-BR" TargetMode="External"/><Relationship Id="rId268269008daf3e7be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId354569008daf3b357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId354569008daf3b357.jpg"/><Relationship Id="rId220069008daf3caee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId220069008daf3caee.jpg"/><Relationship Id="rId506269008daf3eaca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId506269008daf3eaca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId410507855" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId795986754" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId316069353399b3333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/" TargetMode="External"/><Relationship Id="rId817569353399b3376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/categorization" TargetMode="External"/><Relationship Id="rId561769353399b359c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/photos" TargetMode="External"/><Relationship Id="rId667269353399b5b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId733969353399b5bb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId272169353399b5c46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId184269353399b5c79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId121069353399b5fcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/s21030742" TargetMode="External"/><Relationship Id="rId532569353399b6159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-1119-01-BR" TargetMode="External"/><Relationship Id="rId140869353399b64f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId300469353399b3487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId300469353399b3487.jpg"/><Relationship Id="rId415369353399b4a49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId415369353399b4a49.jpg"/><Relationship Id="rId130769353399b65b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId130769353399b65b7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>