--- v2 (2025-12-07)
+++ v3 (2026-01-18)
@@ -236,88 +236,88 @@
               </w:rPr>
               <w:t xml:space="preserve">GVCV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Grapevine vein clearing virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316069353399b3333" w:history="1">
+            <w:hyperlink r:id="rId1654696c28b3864a4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId817569353399b3376" w:history="1">
+            <w:hyperlink r:id="rId5663696c28b3864e8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -331,86 +331,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GVCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6999716" name="name513269353399b3489" descr="13878.jpg"/>
+                  <wp:docPr id="39235362" name="name5753696c28b386b3b" descr="13878.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13878.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId300469353399b3487" cstate="print"/>
+                          <a:blip r:embed="rId9397696c28b386b39" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId561769353399b359c" w:history="1">
+            <w:hyperlink r:id="rId7373696c28b386c35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1105,63 +1105,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64412053" name="name351969353399b4a4b" descr="GVCV00_distribution_map.jpg"/>
+            <wp:docPr id="32120282" name="name8743696c28b387c65" descr="GVCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GVCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId415369353399b4a49" cstate="print"/>
+                    <a:blip r:embed="rId6308696c28b387c62" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3380,101 +3380,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId667269353399b5b62" w:history="1">
+      <w:hyperlink r:id="rId2817696c28b3890c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) EPPO Standard PM 5/8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guidelines on the phytosanitary measure ‘Plants grown under physical isolation’ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46, 421-423. Corrected in 2021. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId733969353399b5bb8" w:history="1">
+      <w:hyperlink r:id="rId9033696c28b38911a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3520,81 +3520,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId272169353399b5c46" w:history="1">
+      <w:hyperlink r:id="rId9341696c28b3891a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (in preparation) Report of a pest risk analysis for grapevine red blotch virus. EPPO, Paris. Available soon at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId184269353399b5c79" w:history="1">
+      <w:hyperlink r:id="rId9897696c28b3891db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/GRBAV0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4086,51 +4086,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 742. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId121069353399b5fcd" w:history="1">
+      <w:hyperlink r:id="rId6175696c28b3895c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/s21030742</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4330,51 +4330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Qiu W, Avery J. &amp; Lunden S (2007) Characterization of a severe virus-like disease in Chardonnay grapevines in Missouri. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId532569353399b6159" w:history="1">
+      <w:hyperlink r:id="rId2508696c28b389789" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-1119-01-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4882,73 +4882,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Badnavirus venavitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId140869353399b64f2" w:history="1">
+      <w:hyperlink r:id="rId8946696c28b389bef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4961,63 +4961,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="49186925" name="name368469353399b65b8" descr="eu_funding_250.png"/>
+            <wp:docPr id="10544749" name="name4150696c28b389cc5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId130769353399b65b7" cstate="print"/>
+                    <a:blip r:embed="rId1866696c28b389cc4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5115,137 +5115,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97334396">
+  <w:abstractNum w:abstractNumId="42371530">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23591889">
+    <w:lvl w:ilvl="0" w:tplc="85179361">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23591889" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85179361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23591889" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85179361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23591889" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85179361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23591889" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85179361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23591889" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85179361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23591889" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85179361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23591889" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85179361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23591889" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85179361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97334395">
+  <w:abstractNum w:abstractNumId="42371529">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99446768">
+    <w:lvl w:ilvl="0" w:tplc="37594377">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5997,55 +5997,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97334395">
-    <w:abstractNumId w:val="97334395"/>
+  <w:num w:numId="42371529">
+    <w:abstractNumId w:val="42371529"/>
   </w:num>
-  <w:num w:numId="97334396">
-    <w:abstractNumId w:val="97334396"/>
+  <w:num w:numId="42371530">
+    <w:abstractNumId w:val="42371530"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17595,51 +17595,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId410507855" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId795986754" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId316069353399b3333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/" TargetMode="External"/><Relationship Id="rId817569353399b3376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/categorization" TargetMode="External"/><Relationship Id="rId561769353399b359c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/photos" TargetMode="External"/><Relationship Id="rId667269353399b5b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId733969353399b5bb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId272169353399b5c46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId184269353399b5c79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId121069353399b5fcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/s21030742" TargetMode="External"/><Relationship Id="rId532569353399b6159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-1119-01-BR" TargetMode="External"/><Relationship Id="rId140869353399b64f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId300469353399b3487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId300469353399b3487.jpg"/><Relationship Id="rId415369353399b4a49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId415369353399b4a49.jpg"/><Relationship Id="rId130769353399b65b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId130769353399b65b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId217309713" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId885269400" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1654696c28b3864a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/" TargetMode="External"/><Relationship Id="rId5663696c28b3864e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/categorization" TargetMode="External"/><Relationship Id="rId7373696c28b386c35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/photos" TargetMode="External"/><Relationship Id="rId2817696c28b3890c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId9033696c28b38911a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId9341696c28b3891a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId9897696c28b3891db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId6175696c28b3895c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/s21030742" TargetMode="External"/><Relationship Id="rId2508696c28b389789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-1119-01-BR" TargetMode="External"/><Relationship Id="rId8946696c28b389bef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9397696c28b386b39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9397696c28b386b39.jpg"/><Relationship Id="rId6308696c28b387c62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6308696c28b387c62.jpg"/><Relationship Id="rId1866696c28b389cc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1866696c28b389cc4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>