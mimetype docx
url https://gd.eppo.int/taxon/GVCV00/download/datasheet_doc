--- v3 (2026-01-18)
+++ v4 (2026-02-10)
@@ -236,88 +236,88 @@
               </w:rPr>
               <w:t xml:space="preserve">GVCV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Grapevine vein clearing virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1654696c28b3864a4" w:history="1">
+            <w:hyperlink r:id="rId1113698baabfab4c5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5663696c28b3864e8" w:history="1">
+            <w:hyperlink r:id="rId2494698baabfab509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -331,86 +331,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GVCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="39235362" name="name5753696c28b386b3b" descr="13878.jpg"/>
+                  <wp:docPr id="52994511" name="name9978698baabfaba8e" descr="13878.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13878.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9397696c28b386b39" cstate="print"/>
+                          <a:blip r:embed="rId7184698baabfaba8c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7373696c28b386c35" w:history="1">
+            <w:hyperlink r:id="rId4754698baabfabb80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1105,63 +1105,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32120282" name="name8743696c28b387c65" descr="GVCV00_distribution_map.jpg"/>
+            <wp:docPr id="4267123" name="name6607698baabfacc4e" descr="GVCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GVCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6308696c28b387c62" cstate="print"/>
+                    <a:blip r:embed="rId4914698baabfacc4b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3380,101 +3380,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2817696c28b3890c1" w:history="1">
+      <w:hyperlink r:id="rId1367698baabfadc46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) EPPO Standard PM 5/8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guidelines on the phytosanitary measure ‘Plants grown under physical isolation’ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46, 421-423. Corrected in 2021. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9033696c28b38911a" w:history="1">
+      <w:hyperlink r:id="rId2302698baabfadc9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3520,81 +3520,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9341696c28b3891a8" w:history="1">
+      <w:hyperlink r:id="rId4845698baabfadd3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (in preparation) Report of a pest risk analysis for grapevine red blotch virus. EPPO, Paris. Available soon at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9897696c28b3891db" w:history="1">
+      <w:hyperlink r:id="rId5125698baabfadd72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/GRBAV0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4086,51 +4086,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 742. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6175696c28b3895c1" w:history="1">
+      <w:hyperlink r:id="rId3865698baabfae0d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/s21030742</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4330,51 +4330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Qiu W, Avery J. &amp; Lunden S (2007) Characterization of a severe virus-like disease in Chardonnay grapevines in Missouri. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2508696c28b389789" w:history="1">
+      <w:hyperlink r:id="rId3975698baabfae258" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-1119-01-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4904,51 +4904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Badnavirus venavitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8946696c28b389bef" w:history="1">
+      <w:hyperlink r:id="rId4456698baabfae600" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4961,63 +4961,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10544749" name="name4150696c28b389cc5" descr="eu_funding_250.png"/>
+            <wp:docPr id="16602021" name="name6190698baabfae8f2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1866696c28b389cc4" cstate="print"/>
+                    <a:blip r:embed="rId9001698baabfae8f0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5115,137 +5115,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42371530">
+  <w:abstractNum w:abstractNumId="14059250">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85179361">
+    <w:lvl w:ilvl="0" w:tplc="49094974">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85179361" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49094974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85179361" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49094974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85179361" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49094974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85179361" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49094974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85179361" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49094974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85179361" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49094974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85179361" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49094974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85179361" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49094974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42371529">
+  <w:abstractNum w:abstractNumId="14059249">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37594377">
+    <w:lvl w:ilvl="0" w:tplc="92340275">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5997,55 +5997,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42371529">
-    <w:abstractNumId w:val="42371529"/>
+  <w:num w:numId="14059249">
+    <w:abstractNumId w:val="14059249"/>
   </w:num>
-  <w:num w:numId="42371530">
-    <w:abstractNumId w:val="42371530"/>
+  <w:num w:numId="14059250">
+    <w:abstractNumId w:val="14059250"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17595,51 +17595,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId217309713" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId885269400" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1654696c28b3864a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/" TargetMode="External"/><Relationship Id="rId5663696c28b3864e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/categorization" TargetMode="External"/><Relationship Id="rId7373696c28b386c35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/photos" TargetMode="External"/><Relationship Id="rId2817696c28b3890c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId9033696c28b38911a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId9341696c28b3891a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId9897696c28b3891db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId6175696c28b3895c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/s21030742" TargetMode="External"/><Relationship Id="rId2508696c28b389789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-1119-01-BR" TargetMode="External"/><Relationship Id="rId8946696c28b389bef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9397696c28b386b39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9397696c28b386b39.jpg"/><Relationship Id="rId6308696c28b387c62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6308696c28b387c62.jpg"/><Relationship Id="rId1866696c28b389cc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1866696c28b389cc4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId946589251" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId697330198" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1113698baabfab4c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/" TargetMode="External"/><Relationship Id="rId2494698baabfab509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/categorization" TargetMode="External"/><Relationship Id="rId4754698baabfabb80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/photos" TargetMode="External"/><Relationship Id="rId1367698baabfadc46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId2302698baabfadc9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId4845698baabfadd3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId5125698baabfadd72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId3865698baabfae0d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/s21030742" TargetMode="External"/><Relationship Id="rId3975698baabfae258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-1119-01-BR" TargetMode="External"/><Relationship Id="rId4456698baabfae600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7184698baabfaba8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7184698baabfaba8c.jpg"/><Relationship Id="rId4914698baabfacc4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4914698baabfacc4b.jpg"/><Relationship Id="rId9001698baabfae8f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9001698baabfae8f0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>