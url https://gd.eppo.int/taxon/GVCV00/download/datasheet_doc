--- v4 (2026-02-10)
+++ v5 (2026-03-03)
@@ -236,88 +236,88 @@
               </w:rPr>
               <w:t xml:space="preserve">GVCV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Grapevine vein clearing virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1113698baabfab4c5" w:history="1">
+            <w:hyperlink r:id="rId521069a62da846de0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2494698baabfab509" w:history="1">
+            <w:hyperlink r:id="rId481569a62da846e24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -331,86 +331,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GVCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52994511" name="name9978698baabfaba8e" descr="13878.jpg"/>
+                  <wp:docPr id="90459805" name="name125369a62da847649" descr="13878.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13878.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7184698baabfaba8c" cstate="print"/>
+                          <a:blip r:embed="rId951769a62da847647" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4754698baabfabb80" w:history="1">
+            <w:hyperlink r:id="rId566969a62da847756" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1105,63 +1105,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4267123" name="name6607698baabfacc4e" descr="GVCV00_distribution_map.jpg"/>
+            <wp:docPr id="75500427" name="name736169a62da8488b2" descr="GVCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GVCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4914698baabfacc4b" cstate="print"/>
+                    <a:blip r:embed="rId333969a62da8488af" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3380,101 +3380,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1367698baabfadc46" w:history="1">
+      <w:hyperlink r:id="rId355369a62da849898" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) EPPO Standard PM 5/8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guidelines on the phytosanitary measure ‘Plants grown under physical isolation’ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46, 421-423. Corrected in 2021. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2302698baabfadc9d" w:history="1">
+      <w:hyperlink r:id="rId392269a62da8498ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3520,81 +3520,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4845698baabfadd3d" w:history="1">
+      <w:hyperlink r:id="rId746869a62da849982" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (in preparation) Report of a pest risk analysis for grapevine red blotch virus. EPPO, Paris. Available soon at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5125698baabfadd72" w:history="1">
+      <w:hyperlink r:id="rId577469a62da8499b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/GRBAV0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4086,51 +4086,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 742. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3865698baabfae0d1" w:history="1">
+      <w:hyperlink r:id="rId965669a62da849d0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/s21030742</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4330,51 +4330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Qiu W, Avery J. &amp; Lunden S (2007) Characterization of a severe virus-like disease in Chardonnay grapevines in Missouri. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3975698baabfae258" w:history="1">
+      <w:hyperlink r:id="rId782369a62da849e8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-1119-01-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4904,51 +4904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Badnavirus venavitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4456698baabfae600" w:history="1">
+      <w:hyperlink r:id="rId271669a62da84a22f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4961,63 +4961,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16602021" name="name6190698baabfae8f2" descr="eu_funding_250.png"/>
+            <wp:docPr id="18499606" name="name966069a62da84a42b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9001698baabfae8f0" cstate="print"/>
+                    <a:blip r:embed="rId177369a62da84a429" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5115,137 +5115,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14059250">
+  <w:abstractNum w:abstractNumId="19556653">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49094974">
+    <w:lvl w:ilvl="0" w:tplc="74855110">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49094974" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74855110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49094974" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74855110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49094974" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74855110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49094974" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74855110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49094974" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74855110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49094974" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74855110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49094974" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74855110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49094974" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74855110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14059249">
+  <w:abstractNum w:abstractNumId="19556652">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92340275">
+    <w:lvl w:ilvl="0" w:tplc="62687955">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5997,55 +5997,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14059249">
-    <w:abstractNumId w:val="14059249"/>
+  <w:num w:numId="19556652">
+    <w:abstractNumId w:val="19556652"/>
   </w:num>
-  <w:num w:numId="14059250">
-    <w:abstractNumId w:val="14059250"/>
+  <w:num w:numId="19556653">
+    <w:abstractNumId w:val="19556653"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17595,51 +17595,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId946589251" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId697330198" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1113698baabfab4c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/" TargetMode="External"/><Relationship Id="rId2494698baabfab509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/categorization" TargetMode="External"/><Relationship Id="rId4754698baabfabb80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/photos" TargetMode="External"/><Relationship Id="rId1367698baabfadc46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId2302698baabfadc9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId4845698baabfadd3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId5125698baabfadd72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId3865698baabfae0d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/s21030742" TargetMode="External"/><Relationship Id="rId3975698baabfae258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-1119-01-BR" TargetMode="External"/><Relationship Id="rId4456698baabfae600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7184698baabfaba8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7184698baabfaba8c.jpg"/><Relationship Id="rId4914698baabfacc4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4914698baabfacc4b.jpg"/><Relationship Id="rId9001698baabfae8f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9001698baabfae8f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId488263206" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId110911753" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId521069a62da846de0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/" TargetMode="External"/><Relationship Id="rId481569a62da846e24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/categorization" TargetMode="External"/><Relationship Id="rId566969a62da847756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/photos" TargetMode="External"/><Relationship Id="rId355369a62da849898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId392269a62da8498ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId746869a62da849982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId577469a62da8499b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId965669a62da849d0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/s21030742" TargetMode="External"/><Relationship Id="rId782369a62da849e8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-1119-01-BR" TargetMode="External"/><Relationship Id="rId271669a62da84a22f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId951769a62da847647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId951769a62da847647.jpg"/><Relationship Id="rId333969a62da8488af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId333969a62da8488af.jpg"/><Relationship Id="rId177369a62da84a429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId177369a62da84a429.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>