--- v5 (2026-03-03)
+++ v6 (2026-03-23)
@@ -236,88 +236,88 @@
               </w:rPr>
               <w:t xml:space="preserve">GVCV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Grapevine vein clearing virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId521069a62da846de0" w:history="1">
+            <w:hyperlink r:id="rId859669c0c9f0a5bd7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481569a62da846e24" w:history="1">
+            <w:hyperlink r:id="rId720769c0c9f0a5c1c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -331,86 +331,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GVCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90459805" name="name125369a62da847649" descr="13878.jpg"/>
+                  <wp:docPr id="81258811" name="name128869c0c9f0a5ce2" descr="13878.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13878.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId951769a62da847647" cstate="print"/>
+                          <a:blip r:embed="rId942369c0c9f0a5ce1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId566969a62da847756" w:history="1">
+            <w:hyperlink r:id="rId928069c0c9f0a5e47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1105,63 +1105,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75500427" name="name736169a62da8488b2" descr="GVCV00_distribution_map.jpg"/>
+            <wp:docPr id="13723170" name="name669069c0c9f0a71e2" descr="GVCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GVCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId333969a62da8488af" cstate="print"/>
+                    <a:blip r:embed="rId415469c0c9f0a71e0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3380,101 +3380,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355369a62da849898" w:history="1">
+      <w:hyperlink r:id="rId476869c0c9f0a82d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) EPPO Standard PM 5/8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guidelines on the phytosanitary measure ‘Plants grown under physical isolation’ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46, 421-423. Corrected in 2021. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId392269a62da8498ee" w:history="1">
+      <w:hyperlink r:id="rId779969c0c9f0a8330" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3520,81 +3520,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId746869a62da849982" w:history="1">
+      <w:hyperlink r:id="rId588569c0c9f0a83c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (in preparation) Report of a pest risk analysis for grapevine red blotch virus. EPPO, Paris. Available soon at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId577469a62da8499b6" w:history="1">
+      <w:hyperlink r:id="rId740769c0c9f0a83fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/GRBAV0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4086,51 +4086,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 742. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId965669a62da849d0b" w:history="1">
+      <w:hyperlink r:id="rId708769c0c9f0a8768" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/s21030742</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4330,51 +4330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Qiu W, Avery J. &amp; Lunden S (2007) Characterization of a severe virus-like disease in Chardonnay grapevines in Missouri. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId782369a62da849e8c" w:history="1">
+      <w:hyperlink r:id="rId196969c0c9f0a88ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2007-1119-01-BR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4904,51 +4904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Badnavirus venavitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId271669a62da84a22f" w:history="1">
+      <w:hyperlink r:id="rId202969c0c9f0a8e7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4961,63 +4961,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="18499606" name="name966069a62da84a42b" descr="eu_funding_250.png"/>
+            <wp:docPr id="61653095" name="name228169c0c9f0a8f37" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId177369a62da84a429" cstate="print"/>
+                    <a:blip r:embed="rId592469c0c9f0a8f36" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5115,137 +5115,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19556653">
+  <w:abstractNum w:abstractNumId="61146254">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74855110">
+    <w:lvl w:ilvl="0" w:tplc="60678737">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74855110" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60678737" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74855110" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60678737" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74855110" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60678737" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74855110" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60678737" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74855110" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60678737" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74855110" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60678737" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74855110" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60678737" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74855110" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60678737" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19556652">
+  <w:abstractNum w:abstractNumId="61146253">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62687955">
+    <w:lvl w:ilvl="0" w:tplc="27672162">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5997,55 +5997,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19556652">
-    <w:abstractNumId w:val="19556652"/>
+  <w:num w:numId="61146253">
+    <w:abstractNumId w:val="61146253"/>
   </w:num>
-  <w:num w:numId="19556653">
-    <w:abstractNumId w:val="19556653"/>
+  <w:num w:numId="61146254">
+    <w:abstractNumId w:val="61146254"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17595,51 +17595,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId488263206" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId110911753" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId521069a62da846de0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/" TargetMode="External"/><Relationship Id="rId481569a62da846e24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/categorization" TargetMode="External"/><Relationship Id="rId566969a62da847756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/photos" TargetMode="External"/><Relationship Id="rId355369a62da849898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId392269a62da8498ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId746869a62da849982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId577469a62da8499b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId965669a62da849d0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/s21030742" TargetMode="External"/><Relationship Id="rId782369a62da849e8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-1119-01-BR" TargetMode="External"/><Relationship Id="rId271669a62da84a22f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId951769a62da847647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId951769a62da847647.jpg"/><Relationship Id="rId333969a62da8488af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId333969a62da8488af.jpg"/><Relationship Id="rId177369a62da84a429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId177369a62da84a429.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId716906066" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId607184009" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId859669c0c9f0a5bd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/" TargetMode="External"/><Relationship Id="rId720769c0c9f0a5c1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/categorization" TargetMode="External"/><Relationship Id="rId928069c0c9f0a5e47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GVCV00/photos" TargetMode="External"/><Relationship Id="rId476869c0c9f0a82d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId779969c0c9f0a8330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId588569c0c9f0a83c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId740769c0c9f0a83fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId708769c0c9f0a8768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/s21030742" TargetMode="External"/><Relationship Id="rId196969c0c9f0a88ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2007-1119-01-BR" TargetMode="External"/><Relationship Id="rId202969c0c9f0a8e7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId942369c0c9f0a5ce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId942369c0c9f0a5ce1.jpg"/><Relationship Id="rId415469c0c9f0a71e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId415469c0c9f0a71e0.jpg"/><Relationship Id="rId592469c0c9f0a8f36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId592469c0c9f0a8f36.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>