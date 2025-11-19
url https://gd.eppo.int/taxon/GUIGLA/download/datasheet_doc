--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Sawada</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> shoot blight of larch, twig die-back of larch</w:t>
             </w:r>
-            <w:hyperlink r:id="rId564368e6e77b3f096" w:history="1">
+            <w:hyperlink r:id="rId7471691d533394729" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId659768e6e77b3f14b" w:history="1">
+            <w:hyperlink r:id="rId6474691d533394799" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GUIGLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="51983967" name="name949868e6e77b3f845" descr="868.jpg"/>
+                  <wp:docPr id="47770116" name="name7978691d533394eba" descr="868.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="868.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId452968e6e77b3f843" cstate="print"/>
+                          <a:blip r:embed="rId8295691d533394eb8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId377468e6e77b3f966" w:history="1">
+            <w:hyperlink r:id="rId8326691d533394ff7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1169,63 +1169,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N. laricinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is reported from East Asia, i.e. Eastern China, Japan, the Korean Peninsula and the Russian Far East.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5253294" name="name879368e6e77b40a46" descr="GUIGLA_distribution_map.jpg"/>
+            <wp:docPr id="49707664" name="name7547691d533396a90" descr="GUIGLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GUIGLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId114768e6e77b40a43" cstate="print"/>
+                    <a:blip r:embed="rId2249691d533396a8d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2273,51 +2273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5303, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId877368e6e77b41433" w:history="1">
+      <w:hyperlink r:id="rId6954691d533397a0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5303</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3233,51 +3233,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neofusicoccum laricinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId862368e6e77b41ae7" w:history="1">
+      <w:hyperlink r:id="rId3985691d53339840a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3468,90 +3468,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 2 pp.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId254968e6e77b41c5b" w:history="1">
+      <w:hyperlink r:id="rId4124691d5333986c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02759.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="48129336" name="name236468e6e77b41ce3" descr="eu_funding_250.png"/>
+            <wp:docPr id="31362084" name="name8282691d53339879f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId588168e6e77b41ce2" cstate="print"/>
+                    <a:blip r:embed="rId1605691d533398796" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3649,137 +3649,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30243757">
+  <w:abstractNum w:abstractNumId="31812307">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96719229">
+    <w:lvl w:ilvl="0" w:tplc="75821372">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96719229" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75821372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96719229" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75821372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96719229" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75821372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96719229" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75821372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96719229" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75821372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96719229" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75821372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96719229" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75821372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96719229" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75821372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30243756">
+  <w:abstractNum w:abstractNumId="31812306">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80177053">
+    <w:lvl w:ilvl="0" w:tplc="31360385">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4531,55 +4531,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30243756">
-    <w:abstractNumId w:val="30243756"/>
+  <w:num w:numId="31812306">
+    <w:abstractNumId w:val="31812306"/>
   </w:num>
-  <w:num w:numId="30243757">
-    <w:abstractNumId w:val="30243757"/>
+  <w:num w:numId="31812307">
+    <w:abstractNumId w:val="31812307"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16129,51 +16129,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId476041292" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId733221133" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId564368e6e77b3f096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/" TargetMode="External"/><Relationship Id="rId659768e6e77b3f14b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/categorization" TargetMode="External"/><Relationship Id="rId377468e6e77b3f966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/photos" TargetMode="External"/><Relationship Id="rId877368e6e77b41433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5303" TargetMode="External"/><Relationship Id="rId862368e6e77b41ae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId254968e6e77b41c5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02759.x" TargetMode="External"/><Relationship Id="rId452968e6e77b3f843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId452968e6e77b3f843.jpg"/><Relationship Id="rId114768e6e77b40a43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId114768e6e77b40a43.jpg"/><Relationship Id="rId588168e6e77b41ce2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId588168e6e77b41ce2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId263808719" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId477589497" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7471691d533394729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/" TargetMode="External"/><Relationship Id="rId6474691d533394799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/categorization" TargetMode="External"/><Relationship Id="rId8326691d533394ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/photos" TargetMode="External"/><Relationship Id="rId6954691d533397a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5303" TargetMode="External"/><Relationship Id="rId3985691d53339840a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4124691d5333986c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02759.x" TargetMode="External"/><Relationship Id="rId8295691d533394eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8295691d533394eb8.jpg"/><Relationship Id="rId2249691d533396a8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2249691d533396a8d.jpg"/><Relationship Id="rId1605691d533398796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1605691d533398796.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>