--- v1 (2025-11-19)
+++ v2 (2025-12-12)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Sawada</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> shoot blight of larch, twig die-back of larch</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7471691d533394729" w:history="1">
+            <w:hyperlink r:id="rId4396693bc3ba00a56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6474691d533394799" w:history="1">
+            <w:hyperlink r:id="rId5227693bc3ba00abd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GUIGLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="47770116" name="name7978691d533394eba" descr="868.jpg"/>
+                  <wp:docPr id="79070035" name="name7753693bc3ba01366" descr="868.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="868.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8295691d533394eb8" cstate="print"/>
+                          <a:blip r:embed="rId3883693bc3ba0135b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8326691d533394ff7" w:history="1">
+            <w:hyperlink r:id="rId5871693bc3ba015e1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1169,63 +1169,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N. laricinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is reported from East Asia, i.e. Eastern China, Japan, the Korean Peninsula and the Russian Far East.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49707664" name="name7547691d533396a90" descr="GUIGLA_distribution_map.jpg"/>
+            <wp:docPr id="32975031" name="name2559693bc3ba03182" descr="GUIGLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GUIGLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2249691d533396a8d" cstate="print"/>
+                    <a:blip r:embed="rId2948693bc3ba0317f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2273,51 +2273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5303, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6954691d533397a0f" w:history="1">
+      <w:hyperlink r:id="rId1539693bc3ba03bb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5303</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3233,51 +3233,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neofusicoccum laricinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3985691d53339840a" w:history="1">
+      <w:hyperlink r:id="rId8084693bc3ba042ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3468,90 +3468,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 2 pp.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4124691d5333986c8" w:history="1">
+      <w:hyperlink r:id="rId1285693bc3ba04493" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02759.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31362084" name="name8282691d53339879f" descr="eu_funding_250.png"/>
+            <wp:docPr id="20256513" name="name1993693bc3ba04606" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1605691d533398796" cstate="print"/>
+                    <a:blip r:embed="rId1968693bc3ba04604" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3649,137 +3649,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31812307">
+  <w:abstractNum w:abstractNumId="71306761">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75821372">
+    <w:lvl w:ilvl="0" w:tplc="76621642">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75821372" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76621642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75821372" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76621642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75821372" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76621642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75821372" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76621642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75821372" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76621642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75821372" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76621642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75821372" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76621642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75821372" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76621642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31812306">
+  <w:abstractNum w:abstractNumId="71306760">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31360385">
+    <w:lvl w:ilvl="0" w:tplc="49458587">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4531,55 +4531,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31812306">
-    <w:abstractNumId w:val="31812306"/>
+  <w:num w:numId="71306760">
+    <w:abstractNumId w:val="71306760"/>
   </w:num>
-  <w:num w:numId="31812307">
-    <w:abstractNumId w:val="31812307"/>
+  <w:num w:numId="71306761">
+    <w:abstractNumId w:val="71306761"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16129,51 +16129,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId263808719" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId477589497" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7471691d533394729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/" TargetMode="External"/><Relationship Id="rId6474691d533394799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/categorization" TargetMode="External"/><Relationship Id="rId8326691d533394ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/photos" TargetMode="External"/><Relationship Id="rId6954691d533397a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5303" TargetMode="External"/><Relationship Id="rId3985691d53339840a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4124691d5333986c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02759.x" TargetMode="External"/><Relationship Id="rId8295691d533394eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8295691d533394eb8.jpg"/><Relationship Id="rId2249691d533396a8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2249691d533396a8d.jpg"/><Relationship Id="rId1605691d533398796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1605691d533398796.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId984217600" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId750147611" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4396693bc3ba00a56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/" TargetMode="External"/><Relationship Id="rId5227693bc3ba00abd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/categorization" TargetMode="External"/><Relationship Id="rId5871693bc3ba015e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/photos" TargetMode="External"/><Relationship Id="rId1539693bc3ba03bb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5303" TargetMode="External"/><Relationship Id="rId8084693bc3ba042ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1285693bc3ba04493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02759.x" TargetMode="External"/><Relationship Id="rId3883693bc3ba0135b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3883693bc3ba0135b.jpg"/><Relationship Id="rId2948693bc3ba0317f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2948693bc3ba0317f.jpg"/><Relationship Id="rId1968693bc3ba04604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1968693bc3ba04604.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>