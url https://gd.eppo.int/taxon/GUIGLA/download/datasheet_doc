--- v2 (2025-12-12)
+++ v3 (2026-01-08)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Sawada</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> shoot blight of larch, twig die-back of larch</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4396693bc3ba00a56" w:history="1">
+            <w:hyperlink r:id="rId7073695efdcbca790" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5227693bc3ba00abd" w:history="1">
+            <w:hyperlink r:id="rId9557695efdcbca7fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GUIGLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79070035" name="name7753693bc3ba01366" descr="868.jpg"/>
+                  <wp:docPr id="75887727" name="name3853695efdcbca8cf" descr="868.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="868.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3883693bc3ba0135b" cstate="print"/>
+                          <a:blip r:embed="rId5174695efdcbca8ce" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5871693bc3ba015e1" w:history="1">
+            <w:hyperlink r:id="rId2386695efdcbca9fa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1169,63 +1169,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N. laricinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is reported from East Asia, i.e. Eastern China, Japan, the Korean Peninsula and the Russian Far East.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32975031" name="name2559693bc3ba03182" descr="GUIGLA_distribution_map.jpg"/>
+            <wp:docPr id="78767329" name="name8662695efdcbcbc85" descr="GUIGLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GUIGLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2948693bc3ba0317f" cstate="print"/>
+                    <a:blip r:embed="rId2572695efdcbcbc82" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2273,51 +2273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5303, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1539693bc3ba03bb8" w:history="1">
+      <w:hyperlink r:id="rId6759695efdcbcc56c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5303</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3211,73 +3211,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neofusicoccum laricinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8084693bc3ba042ad" w:history="1">
+      <w:hyperlink r:id="rId6998695efdcbccba6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3468,90 +3468,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 2 pp.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1285693bc3ba04493" w:history="1">
+      <w:hyperlink r:id="rId6353695efdcbccd1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02759.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="20256513" name="name1993693bc3ba04606" descr="eu_funding_250.png"/>
+            <wp:docPr id="54336210" name="name1666695efdcbccdbf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1968693bc3ba04604" cstate="print"/>
+                    <a:blip r:embed="rId7362695efdcbccdbe" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3649,137 +3649,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71306761">
+  <w:abstractNum w:abstractNumId="68062802">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76621642">
+    <w:lvl w:ilvl="0" w:tplc="87804725">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76621642" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87804725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76621642" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87804725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76621642" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87804725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76621642" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87804725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76621642" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87804725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76621642" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87804725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76621642" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87804725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76621642" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87804725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71306760">
+  <w:abstractNum w:abstractNumId="68062801">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49458587">
+    <w:lvl w:ilvl="0" w:tplc="66238782">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4531,55 +4531,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71306760">
-    <w:abstractNumId w:val="71306760"/>
+  <w:num w:numId="68062801">
+    <w:abstractNumId w:val="68062801"/>
   </w:num>
-  <w:num w:numId="71306761">
-    <w:abstractNumId w:val="71306761"/>
+  <w:num w:numId="68062802">
+    <w:abstractNumId w:val="68062802"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16129,51 +16129,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId984217600" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId750147611" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4396693bc3ba00a56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/" TargetMode="External"/><Relationship Id="rId5227693bc3ba00abd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/categorization" TargetMode="External"/><Relationship Id="rId5871693bc3ba015e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/photos" TargetMode="External"/><Relationship Id="rId1539693bc3ba03bb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5303" TargetMode="External"/><Relationship Id="rId8084693bc3ba042ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1285693bc3ba04493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02759.x" TargetMode="External"/><Relationship Id="rId3883693bc3ba0135b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3883693bc3ba0135b.jpg"/><Relationship Id="rId2948693bc3ba0317f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2948693bc3ba0317f.jpg"/><Relationship Id="rId1968693bc3ba04604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1968693bc3ba04604.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId525947434" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId515521286" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7073695efdcbca790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/" TargetMode="External"/><Relationship Id="rId9557695efdcbca7fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/categorization" TargetMode="External"/><Relationship Id="rId2386695efdcbca9fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/photos" TargetMode="External"/><Relationship Id="rId6759695efdcbcc56c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5303" TargetMode="External"/><Relationship Id="rId6998695efdcbccba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6353695efdcbccd1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02759.x" TargetMode="External"/><Relationship Id="rId5174695efdcbca8ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5174695efdcbca8ce.jpg"/><Relationship Id="rId2572695efdcbcbc82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2572695efdcbcbc82.jpg"/><Relationship Id="rId7362695efdcbccdbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7362695efdcbccdbe.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>