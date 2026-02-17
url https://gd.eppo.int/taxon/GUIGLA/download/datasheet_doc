--- v3 (2026-01-08)
+++ v4 (2026-02-17)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Sawada</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> shoot blight of larch, twig die-back of larch</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7073695efdcbca790" w:history="1">
+            <w:hyperlink r:id="rId5436699430fa5b049" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9557695efdcbca7fb" w:history="1">
+            <w:hyperlink r:id="rId2898699430fa5b0b3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GUIGLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="75887727" name="name3853695efdcbca8cf" descr="868.jpg"/>
+                  <wp:docPr id="15524417" name="name4751699430fa5b1d4" descr="868.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="868.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5174695efdcbca8ce" cstate="print"/>
+                          <a:blip r:embed="rId1488699430fa5b1d2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2386695efdcbca9fa" w:history="1">
+            <w:hyperlink r:id="rId9290699430fa5b312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1169,105 +1169,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N. laricinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is reported from East Asia, i.e. Eastern China, Japan, the Korean Peninsula and the Russian Far East.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78767329" name="name8662695efdcbcbc85" descr="GUIGLA_distribution_map.jpg"/>
+            <wp:docPr id="17005117" name="name9549699430fa5c25d" descr="GUIGLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GUIGLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2572695efdcbcbc82" cstate="print"/>
+                    <a:blip r:embed="rId2003699430fa5c25b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Russian Federation (the) (Far East)</w:t>
+        <w:t xml:space="preserve"> Russian Federation (Far East)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Hebei, Heilongjiang, Jilin, Liaoning, Shandong), Japan (Hokkaido, Honshu), Korea, Democratic People's Republic of, Korea, Republic of</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2273,51 +2273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5303, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6759695efdcbcc56c" w:history="1">
+      <w:hyperlink r:id="rId4427699430fa5caf4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5303</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3233,51 +3233,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neofusicoccum laricinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6998695efdcbccba6" w:history="1">
+      <w:hyperlink r:id="rId4710699430fa5d12c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3468,90 +3468,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 2 pp.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6353695efdcbccd1b" w:history="1">
+      <w:hyperlink r:id="rId1592699430fa5d29a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02759.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54336210" name="name1666695efdcbccdbf" descr="eu_funding_250.png"/>
+            <wp:docPr id="9990268" name="name2011699430fa5d324" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7362695efdcbccdbe" cstate="print"/>
+                    <a:blip r:embed="rId9245699430fa5d323" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3649,137 +3649,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68062802">
+  <w:abstractNum w:abstractNumId="12366937">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87804725">
+    <w:lvl w:ilvl="0" w:tplc="59805772">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87804725" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59805772" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87804725" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59805772" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87804725" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59805772" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87804725" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59805772" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87804725" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59805772" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87804725" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59805772" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87804725" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59805772" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87804725" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59805772" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68062801">
+  <w:abstractNum w:abstractNumId="12366936">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66238782">
+    <w:lvl w:ilvl="0" w:tplc="85235968">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4531,55 +4531,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68062801">
-    <w:abstractNumId w:val="68062801"/>
+  <w:num w:numId="12366936">
+    <w:abstractNumId w:val="12366936"/>
   </w:num>
-  <w:num w:numId="68062802">
-    <w:abstractNumId w:val="68062802"/>
+  <w:num w:numId="12366937">
+    <w:abstractNumId w:val="12366937"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16129,51 +16129,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId525947434" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId515521286" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7073695efdcbca790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/" TargetMode="External"/><Relationship Id="rId9557695efdcbca7fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/categorization" TargetMode="External"/><Relationship Id="rId2386695efdcbca9fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/photos" TargetMode="External"/><Relationship Id="rId6759695efdcbcc56c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5303" TargetMode="External"/><Relationship Id="rId6998695efdcbccba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6353695efdcbccd1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02759.x" TargetMode="External"/><Relationship Id="rId5174695efdcbca8ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5174695efdcbca8ce.jpg"/><Relationship Id="rId2572695efdcbcbc82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2572695efdcbcbc82.jpg"/><Relationship Id="rId7362695efdcbccdbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7362695efdcbccdbe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId770483349" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId699668034" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5436699430fa5b049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/" TargetMode="External"/><Relationship Id="rId2898699430fa5b0b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/categorization" TargetMode="External"/><Relationship Id="rId9290699430fa5b312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/photos" TargetMode="External"/><Relationship Id="rId4427699430fa5caf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5303" TargetMode="External"/><Relationship Id="rId4710699430fa5d12c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1592699430fa5d29a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02759.x" TargetMode="External"/><Relationship Id="rId1488699430fa5b1d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1488699430fa5b1d2.jpg"/><Relationship Id="rId2003699430fa5c25b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2003699430fa5c25b.jpg"/><Relationship Id="rId9245699430fa5d323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9245699430fa5d323.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>