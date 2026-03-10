--- v4 (2026-02-17)
+++ v5 (2026-03-10)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Sawada</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> shoot blight of larch, twig die-back of larch</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5436699430fa5b049" w:history="1">
+            <w:hyperlink r:id="rId723969af915171747" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2898699430fa5b0b3" w:history="1">
+            <w:hyperlink r:id="rId468769af9151717b2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GUIGLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15524417" name="name4751699430fa5b1d4" descr="868.jpg"/>
+                  <wp:docPr id="82014638" name="name824069af91517204d" descr="868.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="868.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1488699430fa5b1d2" cstate="print"/>
+                          <a:blip r:embed="rId331169af91517204b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9290699430fa5b312" w:history="1">
+            <w:hyperlink r:id="rId658069af91517216e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1169,63 +1169,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N. laricinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is reported from East Asia, i.e. Eastern China, Japan, the Korean Peninsula and the Russian Far East.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17005117" name="name9549699430fa5c25d" descr="GUIGLA_distribution_map.jpg"/>
+            <wp:docPr id="68486082" name="name374969af9151734c7" descr="GUIGLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GUIGLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2003699430fa5c25b" cstate="print"/>
+                    <a:blip r:embed="rId99969af9151734c4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2273,51 +2273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5303, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4427699430fa5caf4" w:history="1">
+      <w:hyperlink r:id="rId693669af915173dd7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5303</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3233,51 +3233,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neofusicoccum laricinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4710699430fa5d12c" w:history="1">
+      <w:hyperlink r:id="rId478469af91517444f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3468,90 +3468,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 2 pp.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1592699430fa5d29a" w:history="1">
+      <w:hyperlink r:id="rId919069af9151745c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02759.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="9990268" name="name2011699430fa5d324" descr="eu_funding_250.png"/>
+            <wp:docPr id="46007713" name="name779669af91517465f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9245699430fa5d323" cstate="print"/>
+                    <a:blip r:embed="rId768669af91517465e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3649,137 +3649,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12366937">
+  <w:abstractNum w:abstractNumId="75754080">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59805772">
+    <w:lvl w:ilvl="0" w:tplc="56613357">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59805772" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56613357" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59805772" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56613357" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59805772" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56613357" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59805772" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56613357" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59805772" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56613357" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59805772" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56613357" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59805772" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56613357" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59805772" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56613357" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12366936">
+  <w:abstractNum w:abstractNumId="75754079">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85235968">
+    <w:lvl w:ilvl="0" w:tplc="33893948">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4531,55 +4531,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12366936">
-    <w:abstractNumId w:val="12366936"/>
+  <w:num w:numId="75754079">
+    <w:abstractNumId w:val="75754079"/>
   </w:num>
-  <w:num w:numId="12366937">
-    <w:abstractNumId w:val="12366937"/>
+  <w:num w:numId="75754080">
+    <w:abstractNumId w:val="75754080"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16129,51 +16129,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId770483349" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId699668034" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5436699430fa5b049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/" TargetMode="External"/><Relationship Id="rId2898699430fa5b0b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/categorization" TargetMode="External"/><Relationship Id="rId9290699430fa5b312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/photos" TargetMode="External"/><Relationship Id="rId4427699430fa5caf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5303" TargetMode="External"/><Relationship Id="rId4710699430fa5d12c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1592699430fa5d29a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02759.x" TargetMode="External"/><Relationship Id="rId1488699430fa5b1d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1488699430fa5b1d2.jpg"/><Relationship Id="rId2003699430fa5c25b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2003699430fa5c25b.jpg"/><Relationship Id="rId9245699430fa5d323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9245699430fa5d323.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId687707178" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId815436635" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId723969af915171747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/" TargetMode="External"/><Relationship Id="rId468769af9151717b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/categorization" TargetMode="External"/><Relationship Id="rId658069af91517216e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGLA/photos" TargetMode="External"/><Relationship Id="rId693669af915173dd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5303" TargetMode="External"/><Relationship Id="rId478469af91517444f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId919069af9151745c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02759.x" TargetMode="External"/><Relationship Id="rId331169af91517204b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId331169af91517204b.jpg"/><Relationship Id="rId99969af9151734c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99969af9151734c4.jpg"/><Relationship Id="rId768669af91517465e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId768669af91517465e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>