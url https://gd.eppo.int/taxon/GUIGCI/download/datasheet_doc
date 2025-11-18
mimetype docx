--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (McAlpine) Petrák</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CBS, black spot of citrus, freckle spot of citrus, hard spot of citrus, shot-hole of citrus, speckled blotch of citrus, virulent spot of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId567968e68e30b221a" w:history="1">
+            <w:hyperlink r:id="rId6448691cc4fe84225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId636168e68e30b2288" w:history="1">
+            <w:hyperlink r:id="rId6584691cc4fe84296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GUIGCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="25700474" name="name319168e68e30b2916" descr="11463.jpg"/>
+                  <wp:docPr id="67965080" name="name5346691cc4fe8436f" descr="11463.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11463.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId788668e68e30b2914" cstate="print"/>
+                          <a:blip r:embed="rId1464691cc4fe8436e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId603868e68e30b2c12" w:history="1">
+            <w:hyperlink r:id="rId8462691cc4fe844ab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3796,63 +3796,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. citricarpa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is known to be present or where substantial evidence exists that citrus black spot occurs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43106142" name="name987068e68e30b53be" descr="GUIGCI_distribution_map.jpg"/>
+            <wp:docPr id="24421816" name="name1355691cc4fe86f92" descr="GUIGCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GUIGCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId459368e68e30b53ba" cstate="print"/>
+                    <a:blip r:embed="rId5632691cc4fe86f8f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11517,51 +11517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3557, 243 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId988868e68e30b88a8" w:history="1">
+      <w:hyperlink r:id="rId3040691cc4fe8af36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3557</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11705,51 +11705,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">440-461.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId370868e68e30b89fc" w:history="1">
+      <w:hyperlink r:id="rId6599691cc4fe8b06d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12700</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15545,51 +15545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2010) Phytosanitary Alert System: Confirmation of citrus black spot (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guignardia citricarpa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Florida - United States. NAPPO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId704868e68e30ba365" w:history="1">
+      <w:hyperlink r:id="rId8474691cc4fe8c9f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pestalert.org/oprDetail.cfm?oprID=421</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19152,51 +19152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Invasive species Compedium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Guignardia citricarpa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Wallingford (GB). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId965668e68e30bc1de" w:history="1">
+      <w:hyperlink r:id="rId7080691cc4fe8e7a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/26154</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19291,51 +19291,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3557, 243 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId514068e68e30bc2ca" w:history="1">
+      <w:hyperlink r:id="rId1909691cc4fe8e893" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3557</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19401,51 +19401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta citricarpa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367768e68e30bc423" w:history="1">
+      <w:hyperlink r:id="rId1752691cc4fe8e975" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19476,63 +19476,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="53007746" name="name826268e68e30bc53d" descr="eu_funding_250.png"/>
+            <wp:docPr id="2550139" name="name9481691cc4fe8ea50" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId176668e68e30bc53b" cstate="print"/>
+                    <a:blip r:embed="rId8915691cc4fe8ea4f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -19630,137 +19630,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12819930">
+  <w:abstractNum w:abstractNumId="87920135">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29476222">
+    <w:lvl w:ilvl="0" w:tplc="49799465">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29476222" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49799465" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29476222" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49799465" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29476222" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49799465" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29476222" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49799465" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29476222" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49799465" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29476222" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49799465" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29476222" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49799465" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29476222" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49799465" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12819929">
+  <w:abstractNum w:abstractNumId="87920134">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11440275">
+    <w:lvl w:ilvl="0" w:tplc="46840264">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -20512,55 +20512,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12819929">
-    <w:abstractNumId w:val="12819929"/>
+  <w:num w:numId="87920134">
+    <w:abstractNumId w:val="87920134"/>
   </w:num>
-  <w:num w:numId="12819930">
-    <w:abstractNumId w:val="12819930"/>
+  <w:num w:numId="87920135">
+    <w:abstractNumId w:val="87920135"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -32110,51 +32110,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId703752558" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId604934233" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId567968e68e30b221a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/" TargetMode="External"/><Relationship Id="rId636168e68e30b2288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/categorization" TargetMode="External"/><Relationship Id="rId603868e68e30b2c12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/photos" TargetMode="External"/><Relationship Id="rId988868e68e30b88a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId370868e68e30b89fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12700" TargetMode="External"/><Relationship Id="rId704868e68e30ba365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pestalert.org/oprDetail.cfm?oprID=421" TargetMode="External"/><Relationship Id="rId965668e68e30bc1de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26154" TargetMode="External"/><Relationship Id="rId514068e68e30bc2ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId367768e68e30bc423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId788668e68e30b2914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId788668e68e30b2914.jpg"/><Relationship Id="rId459368e68e30b53ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId459368e68e30b53ba.jpg"/><Relationship Id="rId176668e68e30bc53b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId176668e68e30bc53b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId937961521" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId461170384" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6448691cc4fe84225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/" TargetMode="External"/><Relationship Id="rId6584691cc4fe84296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/categorization" TargetMode="External"/><Relationship Id="rId8462691cc4fe844ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/photos" TargetMode="External"/><Relationship Id="rId3040691cc4fe8af36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId6599691cc4fe8b06d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12700" TargetMode="External"/><Relationship Id="rId8474691cc4fe8c9f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pestalert.org/oprDetail.cfm?oprID=421" TargetMode="External"/><Relationship Id="rId7080691cc4fe8e7a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26154" TargetMode="External"/><Relationship Id="rId1909691cc4fe8e893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId1752691cc4fe8e975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1464691cc4fe8436e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1464691cc4fe8436e.jpg"/><Relationship Id="rId5632691cc4fe86f8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5632691cc4fe86f8f.jpg"/><Relationship Id="rId8915691cc4fe8ea4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8915691cc4fe8ea4f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>