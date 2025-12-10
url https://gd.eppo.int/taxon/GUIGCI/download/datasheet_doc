--- v1 (2025-11-18)
+++ v2 (2025-12-10)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (McAlpine) Petrák</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CBS, black spot of citrus, freckle spot of citrus, hard spot of citrus, shot-hole of citrus, speckled blotch of citrus, virulent spot of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6448691cc4fe84225" w:history="1">
+            <w:hyperlink r:id="rId14076939ec2f38963" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6584691cc4fe84296" w:history="1">
+            <w:hyperlink r:id="rId82836939ec2f38a1e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GUIGCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="67965080" name="name5346691cc4fe8436f" descr="11463.jpg"/>
+                  <wp:docPr id="60714889" name="name48416939ec2f38aea" descr="11463.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11463.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1464691cc4fe8436e" cstate="print"/>
+                          <a:blip r:embed="rId36626939ec2f38ae9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8462691cc4fe844ab" w:history="1">
+            <w:hyperlink r:id="rId72216939ec2f38c41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3796,63 +3796,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. citricarpa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is known to be present or where substantial evidence exists that citrus black spot occurs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24421816" name="name1355691cc4fe86f92" descr="GUIGCI_distribution_map.jpg"/>
+            <wp:docPr id="89089381" name="name17466939ec2f3b14c" descr="GUIGCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GUIGCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5632691cc4fe86f8f" cstate="print"/>
+                    <a:blip r:embed="rId75656939ec2f3b148" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11517,51 +11517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3557, 243 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3040691cc4fe8af36" w:history="1">
+      <w:hyperlink r:id="rId61306939ec2f3e548" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3557</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11705,51 +11705,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">440-461.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6599691cc4fe8b06d" w:history="1">
+      <w:hyperlink r:id="rId95866939ec2f3e680" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12700</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15545,51 +15545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2010) Phytosanitary Alert System: Confirmation of citrus black spot (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guignardia citricarpa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Florida - United States. NAPPO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8474691cc4fe8c9f9" w:history="1">
+      <w:hyperlink r:id="rId93606939ec2f3ff01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pestalert.org/oprDetail.cfm?oprID=421</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19152,51 +19152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Invasive species Compedium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Guignardia citricarpa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Wallingford (GB). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7080691cc4fe8e7a9" w:history="1">
+      <w:hyperlink r:id="rId67156939ec2f415e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/26154</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19291,51 +19291,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3557, 243 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1909691cc4fe8e893" w:history="1">
+      <w:hyperlink r:id="rId50066939ec2f416da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3557</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19401,51 +19401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta citricarpa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1752691cc4fe8e975" w:history="1">
+      <w:hyperlink r:id="rId67456939ec2f417a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19476,63 +19476,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2550139" name="name9481691cc4fe8ea50" descr="eu_funding_250.png"/>
+            <wp:docPr id="69698348" name="name51406939ec2f41872" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8915691cc4fe8ea4f" cstate="print"/>
+                    <a:blip r:embed="rId70176939ec2f41871" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -19630,137 +19630,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="87920135">
+  <w:abstractNum w:abstractNumId="90730820">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49799465">
+    <w:lvl w:ilvl="0" w:tplc="60592574">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49799465" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60592574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49799465" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60592574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49799465" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60592574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49799465" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60592574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49799465" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60592574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49799465" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60592574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49799465" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60592574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49799465" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60592574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87920134">
+  <w:abstractNum w:abstractNumId="90730819">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46840264">
+    <w:lvl w:ilvl="0" w:tplc="24249332">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -20512,55 +20512,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="87920134">
-    <w:abstractNumId w:val="87920134"/>
+  <w:num w:numId="90730819">
+    <w:abstractNumId w:val="90730819"/>
   </w:num>
-  <w:num w:numId="87920135">
-    <w:abstractNumId w:val="87920135"/>
+  <w:num w:numId="90730820">
+    <w:abstractNumId w:val="90730820"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -32110,51 +32110,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId937961521" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId461170384" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6448691cc4fe84225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/" TargetMode="External"/><Relationship Id="rId6584691cc4fe84296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/categorization" TargetMode="External"/><Relationship Id="rId8462691cc4fe844ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/photos" TargetMode="External"/><Relationship Id="rId3040691cc4fe8af36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId6599691cc4fe8b06d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12700" TargetMode="External"/><Relationship Id="rId8474691cc4fe8c9f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pestalert.org/oprDetail.cfm?oprID=421" TargetMode="External"/><Relationship Id="rId7080691cc4fe8e7a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26154" TargetMode="External"/><Relationship Id="rId1909691cc4fe8e893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId1752691cc4fe8e975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1464691cc4fe8436e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1464691cc4fe8436e.jpg"/><Relationship Id="rId5632691cc4fe86f8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5632691cc4fe86f8f.jpg"/><Relationship Id="rId8915691cc4fe8ea4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8915691cc4fe8ea4f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId709247666" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId335854410" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14076939ec2f38963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/" TargetMode="External"/><Relationship Id="rId82836939ec2f38a1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/categorization" TargetMode="External"/><Relationship Id="rId72216939ec2f38c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/photos" TargetMode="External"/><Relationship Id="rId61306939ec2f3e548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId95866939ec2f3e680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12700" TargetMode="External"/><Relationship Id="rId93606939ec2f3ff01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pestalert.org/oprDetail.cfm?oprID=421" TargetMode="External"/><Relationship Id="rId67156939ec2f415e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26154" TargetMode="External"/><Relationship Id="rId50066939ec2f416da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId67456939ec2f417a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId36626939ec2f38ae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36626939ec2f38ae9.jpg"/><Relationship Id="rId75656939ec2f3b148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75656939ec2f3b148.jpg"/><Relationship Id="rId70176939ec2f41871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70176939ec2f41871.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>