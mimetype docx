--- v2 (2025-12-10)
+++ v3 (2026-01-17)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (McAlpine) Petrák</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CBS, black spot of citrus, freckle spot of citrus, hard spot of citrus, shot-hole of citrus, speckled blotch of citrus, virulent spot of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14076939ec2f38963" w:history="1">
+            <w:hyperlink r:id="rId1990696b57d543ebc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82836939ec2f38a1e" w:history="1">
+            <w:hyperlink r:id="rId5969696b57d543f2d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GUIGCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60714889" name="name48416939ec2f38aea" descr="11463.jpg"/>
+                  <wp:docPr id="91442754" name="name4913696b57d5445e4" descr="11463.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11463.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId36626939ec2f38ae9" cstate="print"/>
+                          <a:blip r:embed="rId3081696b57d5445e2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId72216939ec2f38c41" w:history="1">
+            <w:hyperlink r:id="rId2850696b57d544722" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3796,63 +3796,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. citricarpa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is known to be present or where substantial evidence exists that citrus black spot occurs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="89089381" name="name17466939ec2f3b14c" descr="GUIGCI_distribution_map.jpg"/>
+            <wp:docPr id="85559947" name="name5289696b57d546aae" descr="GUIGCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GUIGCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId75656939ec2f3b148" cstate="print"/>
+                    <a:blip r:embed="rId1988696b57d546aab" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11517,51 +11517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3557, 243 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61306939ec2f3e548" w:history="1">
+      <w:hyperlink r:id="rId1007696b57d549f9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3557</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11705,51 +11705,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">440-461.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95866939ec2f3e680" w:history="1">
+      <w:hyperlink r:id="rId6597696b57d54a0d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12700</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15545,51 +15545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2010) Phytosanitary Alert System: Confirmation of citrus black spot (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guignardia citricarpa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Florida - United States. NAPPO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93606939ec2f3ff01" w:history="1">
+      <w:hyperlink r:id="rId2420696b57d54ba19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pestalert.org/oprDetail.cfm?oprID=421</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19152,51 +19152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Invasive species Compedium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Guignardia citricarpa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Wallingford (GB). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67156939ec2f415e9" w:history="1">
+      <w:hyperlink r:id="rId4699696b57d54d11d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/26154</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19291,51 +19291,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3557, 243 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50066939ec2f416da" w:history="1">
+      <w:hyperlink r:id="rId7501696b57d54d203" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3557</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19379,73 +19379,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta citricarpa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67456939ec2f417a7" w:history="1">
+      <w:hyperlink r:id="rId1088696b57d54d2da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19476,63 +19476,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69698348" name="name51406939ec2f41872" descr="eu_funding_250.png"/>
+            <wp:docPr id="89493876" name="name7004696b57d54d3ae" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId70176939ec2f41871" cstate="print"/>
+                    <a:blip r:embed="rId2154696b57d54d3ad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -19630,137 +19630,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="90730820">
+  <w:abstractNum w:abstractNumId="16627037">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60592574">
+    <w:lvl w:ilvl="0" w:tplc="30785417">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60592574" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30785417" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60592574" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30785417" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60592574" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30785417" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60592574" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30785417" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60592574" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30785417" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60592574" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30785417" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60592574" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30785417" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60592574" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30785417" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90730819">
+  <w:abstractNum w:abstractNumId="16627036">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24249332">
+    <w:lvl w:ilvl="0" w:tplc="23580694">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -20512,55 +20512,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90730819">
-    <w:abstractNumId w:val="90730819"/>
+  <w:num w:numId="16627036">
+    <w:abstractNumId w:val="16627036"/>
   </w:num>
-  <w:num w:numId="90730820">
-    <w:abstractNumId w:val="90730820"/>
+  <w:num w:numId="16627037">
+    <w:abstractNumId w:val="16627037"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -32110,51 +32110,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId709247666" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId335854410" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14076939ec2f38963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/" TargetMode="External"/><Relationship Id="rId82836939ec2f38a1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/categorization" TargetMode="External"/><Relationship Id="rId72216939ec2f38c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/photos" TargetMode="External"/><Relationship Id="rId61306939ec2f3e548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId95866939ec2f3e680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12700" TargetMode="External"/><Relationship Id="rId93606939ec2f3ff01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pestalert.org/oprDetail.cfm?oprID=421" TargetMode="External"/><Relationship Id="rId67156939ec2f415e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26154" TargetMode="External"/><Relationship Id="rId50066939ec2f416da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId67456939ec2f417a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId36626939ec2f38ae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36626939ec2f38ae9.jpg"/><Relationship Id="rId75656939ec2f3b148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75656939ec2f3b148.jpg"/><Relationship Id="rId70176939ec2f41871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70176939ec2f41871.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId177311915" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId979336735" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1990696b57d543ebc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/" TargetMode="External"/><Relationship Id="rId5969696b57d543f2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/categorization" TargetMode="External"/><Relationship Id="rId2850696b57d544722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/photos" TargetMode="External"/><Relationship Id="rId1007696b57d549f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId6597696b57d54a0d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12700" TargetMode="External"/><Relationship Id="rId2420696b57d54ba19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pestalert.org/oprDetail.cfm?oprID=421" TargetMode="External"/><Relationship Id="rId4699696b57d54d11d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26154" TargetMode="External"/><Relationship Id="rId7501696b57d54d203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId1088696b57d54d2da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3081696b57d5445e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3081696b57d5445e2.jpg"/><Relationship Id="rId1988696b57d546aab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1988696b57d546aab.jpg"/><Relationship Id="rId2154696b57d54d3ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2154696b57d54d3ad.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>