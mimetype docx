--- v3 (2026-01-17)
+++ v4 (2026-02-09)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (McAlpine) Petrák</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CBS, black spot of citrus, freckle spot of citrus, hard spot of citrus, shot-hole of citrus, speckled blotch of citrus, virulent spot of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1990696b57d543ebc" w:history="1">
+            <w:hyperlink r:id="rId94746989935f01d30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -394,53 +394,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Emergency measures, A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Emergency measures, Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5969696b57d543f2d" w:history="1">
+            <w:hyperlink r:id="rId80666989935f01d9d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GUIGCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91442754" name="name4913696b57d5445e4" descr="11463.jpg"/>
+                  <wp:docPr id="28657045" name="name43376989935f0243d" descr="11463.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11463.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3081696b57d5445e2" cstate="print"/>
+                          <a:blip r:embed="rId89906989935f0243c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2850696b57d544722" w:history="1">
+            <w:hyperlink r:id="rId72736989935f02578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3796,63 +3796,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. citricarpa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is known to be present or where substantial evidence exists that citrus black spot occurs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="85559947" name="name5289696b57d546aae" descr="GUIGCI_distribution_map.jpg"/>
+            <wp:docPr id="88424829" name="name12686989935f04268" descr="GUIGCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GUIGCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1988696b57d546aab" cstate="print"/>
+                    <a:blip r:embed="rId96346989935f04264" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11517,51 +11517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3557, 243 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1007696b57d549f9c" w:history="1">
+      <w:hyperlink r:id="rId70596989935f07665" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3557</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11705,51 +11705,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">440-461.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6597696b57d54a0d5" w:history="1">
+      <w:hyperlink r:id="rId82656989935f0779e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12700</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15545,51 +15545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2010) Phytosanitary Alert System: Confirmation of citrus black spot (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guignardia citricarpa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Florida - United States. NAPPO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2420696b57d54ba19" w:history="1">
+      <w:hyperlink r:id="rId49856989935f0906a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pestalert.org/oprDetail.cfm?oprID=421</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19152,51 +19152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Invasive species Compedium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Guignardia citricarpa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Wallingford (GB). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4699696b57d54d11d" w:history="1">
+      <w:hyperlink r:id="rId64576989935f0af98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/26154</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19291,51 +19291,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3557, 243 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7501696b57d54d203" w:history="1">
+      <w:hyperlink r:id="rId93406989935f0b080" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3557</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19401,51 +19401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta citricarpa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1088696b57d54d2da" w:history="1">
+      <w:hyperlink r:id="rId92426989935f0b1ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19476,63 +19476,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="89493876" name="name7004696b57d54d3ae" descr="eu_funding_250.png"/>
+            <wp:docPr id="87044919" name="name67596989935f0b29e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2154696b57d54d3ad" cstate="print"/>
+                    <a:blip r:embed="rId73756989935f0b29d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -19630,137 +19630,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16627037">
+  <w:abstractNum w:abstractNumId="75707919">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30785417">
+    <w:lvl w:ilvl="0" w:tplc="50837627">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30785417" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50837627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30785417" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50837627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30785417" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50837627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30785417" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50837627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30785417" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50837627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30785417" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50837627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30785417" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50837627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30785417" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50837627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16627036">
+  <w:abstractNum w:abstractNumId="75707918">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23580694">
+    <w:lvl w:ilvl="0" w:tplc="92380061">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -20512,55 +20512,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16627036">
-    <w:abstractNumId w:val="16627036"/>
+  <w:num w:numId="75707918">
+    <w:abstractNumId w:val="75707918"/>
   </w:num>
-  <w:num w:numId="16627037">
-    <w:abstractNumId w:val="16627037"/>
+  <w:num w:numId="75707919">
+    <w:abstractNumId w:val="75707919"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -32110,51 +32110,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId177311915" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId979336735" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1990696b57d543ebc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/" TargetMode="External"/><Relationship Id="rId5969696b57d543f2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/categorization" TargetMode="External"/><Relationship Id="rId2850696b57d544722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/photos" TargetMode="External"/><Relationship Id="rId1007696b57d549f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId6597696b57d54a0d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12700" TargetMode="External"/><Relationship Id="rId2420696b57d54ba19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pestalert.org/oprDetail.cfm?oprID=421" TargetMode="External"/><Relationship Id="rId4699696b57d54d11d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26154" TargetMode="External"/><Relationship Id="rId7501696b57d54d203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId1088696b57d54d2da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3081696b57d5445e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3081696b57d5445e2.jpg"/><Relationship Id="rId1988696b57d546aab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1988696b57d546aab.jpg"/><Relationship Id="rId2154696b57d54d3ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2154696b57d54d3ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId493063467" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId569338141" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId94746989935f01d30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/" TargetMode="External"/><Relationship Id="rId80666989935f01d9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/categorization" TargetMode="External"/><Relationship Id="rId72736989935f02578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/photos" TargetMode="External"/><Relationship Id="rId70596989935f07665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId82656989935f0779e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12700" TargetMode="External"/><Relationship Id="rId49856989935f0906a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pestalert.org/oprDetail.cfm?oprID=421" TargetMode="External"/><Relationship Id="rId64576989935f0af98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26154" TargetMode="External"/><Relationship Id="rId93406989935f0b080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId92426989935f0b1ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId89906989935f0243c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89906989935f0243c.jpg"/><Relationship Id="rId96346989935f04264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96346989935f04264.jpg"/><Relationship Id="rId73756989935f0b29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73756989935f0b29d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>