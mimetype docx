--- v4 (2026-02-09)
+++ v5 (2026-03-02)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (McAlpine) Petrák</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CBS, black spot of citrus, freckle spot of citrus, hard spot of citrus, shot-hole of citrus, speckled blotch of citrus, virulent spot of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94746989935f01d30" w:history="1">
+            <w:hyperlink r:id="rId919669a50a117fc5f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80666989935f01d9d" w:history="1">
+            <w:hyperlink r:id="rId479769a50a117fccc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GUIGCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28657045" name="name43376989935f0243d" descr="11463.jpg"/>
+                  <wp:docPr id="59190424" name="name641669a50a11804dd" descr="11463.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11463.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId89906989935f0243c" cstate="print"/>
+                          <a:blip r:embed="rId896669a50a11804da" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId72736989935f02578" w:history="1">
+            <w:hyperlink r:id="rId740869a50a1180605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3796,63 +3796,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. citricarpa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is known to be present or where substantial evidence exists that citrus black spot occurs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="88424829" name="name12686989935f04268" descr="GUIGCI_distribution_map.jpg"/>
+            <wp:docPr id="13804554" name="name855469a50a11828c1" descr="GUIGCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GUIGCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId96346989935f04264" cstate="print"/>
+                    <a:blip r:embed="rId418869a50a11828be" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11517,51 +11517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3557, 243 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70596989935f07665" w:history="1">
+      <w:hyperlink r:id="rId742669a50a1185be6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3557</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11705,51 +11705,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">440-461.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82656989935f0779e" w:history="1">
+      <w:hyperlink r:id="rId291269a50a1185d3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12700</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15545,51 +15545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2010) Phytosanitary Alert System: Confirmation of citrus black spot (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guignardia citricarpa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Florida - United States. NAPPO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49856989935f0906a" w:history="1">
+      <w:hyperlink r:id="rId744169a50a11875ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pestalert.org/oprDetail.cfm?oprID=421</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19152,51 +19152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Invasive species Compedium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Guignardia citricarpa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Wallingford (GB). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64576989935f0af98" w:history="1">
+      <w:hyperlink r:id="rId750669a50a1188c46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/26154</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19291,51 +19291,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3557, 243 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93406989935f0b080" w:history="1">
+      <w:hyperlink r:id="rId345069a50a1188d34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3557</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19401,51 +19401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta citricarpa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92426989935f0b1ca" w:history="1">
+      <w:hyperlink r:id="rId822169a50a1188df4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19476,63 +19476,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87044919" name="name67596989935f0b29e" descr="eu_funding_250.png"/>
+            <wp:docPr id="18895138" name="name310469a50a1188f00" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId73756989935f0b29d" cstate="print"/>
+                    <a:blip r:embed="rId814269a50a1188eff" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -19630,137 +19630,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75707919">
+  <w:abstractNum w:abstractNumId="77494279">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50837627">
+    <w:lvl w:ilvl="0" w:tplc="46643172">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50837627" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46643172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50837627" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46643172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50837627" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46643172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50837627" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46643172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50837627" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46643172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50837627" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46643172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50837627" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46643172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50837627" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46643172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75707918">
+  <w:abstractNum w:abstractNumId="77494278">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92380061">
+    <w:lvl w:ilvl="0" w:tplc="45559240">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -20512,55 +20512,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75707918">
-    <w:abstractNumId w:val="75707918"/>
+  <w:num w:numId="77494278">
+    <w:abstractNumId w:val="77494278"/>
   </w:num>
-  <w:num w:numId="75707919">
-    <w:abstractNumId w:val="75707919"/>
+  <w:num w:numId="77494279">
+    <w:abstractNumId w:val="77494279"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -32110,51 +32110,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId493063467" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId569338141" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId94746989935f01d30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/" TargetMode="External"/><Relationship Id="rId80666989935f01d9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/categorization" TargetMode="External"/><Relationship Id="rId72736989935f02578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/photos" TargetMode="External"/><Relationship Id="rId70596989935f07665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId82656989935f0779e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12700" TargetMode="External"/><Relationship Id="rId49856989935f0906a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pestalert.org/oprDetail.cfm?oprID=421" TargetMode="External"/><Relationship Id="rId64576989935f0af98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26154" TargetMode="External"/><Relationship Id="rId93406989935f0b080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId92426989935f0b1ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId89906989935f0243c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89906989935f0243c.jpg"/><Relationship Id="rId96346989935f04264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96346989935f04264.jpg"/><Relationship Id="rId73756989935f0b29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73756989935f0b29d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId365272345" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId861831453" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId919669a50a117fc5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/" TargetMode="External"/><Relationship Id="rId479769a50a117fccc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/categorization" TargetMode="External"/><Relationship Id="rId740869a50a1180605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/photos" TargetMode="External"/><Relationship Id="rId742669a50a1185be6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId291269a50a1185d3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12700" TargetMode="External"/><Relationship Id="rId744169a50a11875ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pestalert.org/oprDetail.cfm?oprID=421" TargetMode="External"/><Relationship Id="rId750669a50a1188c46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26154" TargetMode="External"/><Relationship Id="rId345069a50a1188d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId822169a50a1188df4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId896669a50a11804da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId896669a50a11804da.jpg"/><Relationship Id="rId418869a50a11828be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId418869a50a11828be.jpg"/><Relationship Id="rId814269a50a1188eff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId814269a50a1188eff.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>