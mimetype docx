--- v5 (2026-03-02)
+++ v6 (2026-03-23)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (McAlpine) Petrák</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CBS, black spot of citrus, freckle spot of citrus, hard spot of citrus, shot-hole of citrus, speckled blotch of citrus, virulent spot of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId919669a50a117fc5f" w:history="1">
+            <w:hyperlink r:id="rId289369c0c6e964b7a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId479769a50a117fccc" w:history="1">
+            <w:hyperlink r:id="rId509069c0c6e964bf9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GUIGCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59190424" name="name641669a50a11804dd" descr="11463.jpg"/>
+                  <wp:docPr id="15748054" name="name975169c0c6e96542e" descr="11463.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11463.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId896669a50a11804da" cstate="print"/>
+                          <a:blip r:embed="rId973369c0c6e96542c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId740869a50a1180605" w:history="1">
+            <w:hyperlink r:id="rId289469c0c6e965593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3796,63 +3796,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. citricarpa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is known to be present or where substantial evidence exists that citrus black spot occurs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13804554" name="name855469a50a11828c1" descr="GUIGCI_distribution_map.jpg"/>
+            <wp:docPr id="34253332" name="name267969c0c6e9674d3" descr="GUIGCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GUIGCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId418869a50a11828be" cstate="print"/>
+                    <a:blip r:embed="rId712269c0c6e9674d0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11517,51 +11517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3557, 243 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId742669a50a1185be6" w:history="1">
+      <w:hyperlink r:id="rId947169c0c6e96a81a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3557</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11705,51 +11705,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">440-461.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId291269a50a1185d3f" w:history="1">
+      <w:hyperlink r:id="rId558869c0c6e96a94f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12700</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15545,51 +15545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2010) Phytosanitary Alert System: Confirmation of citrus black spot (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guignardia citricarpa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Florida - United States. NAPPO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744169a50a11875ac" w:history="1">
+      <w:hyperlink r:id="rId320269c0c6e96c156" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pestalert.org/oprDetail.cfm?oprID=421</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19152,51 +19152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Invasive species Compedium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Guignardia citricarpa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Wallingford (GB). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId750669a50a1188c46" w:history="1">
+      <w:hyperlink r:id="rId282969c0c6e96d83a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/26154</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19291,51 +19291,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3557, 243 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId345069a50a1188d34" w:history="1">
+      <w:hyperlink r:id="rId551869c0c6e96d920" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3557</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19401,51 +19401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta citricarpa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId822169a50a1188df4" w:history="1">
+      <w:hyperlink r:id="rId971269c0c6e96d9dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19476,63 +19476,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="18895138" name="name310469a50a1188f00" descr="eu_funding_250.png"/>
+            <wp:docPr id="97806831" name="name521869c0c6e96deba" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId814269a50a1188eff" cstate="print"/>
+                    <a:blip r:embed="rId259269c0c6e96deb9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -19630,137 +19630,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77494279">
+  <w:abstractNum w:abstractNumId="22635115">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46643172">
+    <w:lvl w:ilvl="0" w:tplc="72538206">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46643172" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72538206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46643172" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72538206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46643172" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72538206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46643172" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72538206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46643172" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72538206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46643172" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72538206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46643172" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72538206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46643172" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72538206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77494278">
+  <w:abstractNum w:abstractNumId="22635114">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45559240">
+    <w:lvl w:ilvl="0" w:tplc="40010260">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -20512,55 +20512,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77494278">
-    <w:abstractNumId w:val="77494278"/>
+  <w:num w:numId="22635114">
+    <w:abstractNumId w:val="22635114"/>
   </w:num>
-  <w:num w:numId="77494279">
-    <w:abstractNumId w:val="77494279"/>
+  <w:num w:numId="22635115">
+    <w:abstractNumId w:val="22635115"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -32110,51 +32110,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId365272345" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId861831453" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId919669a50a117fc5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/" TargetMode="External"/><Relationship Id="rId479769a50a117fccc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/categorization" TargetMode="External"/><Relationship Id="rId740869a50a1180605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/photos" TargetMode="External"/><Relationship Id="rId742669a50a1185be6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId291269a50a1185d3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12700" TargetMode="External"/><Relationship Id="rId744169a50a11875ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pestalert.org/oprDetail.cfm?oprID=421" TargetMode="External"/><Relationship Id="rId750669a50a1188c46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26154" TargetMode="External"/><Relationship Id="rId345069a50a1188d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId822169a50a1188df4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId896669a50a11804da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId896669a50a11804da.jpg"/><Relationship Id="rId418869a50a11828be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId418869a50a11828be.jpg"/><Relationship Id="rId814269a50a1188eff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId814269a50a1188eff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId509302010" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId531266484" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId289369c0c6e964b7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/" TargetMode="External"/><Relationship Id="rId509069c0c6e964bf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/categorization" TargetMode="External"/><Relationship Id="rId289469c0c6e965593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GUIGCI/photos" TargetMode="External"/><Relationship Id="rId947169c0c6e96a81a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId558869c0c6e96a94f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12700" TargetMode="External"/><Relationship Id="rId320269c0c6e96c156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pestalert.org/oprDetail.cfm?oprID=421" TargetMode="External"/><Relationship Id="rId282969c0c6e96d83a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26154" TargetMode="External"/><Relationship Id="rId551869c0c6e96d920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3557" TargetMode="External"/><Relationship Id="rId971269c0c6e96d9dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId973369c0c6e96542c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId973369c0c6e96542c.jpg"/><Relationship Id="rId712269c0c6e9674d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId712269c0c6e9674d0.jpg"/><Relationship Id="rId259269c0c6e96deb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId259269c0c6e96deb9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>