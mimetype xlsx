--- v0 (2025-10-16)
+++ v1 (2025-11-06)
@@ -12,65 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GRWAS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- true host.</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Stonehouse,JM, Mumford JD, Verghese A, Patel RK, Jhala RC, Patel ZP, et al. (2005) [KIS]: Key informant survey of production, value, losses and protection of fruit fly hosts in India, pp. 9-22. In Mumford (Project Leader), Integrated Management of Fruit Flies (Diptera: Tephritidae) in India R 8089 (ZA 0493). Crop Protection Programme Final Technical Report. 190p.</t>
   </si>
   <si>
     <t>DACUTR</t>
   </si>
   <si>
     <t>Bactrocera tryoni</t>
   </si>
   <si>
     <t>* Hancock D, Hamacek EL, Lloyd AC, Elson-Harris MM (2000) The distribution and host plants of fruit flies (Diptera: Tephritidae) in Australia. Queensland Department of Primary Industries, 75 pp.</t>
   </si>
   <si>
     <t>DACUZO</t>
   </si>
   <si>
     <t>Bactrocera zonata</t>
   </si>
@@ -401,51 +411,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D4"/>
+  <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="434.037" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -469,50 +479,64 @@
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">