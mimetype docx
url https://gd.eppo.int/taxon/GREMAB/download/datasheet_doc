--- v0 (2025-10-08)
+++ v1 (2025-11-06)
@@ -556,88 +556,88 @@
               <w:t xml:space="preserve"> Karsten</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brunchorstia disease of pine, canker of conifers, dieback of pine, scleroderris canker of conifers (US), shoot blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId830268e62604790e2" w:history="1">
+            <w:hyperlink r:id="rId6714690c7cff6d7ed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId846968e6260479134" w:history="1">
+            <w:hyperlink r:id="rId1355690c7cff6d836" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -651,86 +651,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GREMAB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="55459817" name="name103368e626047b04b" descr="864.jpg"/>
+                  <wp:docPr id="1069802" name="name9091690c7cff6d912" descr="864.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="864.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId917368e626047b048" cstate="print"/>
+                          <a:blip r:embed="rId4140690c7cff6d911" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId575068e626047b1c9" w:history="1">
+            <w:hyperlink r:id="rId8835690c7cff6da3e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2358,63 +2358,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1989; Hudler &amp; Neal, 1990; Sinclair &amp; Lyon, 2005, Thompsen, 2009; Botella &amp; Hantula, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17870662" name="name663868e626047dbc8" descr="GREMAB_distribution_map.jpg"/>
+            <wp:docPr id="70859644" name="name8690690c7cff6f15e" descr="GREMAB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GREMAB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId461168e626047dbc5" cstate="print"/>
+                    <a:blip r:embed="rId8801690c7cff6f15b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4668,51 +4668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">126</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId424368e626047ed98" w:history="1">
+      <w:hyperlink r:id="rId8744690c7cff70255" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://urn.fi/URN:ISBN:951-40-0685-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4798,51 +4798,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4–6), 140–152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId421668e626047ee6d" w:history="1">
+      <w:hyperlink r:id="rId1574690c7cff70329" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.pmpp.2007.04.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4868,51 +4868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> related to weather. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scleroderris canker of conifers </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(eds Manion PD). Forestry Sciences, vol. 13. Springer, Dordrecht. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId325068e626047eee0" w:history="1">
+      <w:hyperlink r:id="rId4009690c7cff7039d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-94-009-6107-4_16</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4938,51 +4938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> stands infected by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gremmeniella abietina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Doctoral thesis, Swedish University of Agricultural Sciences, Umeå, Sweden. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId183768e626047f9ba" w:history="1">
+      <w:hyperlink r:id="rId9161690c7cff7040f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://pub.epsilon.slu.se/1732/1/Doktorsavhandling_Bernhold_080328.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5048,51 +5048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 489–495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId769768e626047fa9c" w:history="1">
+      <w:hyperlink r:id="rId9683690c7cff704d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/02827580601090176</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5138,51 +5138,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 654. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId292168e626047fb36" w:history="1">
+      <w:hyperlink r:id="rId1961690c7cff70568" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mdpi.com/1999-4915/10/11/654</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5228,101 +5228,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2–3), 125–135. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId741968e626047fbce" w:history="1">
+      <w:hyperlink r:id="rId2767690c7cff705fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2014.12.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Directive 2009/128/EC of the European Parliament and of the Council of 21 October 2009 establishing a framework for Community action to achieve the sustainable use of pesticides. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 24.09.2009, L 309/71–86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId652068e626047fc23" w:history="1">
+      <w:hyperlink r:id="rId9989690c7cff7064f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/LexUriServ/LexUriServ.do?uri=OJ:L:2009:309:0071:0086:en:PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 02 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5377,51 +5377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 310–317. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId855268e626047fcc2" w:history="1">
+      <w:hyperlink r:id="rId1550690c7cff706fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02318.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5447,81 +5447,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 167. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId835068e626047fd34" w:history="1">
+      <w:hyperlink r:id="rId9337690c7cff7076e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12571</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId708168e626047fd6b" w:history="1">
+      <w:hyperlink r:id="rId7902690c7cff707a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 02 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5556,51 +5556,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113–118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId179868e626047fdec" w:history="1">
+      <w:hyperlink r:id="rId8413690c7cff70824" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-294X.1993.tb00005.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5646,51 +5646,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId300668e626047fe7f" w:history="1">
+      <w:hyperlink r:id="rId8288690c7cff708b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1972.tb00335.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5814,51 +5814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 527–532. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId626168e626047ffb4" w:history="1">
+      <w:hyperlink r:id="rId4240690c7cff709c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756299002026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5904,51 +5904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 49–56. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId973968e6260480049" w:history="1">
+      <w:hyperlink r:id="rId6999690c7cff70a57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S0953-7562(96)80099-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5985,51 +5985,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applied Environmental Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1752–1755. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId427268e62604800d0" w:history="1">
+      <w:hyperlink r:id="rId3139690c7cff70adc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.59.6.1752-1755.1993</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6075,51 +6075,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 169–175. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId786668e6260480163" w:history="1">
+      <w:hyperlink r:id="rId2051690c7cff70b6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756296002225</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6165,51 +6165,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1531–1539. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId631268e62604801f4" w:history="1">
+      <w:hyperlink r:id="rId2642690c7cff70bfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ttps://doi.org/10.1139/b95-166</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6255,51 +6255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 300-311. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId164968e6260480285" w:history="1">
+      <w:hyperlink r:id="rId8503690c7cff70c8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2007.00498.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6325,51 +6325,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 106–112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId892068e62604802f8" w:history="1">
+      <w:hyperlink r:id="rId3344690c7cff70cfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1990.tb01278.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6406,51 +6406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11): 5030, 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId471768e626048037e" w:history="1">
+      <w:hyperlink r:id="rId5065690c7cff70d83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6496,51 +6496,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 55–64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId719868e626048041e" w:history="1">
+      <w:hyperlink r:id="rId4924690c7cff70e13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7202/706180ar</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6586,51 +6586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4055–4058 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId528568e62604804af" w:history="1">
+      <w:hyperlink r:id="rId1864690c7cff70ea2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f6114055</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6656,51 +6656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), e0134265. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId689868e6260480522" w:history="1">
+      <w:hyperlink r:id="rId2643690c7cff70f12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0134265</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6746,51 +6746,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4‐5), 193–202. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId165668e62604805ba" w:history="1">
+      <w:hyperlink r:id="rId6478690c7cff70fa2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1984.tb00163.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6836,51 +6836,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2805–2814. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId452368e626048064c" w:history="1">
+      <w:hyperlink r:id="rId2602690c7cff71031" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/b89-360</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6926,51 +6926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Sheet-369. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId490868e62604806dc" w:history="1">
+      <w:hyperlink r:id="rId3019690c7cff710bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/DFB/20056400369</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7152,51 +7152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">143</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 691–704. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId730468e6260481f90" w:history="1">
+      <w:hyperlink r:id="rId6637690c7cff71236" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-015-0719-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7242,51 +7242,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 251–262. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId256768e626048202a" w:history="1">
+      <w:hyperlink r:id="rId4881690c7cff712cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2007.00498.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7332,51 +7332,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 425. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId966168e62604820bd" w:history="1">
+      <w:hyperlink r:id="rId2050690c7cff7135e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-3059.2003.00847.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7440,51 +7440,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 289–291. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId720368e62604821bd" w:history="1">
+      <w:hyperlink r:id="rId1641690c7cff7140e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19691102608</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7510,51 +7510,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 16–21. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId274468e6260482232" w:history="1">
+      <w:hyperlink r:id="rId4726690c7cff71491" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1972.tb00338.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7736,51 +7736,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 937–938. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId523268e62604823ab" w:history="1">
+      <w:hyperlink r:id="rId8093690c7cff71601" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1984Articles/PlantDisease68n11_937.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7846,51 +7846,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 417–424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId352768e626048245d" w:history="1">
+      <w:hyperlink r:id="rId7070690c7cff716b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19700604489</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7954,51 +7954,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 56–72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId529168e626048250b" w:history="1">
+      <w:hyperlink r:id="rId9790690c7cff71761" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2008.00561.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8044,51 +8044,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 211–219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId463868e626048259a" w:history="1">
+      <w:hyperlink r:id="rId6994690c7cff717f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1439-0329.2000.00207.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8114,51 +8114,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1398–1404. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId651868e626048260a" w:history="1">
+      <w:hyperlink r:id="rId2686690c7cff71862" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x98-12</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8244,51 +8244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17–20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId461568e62604826df" w:history="1">
+      <w:hyperlink r:id="rId3230690c7cff7192f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19890632477</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8314,51 +8314,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> canker. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Folia Forestalia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 721, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId596868e6260482753" w:history="1">
+      <w:hyperlink r:id="rId4019690c7cff719a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19900643448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8442,51 +8442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 202–209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId455568e6260482823" w:history="1">
+      <w:hyperlink r:id="rId9803690c7cff71a73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/028275800750015019</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8532,51 +8532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2605–2613. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId852768e62604828b3" w:history="1">
+      <w:hyperlink r:id="rId9279690c7cff71b03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x06-148</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8602,51 +8602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 155–166. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId221368e6260482923" w:history="1">
+      <w:hyperlink r:id="rId6377690c7cff71b75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1974.tb00431.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8692,51 +8692,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId576668e62604829b2" w:history="1">
+      <w:hyperlink r:id="rId2730690c7cff71c05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-5-65</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -8762,51 +8762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gremmeniella abietina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId877068e6260482a28" w:history="1">
+      <w:hyperlink r:id="rId5558690c7cff71c7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.25892</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8843,51 +8843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5030, 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId611168e6260482aaf" w:history="1">
+      <w:hyperlink r:id="rId4528690c7cff71d03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8953,51 +8953,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gremmeniella abietina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId193768e6260482b6d" w:history="1">
+      <w:hyperlink r:id="rId6492690c7cff71dba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9116,63 +9116,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2742554" name="name935668e6260483d5f" descr="eu_funding_250.png"/>
+            <wp:docPr id="72647065" name="name2365690c7cff71f28" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId678268e6260483d5d" cstate="print"/>
+                    <a:blip r:embed="rId2437690c7cff71f27" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9270,137 +9270,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47315213">
+  <w:abstractNum w:abstractNumId="56515798">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73556582">
+    <w:lvl w:ilvl="0" w:tplc="87762313">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73556582" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87762313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73556582" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87762313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73556582" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87762313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73556582" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87762313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73556582" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87762313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73556582" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87762313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73556582" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87762313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73556582" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87762313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47315212">
+  <w:abstractNum w:abstractNumId="56515797">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22508078">
+    <w:lvl w:ilvl="0" w:tplc="78340679">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10152,55 +10152,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47315212">
-    <w:abstractNumId w:val="47315212"/>
+  <w:num w:numId="56515797">
+    <w:abstractNumId w:val="56515797"/>
   </w:num>
-  <w:num w:numId="47315213">
-    <w:abstractNumId w:val="47315213"/>
+  <w:num w:numId="56515798">
+    <w:abstractNumId w:val="56515798"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21750,51 +21750,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId565785055" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId370938416" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId830268e62604790e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/" TargetMode="External"/><Relationship Id="rId846968e6260479134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/categorization" TargetMode="External"/><Relationship Id="rId575068e626047b1c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/photos" TargetMode="External"/><Relationship Id="rId424368e626047ed98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://urn.fi/URN:ISBN:951-40-0685-2" TargetMode="External"/><Relationship Id="rId421668e626047ee6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.pmpp.2007.04.001" TargetMode="External"/><Relationship Id="rId325068e626047eee0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-009-6107-4_16" TargetMode="External"/><Relationship Id="rId183768e626047f9ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pub.epsilon.slu.se/1732/1/Doktorsavhandling_Bernhold_080328.pdf" TargetMode="External"/><Relationship Id="rId769768e626047fa9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02827580601090176" TargetMode="External"/><Relationship Id="rId292168e626047fb36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/1999-4915/10/11/654" TargetMode="External"/><Relationship Id="rId741968e626047fbce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2014.12.001" TargetMode="External"/><Relationship Id="rId652068e626047fc23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/LexUriServ/LexUriServ.do?uri=OJ:L:2009:309:0071:0086:en:PDF" TargetMode="External"/><Relationship Id="rId855268e626047fcc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02318.x" TargetMode="External"/><Relationship Id="rId835068e626047fd34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12571" TargetMode="External"/><Relationship Id="rId708168e626047fd6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId179868e626047fdec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-294X.1993.tb00005.x" TargetMode="External"/><Relationship Id="rId300668e626047fe7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1972.tb00335.x" TargetMode="External"/><Relationship Id="rId626168e626047ffb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299002026" TargetMode="External"/><Relationship Id="rId973968e6260480049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S0953-7562(96)80099-2" TargetMode="External"/><Relationship Id="rId427268e62604800d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.6.1752-1755.1993" TargetMode="External"/><Relationship Id="rId786668e6260480163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756296002225" TargetMode="External"/><Relationship Id="rId631268e62604801f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b95-166" TargetMode="External"/><Relationship Id="rId164968e6260480285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2007.00498.x" TargetMode="External"/><Relationship Id="rId892068e62604802f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1990.tb01278.x" TargetMode="External"/><Relationship Id="rId471768e626048037e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5030" TargetMode="External"/><Relationship Id="rId719868e626048041e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7202/706180ar" TargetMode="External"/><Relationship Id="rId528568e62604804af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f6114055" TargetMode="External"/><Relationship Id="rId689868e6260480522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId165668e62604805ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1984.tb00163.x" TargetMode="External"/><Relationship Id="rId452368e626048064c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b89-360" TargetMode="External"/><Relationship Id="rId490868e62604806dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/DFB/20056400369" TargetMode="External"/><Relationship Id="rId730468e6260481f90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-015-0719-3" TargetMode="External"/><Relationship Id="rId256768e626048202a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2007.00498.x" TargetMode="External"/><Relationship Id="rId966168e62604820bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2003.00847.x" TargetMode="External"/><Relationship Id="rId720368e62604821bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19691102608" TargetMode="External"/><Relationship Id="rId274468e6260482232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1972.tb00338.x" TargetMode="External"/><Relationship Id="rId523268e62604823ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1984Articles/PlantDisease68n11_937.pdf" TargetMode="External"/><Relationship Id="rId352768e626048245d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19700604489" TargetMode="External"/><Relationship Id="rId529168e626048250b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2008.00561.x" TargetMode="External"/><Relationship Id="rId463868e626048259a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0329.2000.00207.x" TargetMode="External"/><Relationship Id="rId651868e626048260a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x98-12" TargetMode="External"/><Relationship Id="rId461568e62604826df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19890632477" TargetMode="External"/><Relationship Id="rId596868e6260482753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19900643448" TargetMode="External"/><Relationship Id="rId455568e6260482823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/028275800750015019" TargetMode="External"/><Relationship Id="rId852768e62604828b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x06-148" TargetMode="External"/><Relationship Id="rId221368e6260482923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1974.tb00431.x" TargetMode="External"/><Relationship Id="rId576668e62604829b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-5-65" TargetMode="External"/><Relationship Id="rId877068e6260482a28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.25892" TargetMode="External"/><Relationship Id="rId611168e6260482aaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5030" TargetMode="External"/><Relationship Id="rId193768e6260482b6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId917368e626047b048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId917368e626047b048.jpg"/><Relationship Id="rId461168e626047dbc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId461168e626047dbc5.jpg"/><Relationship Id="rId678268e6260483d5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId678268e6260483d5d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId362784305" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId423288151" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6714690c7cff6d7ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/" TargetMode="External"/><Relationship Id="rId1355690c7cff6d836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/categorization" TargetMode="External"/><Relationship Id="rId8835690c7cff6da3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/photos" TargetMode="External"/><Relationship Id="rId8744690c7cff70255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://urn.fi/URN:ISBN:951-40-0685-2" TargetMode="External"/><Relationship Id="rId1574690c7cff70329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.pmpp.2007.04.001" TargetMode="External"/><Relationship Id="rId4009690c7cff7039d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-009-6107-4_16" TargetMode="External"/><Relationship Id="rId9161690c7cff7040f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pub.epsilon.slu.se/1732/1/Doktorsavhandling_Bernhold_080328.pdf" TargetMode="External"/><Relationship Id="rId9683690c7cff704d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02827580601090176" TargetMode="External"/><Relationship Id="rId1961690c7cff70568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/1999-4915/10/11/654" TargetMode="External"/><Relationship Id="rId2767690c7cff705fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2014.12.001" TargetMode="External"/><Relationship Id="rId9989690c7cff7064f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/LexUriServ/LexUriServ.do?uri=OJ:L:2009:309:0071:0086:en:PDF" TargetMode="External"/><Relationship Id="rId1550690c7cff706fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02318.x" TargetMode="External"/><Relationship Id="rId9337690c7cff7076e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12571" TargetMode="External"/><Relationship Id="rId7902690c7cff707a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId8413690c7cff70824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-294X.1993.tb00005.x" TargetMode="External"/><Relationship Id="rId8288690c7cff708b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1972.tb00335.x" TargetMode="External"/><Relationship Id="rId4240690c7cff709c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299002026" TargetMode="External"/><Relationship Id="rId6999690c7cff70a57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S0953-7562(96)80099-2" TargetMode="External"/><Relationship Id="rId3139690c7cff70adc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.6.1752-1755.1993" TargetMode="External"/><Relationship Id="rId2051690c7cff70b6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756296002225" TargetMode="External"/><Relationship Id="rId2642690c7cff70bfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b95-166" TargetMode="External"/><Relationship Id="rId8503690c7cff70c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2007.00498.x" TargetMode="External"/><Relationship Id="rId3344690c7cff70cfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1990.tb01278.x" TargetMode="External"/><Relationship Id="rId5065690c7cff70d83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5030" TargetMode="External"/><Relationship Id="rId4924690c7cff70e13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7202/706180ar" TargetMode="External"/><Relationship Id="rId1864690c7cff70ea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f6114055" TargetMode="External"/><Relationship Id="rId2643690c7cff70f12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId6478690c7cff70fa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1984.tb00163.x" TargetMode="External"/><Relationship Id="rId2602690c7cff71031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b89-360" TargetMode="External"/><Relationship Id="rId3019690c7cff710bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/DFB/20056400369" TargetMode="External"/><Relationship Id="rId6637690c7cff71236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-015-0719-3" TargetMode="External"/><Relationship Id="rId4881690c7cff712cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2007.00498.x" TargetMode="External"/><Relationship Id="rId2050690c7cff7135e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2003.00847.x" TargetMode="External"/><Relationship Id="rId1641690c7cff7140e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19691102608" TargetMode="External"/><Relationship Id="rId4726690c7cff71491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1972.tb00338.x" TargetMode="External"/><Relationship Id="rId8093690c7cff71601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1984Articles/PlantDisease68n11_937.pdf" TargetMode="External"/><Relationship Id="rId7070690c7cff716b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19700604489" TargetMode="External"/><Relationship Id="rId9790690c7cff71761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2008.00561.x" TargetMode="External"/><Relationship Id="rId6994690c7cff717f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0329.2000.00207.x" TargetMode="External"/><Relationship Id="rId2686690c7cff71862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x98-12" TargetMode="External"/><Relationship Id="rId3230690c7cff7192f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19890632477" TargetMode="External"/><Relationship Id="rId4019690c7cff719a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19900643448" TargetMode="External"/><Relationship Id="rId9803690c7cff71a73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/028275800750015019" TargetMode="External"/><Relationship Id="rId9279690c7cff71b03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x06-148" TargetMode="External"/><Relationship Id="rId6377690c7cff71b75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1974.tb00431.x" TargetMode="External"/><Relationship Id="rId2730690c7cff71c05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-5-65" TargetMode="External"/><Relationship Id="rId5558690c7cff71c7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.25892" TargetMode="External"/><Relationship Id="rId4528690c7cff71d03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5030" TargetMode="External"/><Relationship Id="rId6492690c7cff71dba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4140690c7cff6d911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4140690c7cff6d911.jpg"/><Relationship Id="rId8801690c7cff6f15b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8801690c7cff6f15b.jpg"/><Relationship Id="rId2437690c7cff71f27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2437690c7cff71f27.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>