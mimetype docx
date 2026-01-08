--- v1 (2025-11-06)
+++ v2 (2026-01-08)
@@ -556,88 +556,88 @@
               <w:t xml:space="preserve"> Karsten</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brunchorstia disease of pine, canker of conifers, dieback of pine, scleroderris canker of conifers (US), shoot blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6714690c7cff6d7ed" w:history="1">
+            <w:hyperlink r:id="rId4240695efbcd29498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1355690c7cff6d836" w:history="1">
+            <w:hyperlink r:id="rId6784695efbcd294dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -651,86 +651,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GREMAB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="1069802" name="name9091690c7cff6d912" descr="864.jpg"/>
+                  <wp:docPr id="59136791" name="name7254695efbcd2a195" descr="864.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="864.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4140690c7cff6d911" cstate="print"/>
+                          <a:blip r:embed="rId2287695efbcd2a17e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8835690c7cff6da3e" w:history="1">
+            <w:hyperlink r:id="rId2349695efbcd2a47b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2358,63 +2358,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1989; Hudler &amp; Neal, 1990; Sinclair &amp; Lyon, 2005, Thompsen, 2009; Botella &amp; Hantula, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="70859644" name="name8690690c7cff6f15e" descr="GREMAB_distribution_map.jpg"/>
+            <wp:docPr id="71690466" name="name5400695efbcd2cac7" descr="GREMAB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GREMAB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8801690c7cff6f15b" cstate="print"/>
+                    <a:blip r:embed="rId4845695efbcd2cac3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4668,51 +4668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">126</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8744690c7cff70255" w:history="1">
+      <w:hyperlink r:id="rId4528695efbcd2dbc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://urn.fi/URN:ISBN:951-40-0685-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4798,51 +4798,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4–6), 140–152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1574690c7cff70329" w:history="1">
+      <w:hyperlink r:id="rId7340695efbcd2dc9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.pmpp.2007.04.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4868,51 +4868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> related to weather. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scleroderris canker of conifers </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(eds Manion PD). Forestry Sciences, vol. 13. Springer, Dordrecht. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4009690c7cff7039d" w:history="1">
+      <w:hyperlink r:id="rId5728695efbcd2dd10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-94-009-6107-4_16</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4938,51 +4938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> stands infected by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gremmeniella abietina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Doctoral thesis, Swedish University of Agricultural Sciences, Umeå, Sweden. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9161690c7cff7040f" w:history="1">
+      <w:hyperlink r:id="rId1966695efbcd2dd80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://pub.epsilon.slu.se/1732/1/Doktorsavhandling_Bernhold_080328.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5048,51 +5048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 489–495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9683690c7cff704d3" w:history="1">
+      <w:hyperlink r:id="rId2394695efbcd2de41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/02827580601090176</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5138,51 +5138,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 654. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1961690c7cff70568" w:history="1">
+      <w:hyperlink r:id="rId3857695efbcd2ded3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mdpi.com/1999-4915/10/11/654</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5228,101 +5228,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2–3), 125–135. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2767690c7cff705fb" w:history="1">
+      <w:hyperlink r:id="rId5480695efbcd2df73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2014.12.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Directive 2009/128/EC of the European Parliament and of the Council of 21 October 2009 establishing a framework for Community action to achieve the sustainable use of pesticides. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 24.09.2009, L 309/71–86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9989690c7cff7064f" w:history="1">
+      <w:hyperlink r:id="rId4723695efbcd2dfc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/LexUriServ/LexUriServ.do?uri=OJ:L:2009:309:0071:0086:en:PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 02 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5377,51 +5377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 310–317. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1550690c7cff706fc" w:history="1">
+      <w:hyperlink r:id="rId4957695efbcd2e068" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02318.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5447,81 +5447,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 167. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9337690c7cff7076e" w:history="1">
+      <w:hyperlink r:id="rId5531695efbcd2e0d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12571</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7902690c7cff707a4" w:history="1">
+      <w:hyperlink r:id="rId4390695efbcd2e10e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 02 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5556,51 +5556,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113–118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8413690c7cff70824" w:history="1">
+      <w:hyperlink r:id="rId5701695efbcd2e18c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-294X.1993.tb00005.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5646,51 +5646,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8288690c7cff708b7" w:history="1">
+      <w:hyperlink r:id="rId2195695efbcd2e21d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1972.tb00335.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5814,51 +5814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 527–532. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4240690c7cff709c5" w:history="1">
+      <w:hyperlink r:id="rId1892695efbcd2e329" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756299002026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5904,51 +5904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 49–56. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6999690c7cff70a57" w:history="1">
+      <w:hyperlink r:id="rId1539695efbcd2e3b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S0953-7562(96)80099-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5985,51 +5985,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applied Environmental Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1752–1755. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3139690c7cff70adc" w:history="1">
+      <w:hyperlink r:id="rId6952695efbcd2e43d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.59.6.1752-1755.1993</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6075,51 +6075,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 169–175. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2051690c7cff70b6e" w:history="1">
+      <w:hyperlink r:id="rId5929695efbcd2e4cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756296002225</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6165,51 +6165,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1531–1539. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2642690c7cff70bfe" w:history="1">
+      <w:hyperlink r:id="rId4625695efbcd2e55a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ttps://doi.org/10.1139/b95-166</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6255,51 +6255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 300-311. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8503690c7cff70c8c" w:history="1">
+      <w:hyperlink r:id="rId7883695efbcd2e623" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2007.00498.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6325,51 +6325,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 106–112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3344690c7cff70cfe" w:history="1">
+      <w:hyperlink r:id="rId1877695efbcd2e69d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1990.tb01278.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6406,51 +6406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11): 5030, 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5065690c7cff70d83" w:history="1">
+      <w:hyperlink r:id="rId9937695efbcd2ea88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6496,51 +6496,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 55–64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4924690c7cff70e13" w:history="1">
+      <w:hyperlink r:id="rId4138695efbcd2eb25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7202/706180ar</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6586,51 +6586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4055–4058 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1864690c7cff70ea2" w:history="1">
+      <w:hyperlink r:id="rId1456695efbcd2ec04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f6114055</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6656,51 +6656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), e0134265. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2643690c7cff70f12" w:history="1">
+      <w:hyperlink r:id="rId3773695efbcd2ec7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0134265</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6746,51 +6746,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4‐5), 193–202. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6478690c7cff70fa2" w:history="1">
+      <w:hyperlink r:id="rId1101695efbcd2ed12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1984.tb00163.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6836,51 +6836,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2805–2814. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2602690c7cff71031" w:history="1">
+      <w:hyperlink r:id="rId8709695efbcd2ee13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/b89-360</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6926,51 +6926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Sheet-369. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3019690c7cff710bf" w:history="1">
+      <w:hyperlink r:id="rId5415695efbcd2efa0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/DFB/20056400369</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7152,51 +7152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">143</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 691–704. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6637690c7cff71236" w:history="1">
+      <w:hyperlink r:id="rId2864695efbcd2f196" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-015-0719-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7242,51 +7242,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 251–262. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4881690c7cff712cd" w:history="1">
+      <w:hyperlink r:id="rId5579695efbcd2f230" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2007.00498.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7332,51 +7332,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 425. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2050690c7cff7135e" w:history="1">
+      <w:hyperlink r:id="rId5860695efbcd2f2f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-3059.2003.00847.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7440,51 +7440,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 289–291. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1641690c7cff7140e" w:history="1">
+      <w:hyperlink r:id="rId9410695efbcd2f3a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19691102608</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7510,51 +7510,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 16–21. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4726690c7cff71491" w:history="1">
+      <w:hyperlink r:id="rId7899695efbcd2f44b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1972.tb00338.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7736,51 +7736,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 937–938. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8093690c7cff71601" w:history="1">
+      <w:hyperlink r:id="rId2902695efbcd2f61c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1984Articles/PlantDisease68n11_937.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7846,51 +7846,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 417–424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7070690c7cff716b2" w:history="1">
+      <w:hyperlink r:id="rId6197695efbcd2f6d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19700604489</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7954,51 +7954,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 56–72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9790690c7cff71761" w:history="1">
+      <w:hyperlink r:id="rId5687695efbcd2f7b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2008.00561.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8044,51 +8044,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 211–219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6994690c7cff717f1" w:history="1">
+      <w:hyperlink r:id="rId7375695efbcd2f845" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1439-0329.2000.00207.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8114,51 +8114,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1398–1404. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2686690c7cff71862" w:history="1">
+      <w:hyperlink r:id="rId1393695efbcd2f8b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x98-12</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8244,51 +8244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17–20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3230690c7cff7192f" w:history="1">
+      <w:hyperlink r:id="rId7208695efbcd2f986" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19890632477</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8314,51 +8314,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> canker. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Folia Forestalia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 721, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4019690c7cff719a2" w:history="1">
+      <w:hyperlink r:id="rId9055695efbcd2fa30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19900643448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8442,51 +8442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 202–209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9803690c7cff71a73" w:history="1">
+      <w:hyperlink r:id="rId4415695efbcd2fb0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/028275800750015019</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8532,51 +8532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2605–2613. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9279690c7cff71b03" w:history="1">
+      <w:hyperlink r:id="rId7503695efbcd2fc57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x06-148</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8602,51 +8602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 155–166. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6377690c7cff71b75" w:history="1">
+      <w:hyperlink r:id="rId1653695efbcd2fcd2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1974.tb00431.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8692,51 +8692,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2730690c7cff71c05" w:history="1">
+      <w:hyperlink r:id="rId8959695efbcd2fde8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-5-65</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -8762,51 +8762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gremmeniella abietina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5558690c7cff71c7c" w:history="1">
+      <w:hyperlink r:id="rId3380695efbcd2fe6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.25892</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8843,51 +8843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5030, 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4528690c7cff71d03" w:history="1">
+      <w:hyperlink r:id="rId5681695efbcd2fef9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8931,73 +8931,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gremmeniella abietina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6492690c7cff71dba" w:history="1">
+      <w:hyperlink r:id="rId4219695efbcd2ffbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9116,63 +9116,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72647065" name="name2365690c7cff71f28" descr="eu_funding_250.png"/>
+            <wp:docPr id="58780408" name="name7411695efbcd304fd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2437690c7cff71f27" cstate="print"/>
+                    <a:blip r:embed="rId8766695efbcd304fb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9270,137 +9270,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56515798">
+  <w:abstractNum w:abstractNumId="74270287">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87762313">
+    <w:lvl w:ilvl="0" w:tplc="50373026">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87762313" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50373026" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87762313" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50373026" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87762313" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50373026" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87762313" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50373026" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87762313" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50373026" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87762313" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50373026" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87762313" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50373026" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87762313" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50373026" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56515797">
+  <w:abstractNum w:abstractNumId="74270286">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78340679">
+    <w:lvl w:ilvl="0" w:tplc="82849374">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10152,55 +10152,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56515797">
-    <w:abstractNumId w:val="56515797"/>
+  <w:num w:numId="74270286">
+    <w:abstractNumId w:val="74270286"/>
   </w:num>
-  <w:num w:numId="56515798">
-    <w:abstractNumId w:val="56515798"/>
+  <w:num w:numId="74270287">
+    <w:abstractNumId w:val="74270287"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21750,51 +21750,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId362784305" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId423288151" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6714690c7cff6d7ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/" TargetMode="External"/><Relationship Id="rId1355690c7cff6d836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/categorization" TargetMode="External"/><Relationship Id="rId8835690c7cff6da3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/photos" TargetMode="External"/><Relationship Id="rId8744690c7cff70255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://urn.fi/URN:ISBN:951-40-0685-2" TargetMode="External"/><Relationship Id="rId1574690c7cff70329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.pmpp.2007.04.001" TargetMode="External"/><Relationship Id="rId4009690c7cff7039d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-009-6107-4_16" TargetMode="External"/><Relationship Id="rId9161690c7cff7040f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pub.epsilon.slu.se/1732/1/Doktorsavhandling_Bernhold_080328.pdf" TargetMode="External"/><Relationship Id="rId9683690c7cff704d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02827580601090176" TargetMode="External"/><Relationship Id="rId1961690c7cff70568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/1999-4915/10/11/654" TargetMode="External"/><Relationship Id="rId2767690c7cff705fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2014.12.001" TargetMode="External"/><Relationship Id="rId9989690c7cff7064f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/LexUriServ/LexUriServ.do?uri=OJ:L:2009:309:0071:0086:en:PDF" TargetMode="External"/><Relationship Id="rId1550690c7cff706fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02318.x" TargetMode="External"/><Relationship Id="rId9337690c7cff7076e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12571" TargetMode="External"/><Relationship Id="rId7902690c7cff707a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId8413690c7cff70824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-294X.1993.tb00005.x" TargetMode="External"/><Relationship Id="rId8288690c7cff708b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1972.tb00335.x" TargetMode="External"/><Relationship Id="rId4240690c7cff709c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299002026" TargetMode="External"/><Relationship Id="rId6999690c7cff70a57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S0953-7562(96)80099-2" TargetMode="External"/><Relationship Id="rId3139690c7cff70adc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.6.1752-1755.1993" TargetMode="External"/><Relationship Id="rId2051690c7cff70b6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756296002225" TargetMode="External"/><Relationship Id="rId2642690c7cff70bfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b95-166" TargetMode="External"/><Relationship Id="rId8503690c7cff70c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2007.00498.x" TargetMode="External"/><Relationship Id="rId3344690c7cff70cfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1990.tb01278.x" TargetMode="External"/><Relationship Id="rId5065690c7cff70d83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5030" TargetMode="External"/><Relationship Id="rId4924690c7cff70e13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7202/706180ar" TargetMode="External"/><Relationship Id="rId1864690c7cff70ea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f6114055" TargetMode="External"/><Relationship Id="rId2643690c7cff70f12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId6478690c7cff70fa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1984.tb00163.x" TargetMode="External"/><Relationship Id="rId2602690c7cff71031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b89-360" TargetMode="External"/><Relationship Id="rId3019690c7cff710bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/DFB/20056400369" TargetMode="External"/><Relationship Id="rId6637690c7cff71236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-015-0719-3" TargetMode="External"/><Relationship Id="rId4881690c7cff712cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2007.00498.x" TargetMode="External"/><Relationship Id="rId2050690c7cff7135e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2003.00847.x" TargetMode="External"/><Relationship Id="rId1641690c7cff7140e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19691102608" TargetMode="External"/><Relationship Id="rId4726690c7cff71491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1972.tb00338.x" TargetMode="External"/><Relationship Id="rId8093690c7cff71601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1984Articles/PlantDisease68n11_937.pdf" TargetMode="External"/><Relationship Id="rId7070690c7cff716b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19700604489" TargetMode="External"/><Relationship Id="rId9790690c7cff71761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2008.00561.x" TargetMode="External"/><Relationship Id="rId6994690c7cff717f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0329.2000.00207.x" TargetMode="External"/><Relationship Id="rId2686690c7cff71862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x98-12" TargetMode="External"/><Relationship Id="rId3230690c7cff7192f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19890632477" TargetMode="External"/><Relationship Id="rId4019690c7cff719a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19900643448" TargetMode="External"/><Relationship Id="rId9803690c7cff71a73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/028275800750015019" TargetMode="External"/><Relationship Id="rId9279690c7cff71b03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x06-148" TargetMode="External"/><Relationship Id="rId6377690c7cff71b75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1974.tb00431.x" TargetMode="External"/><Relationship Id="rId2730690c7cff71c05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-5-65" TargetMode="External"/><Relationship Id="rId5558690c7cff71c7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.25892" TargetMode="External"/><Relationship Id="rId4528690c7cff71d03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5030" TargetMode="External"/><Relationship Id="rId6492690c7cff71dba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4140690c7cff6d911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4140690c7cff6d911.jpg"/><Relationship Id="rId8801690c7cff6f15b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8801690c7cff6f15b.jpg"/><Relationship Id="rId2437690c7cff71f27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2437690c7cff71f27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId329969909" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId773910481" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4240695efbcd29498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/" TargetMode="External"/><Relationship Id="rId6784695efbcd294dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/categorization" TargetMode="External"/><Relationship Id="rId2349695efbcd2a47b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/photos" TargetMode="External"/><Relationship Id="rId4528695efbcd2dbc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://urn.fi/URN:ISBN:951-40-0685-2" TargetMode="External"/><Relationship Id="rId7340695efbcd2dc9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.pmpp.2007.04.001" TargetMode="External"/><Relationship Id="rId5728695efbcd2dd10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-009-6107-4_16" TargetMode="External"/><Relationship Id="rId1966695efbcd2dd80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pub.epsilon.slu.se/1732/1/Doktorsavhandling_Bernhold_080328.pdf" TargetMode="External"/><Relationship Id="rId2394695efbcd2de41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02827580601090176" TargetMode="External"/><Relationship Id="rId3857695efbcd2ded3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/1999-4915/10/11/654" TargetMode="External"/><Relationship Id="rId5480695efbcd2df73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2014.12.001" TargetMode="External"/><Relationship Id="rId4723695efbcd2dfc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/LexUriServ/LexUriServ.do?uri=OJ:L:2009:309:0071:0086:en:PDF" TargetMode="External"/><Relationship Id="rId4957695efbcd2e068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02318.x" TargetMode="External"/><Relationship Id="rId5531695efbcd2e0d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12571" TargetMode="External"/><Relationship Id="rId4390695efbcd2e10e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId5701695efbcd2e18c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-294X.1993.tb00005.x" TargetMode="External"/><Relationship Id="rId2195695efbcd2e21d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1972.tb00335.x" TargetMode="External"/><Relationship Id="rId1892695efbcd2e329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299002026" TargetMode="External"/><Relationship Id="rId1539695efbcd2e3b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S0953-7562(96)80099-2" TargetMode="External"/><Relationship Id="rId6952695efbcd2e43d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.6.1752-1755.1993" TargetMode="External"/><Relationship Id="rId5929695efbcd2e4cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756296002225" TargetMode="External"/><Relationship Id="rId4625695efbcd2e55a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b95-166" TargetMode="External"/><Relationship Id="rId7883695efbcd2e623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2007.00498.x" TargetMode="External"/><Relationship Id="rId1877695efbcd2e69d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1990.tb01278.x" TargetMode="External"/><Relationship Id="rId9937695efbcd2ea88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5030" TargetMode="External"/><Relationship Id="rId4138695efbcd2eb25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7202/706180ar" TargetMode="External"/><Relationship Id="rId1456695efbcd2ec04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f6114055" TargetMode="External"/><Relationship Id="rId3773695efbcd2ec7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId1101695efbcd2ed12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1984.tb00163.x" TargetMode="External"/><Relationship Id="rId8709695efbcd2ee13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b89-360" TargetMode="External"/><Relationship Id="rId5415695efbcd2efa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/DFB/20056400369" TargetMode="External"/><Relationship Id="rId2864695efbcd2f196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-015-0719-3" TargetMode="External"/><Relationship Id="rId5579695efbcd2f230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2007.00498.x" TargetMode="External"/><Relationship Id="rId5860695efbcd2f2f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2003.00847.x" TargetMode="External"/><Relationship Id="rId9410695efbcd2f3a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19691102608" TargetMode="External"/><Relationship Id="rId7899695efbcd2f44b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1972.tb00338.x" TargetMode="External"/><Relationship Id="rId2902695efbcd2f61c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1984Articles/PlantDisease68n11_937.pdf" TargetMode="External"/><Relationship Id="rId6197695efbcd2f6d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19700604489" TargetMode="External"/><Relationship Id="rId5687695efbcd2f7b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2008.00561.x" TargetMode="External"/><Relationship Id="rId7375695efbcd2f845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0329.2000.00207.x" TargetMode="External"/><Relationship Id="rId1393695efbcd2f8b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x98-12" TargetMode="External"/><Relationship Id="rId7208695efbcd2f986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19890632477" TargetMode="External"/><Relationship Id="rId9055695efbcd2fa30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19900643448" TargetMode="External"/><Relationship Id="rId4415695efbcd2fb0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/028275800750015019" TargetMode="External"/><Relationship Id="rId7503695efbcd2fc57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x06-148" TargetMode="External"/><Relationship Id="rId1653695efbcd2fcd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1974.tb00431.x" TargetMode="External"/><Relationship Id="rId8959695efbcd2fde8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-5-65" TargetMode="External"/><Relationship Id="rId3380695efbcd2fe6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.25892" TargetMode="External"/><Relationship Id="rId5681695efbcd2fef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5030" TargetMode="External"/><Relationship Id="rId4219695efbcd2ffbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2287695efbcd2a17e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2287695efbcd2a17e.jpg"/><Relationship Id="rId4845695efbcd2cac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4845695efbcd2cac3.jpg"/><Relationship Id="rId8766695efbcd304fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8766695efbcd304fb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>