--- v2 (2026-01-08)
+++ v3 (2026-01-28)
@@ -556,88 +556,88 @@
               <w:t xml:space="preserve"> Karsten</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brunchorstia disease of pine, canker of conifers, dieback of pine, scleroderris canker of conifers (US), shoot blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4240695efbcd29498" w:history="1">
+            <w:hyperlink r:id="rId94486979cdcd95457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6784695efbcd294dd" w:history="1">
+            <w:hyperlink r:id="rId95856979cdcd9549c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -651,86 +651,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GREMAB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59136791" name="name7254695efbcd2a195" descr="864.jpg"/>
+                  <wp:docPr id="53267644" name="name37326979cdcd95b8f" descr="864.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="864.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2287695efbcd2a17e" cstate="print"/>
+                          <a:blip r:embed="rId77296979cdcd95b8d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2349695efbcd2a47b" w:history="1">
+            <w:hyperlink r:id="rId65116979cdcd95c92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2358,63 +2358,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1989; Hudler &amp; Neal, 1990; Sinclair &amp; Lyon, 2005, Thompsen, 2009; Botella &amp; Hantula, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71690466" name="name5400695efbcd2cac7" descr="GREMAB_distribution_map.jpg"/>
+            <wp:docPr id="53031313" name="name65186979cdcd9738b" descr="GREMAB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GREMAB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4845695efbcd2cac3" cstate="print"/>
+                    <a:blip r:embed="rId15876979cdcd97387" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4668,51 +4668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">126</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4528695efbcd2dbc9" w:history="1">
+      <w:hyperlink r:id="rId85456979cdcd983f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://urn.fi/URN:ISBN:951-40-0685-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4798,51 +4798,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4–6), 140–152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7340695efbcd2dc9c" w:history="1">
+      <w:hyperlink r:id="rId97476979cdcd984c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.pmpp.2007.04.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4868,51 +4868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> related to weather. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scleroderris canker of conifers </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(eds Manion PD). Forestry Sciences, vol. 13. Springer, Dordrecht. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5728695efbcd2dd10" w:history="1">
+      <w:hyperlink r:id="rId91436979cdcd98535" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-94-009-6107-4_16</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4938,51 +4938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> stands infected by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gremmeniella abietina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Doctoral thesis, Swedish University of Agricultural Sciences, Umeå, Sweden. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1966695efbcd2dd80" w:history="1">
+      <w:hyperlink r:id="rId19836979cdcd985bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://pub.epsilon.slu.se/1732/1/Doktorsavhandling_Bernhold_080328.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5048,51 +5048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 489–495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2394695efbcd2de41" w:history="1">
+      <w:hyperlink r:id="rId59586979cdcd9866b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/02827580601090176</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5138,51 +5138,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 654. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3857695efbcd2ded3" w:history="1">
+      <w:hyperlink r:id="rId40936979cdcd986f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mdpi.com/1999-4915/10/11/654</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5228,101 +5228,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2–3), 125–135. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5480695efbcd2df73" w:history="1">
+      <w:hyperlink r:id="rId68576979cdcd98788" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2014.12.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Directive 2009/128/EC of the European Parliament and of the Council of 21 October 2009 establishing a framework for Community action to achieve the sustainable use of pesticides. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 24.09.2009, L 309/71–86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4723695efbcd2dfc9" w:history="1">
+      <w:hyperlink r:id="rId72236979cdcd987da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/LexUriServ/LexUriServ.do?uri=OJ:L:2009:309:0071:0086:en:PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 02 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5377,51 +5377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 310–317. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4957695efbcd2e068" w:history="1">
+      <w:hyperlink r:id="rId84696979cdcd98875" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02318.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5447,81 +5447,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 167. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5531695efbcd2e0d8" w:history="1">
+      <w:hyperlink r:id="rId47866979cdcd988e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12571</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4390695efbcd2e10e" w:history="1">
+      <w:hyperlink r:id="rId36986979cdcd98918" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 02 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5556,51 +5556,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113–118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5701695efbcd2e18c" w:history="1">
+      <w:hyperlink r:id="rId82216979cdcd98992" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-294X.1993.tb00005.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5646,51 +5646,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2195695efbcd2e21d" w:history="1">
+      <w:hyperlink r:id="rId37026979cdcd98a21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1972.tb00335.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5814,51 +5814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 527–532. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1892695efbcd2e329" w:history="1">
+      <w:hyperlink r:id="rId26896979cdcd98b37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756299002026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5904,51 +5904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 49–56. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1539695efbcd2e3b8" w:history="1">
+      <w:hyperlink r:id="rId88826979cdcd98bc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S0953-7562(96)80099-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5985,51 +5985,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applied Environmental Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1752–1755. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6952695efbcd2e43d" w:history="1">
+      <w:hyperlink r:id="rId37936979cdcd98c4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.59.6.1752-1755.1993</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6075,51 +6075,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 169–175. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5929695efbcd2e4cb" w:history="1">
+      <w:hyperlink r:id="rId82166979cdcd98cd7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756296002225</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6165,51 +6165,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1531–1539. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4625695efbcd2e55a" w:history="1">
+      <w:hyperlink r:id="rId56506979cdcd98d64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ttps://doi.org/10.1139/b95-166</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6255,51 +6255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 300-311. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7883695efbcd2e623" w:history="1">
+      <w:hyperlink r:id="rId88296979cdcd98df1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2007.00498.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6325,51 +6325,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 106–112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1877695efbcd2e69d" w:history="1">
+      <w:hyperlink r:id="rId82556979cdcd98e61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1990.tb01278.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6406,51 +6406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11): 5030, 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9937695efbcd2ea88" w:history="1">
+      <w:hyperlink r:id="rId63646979cdcd98ee5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6496,51 +6496,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 55–64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4138695efbcd2eb25" w:history="1">
+      <w:hyperlink r:id="rId63776979cdcd98f72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7202/706180ar</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6586,51 +6586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4055–4058 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1456695efbcd2ec04" w:history="1">
+      <w:hyperlink r:id="rId49666979cdcd98ffe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f6114055</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6656,51 +6656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), e0134265. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3773695efbcd2ec7d" w:history="1">
+      <w:hyperlink r:id="rId10026979cdcd9906d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0134265</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6746,51 +6746,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4‐5), 193–202. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1101695efbcd2ed12" w:history="1">
+      <w:hyperlink r:id="rId54426979cdcd990f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1984.tb00163.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6836,51 +6836,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2805–2814. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8709695efbcd2ee13" w:history="1">
+      <w:hyperlink r:id="rId58956979cdcd99186" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/b89-360</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6926,51 +6926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Sheet-369. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5415695efbcd2efa0" w:history="1">
+      <w:hyperlink r:id="rId64986979cdcd99213" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/DFB/20056400369</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7152,51 +7152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">143</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 691–704. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2864695efbcd2f196" w:history="1">
+      <w:hyperlink r:id="rId89166979cdcd99373" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-015-0719-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7242,51 +7242,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 251–262. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5579695efbcd2f230" w:history="1">
+      <w:hyperlink r:id="rId50376979cdcd993fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2007.00498.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7332,51 +7332,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 425. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5860695efbcd2f2f0" w:history="1">
+      <w:hyperlink r:id="rId48086979cdcd9948a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-3059.2003.00847.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7440,51 +7440,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 289–291. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9410695efbcd2f3a6" w:history="1">
+      <w:hyperlink r:id="rId20006979cdcd99553" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19691102608</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7510,51 +7510,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 16–21. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7899695efbcd2f44b" w:history="1">
+      <w:hyperlink r:id="rId31596979cdcd995c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1972.tb00338.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7736,51 +7736,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 937–938. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2902695efbcd2f61c" w:history="1">
+      <w:hyperlink r:id="rId82296979cdcd99744" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1984Articles/PlantDisease68n11_937.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7846,51 +7846,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 417–424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6197695efbcd2f6d4" w:history="1">
+      <w:hyperlink r:id="rId70296979cdcd997f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19700604489</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7954,51 +7954,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 56–72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5687695efbcd2f7b0" w:history="1">
+      <w:hyperlink r:id="rId26776979cdcd9989f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2008.00561.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8044,51 +8044,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 211–219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7375695efbcd2f845" w:history="1">
+      <w:hyperlink r:id="rId35646979cdcd9992c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1439-0329.2000.00207.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8114,51 +8114,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1398–1404. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1393695efbcd2f8b7" w:history="1">
+      <w:hyperlink r:id="rId44466979cdcd999a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x98-12</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8244,51 +8244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17–20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7208695efbcd2f986" w:history="1">
+      <w:hyperlink r:id="rId51816979cdcd99a6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19890632477</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8314,51 +8314,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> canker. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Folia Forestalia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 721, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9055695efbcd2fa30" w:history="1">
+      <w:hyperlink r:id="rId31626979cdcd99ade" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19900643448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8442,51 +8442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 202–209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4415695efbcd2fb0b" w:history="1">
+      <w:hyperlink r:id="rId69526979cdcd99bac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/028275800750015019</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8532,51 +8532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2605–2613. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7503695efbcd2fc57" w:history="1">
+      <w:hyperlink r:id="rId27436979cdcd99c3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x06-148</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8602,51 +8602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 155–166. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1653695efbcd2fcd2" w:history="1">
+      <w:hyperlink r:id="rId87406979cdcd99caa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1974.tb00431.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8692,51 +8692,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8959695efbcd2fde8" w:history="1">
+      <w:hyperlink r:id="rId58166979cdcd99d39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-5-65</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -8762,51 +8762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gremmeniella abietina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3380695efbcd2fe6c" w:history="1">
+      <w:hyperlink r:id="rId63896979cdcd99dad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.25892</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8843,51 +8843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5030, 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5681695efbcd2fef9" w:history="1">
+      <w:hyperlink r:id="rId78026979cdcd99e34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8953,51 +8953,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gremmeniella abietina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4219695efbcd2ffbf" w:history="1">
+      <w:hyperlink r:id="rId56566979cdcd99eea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9116,63 +9116,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58780408" name="name7411695efbcd304fd" descr="eu_funding_250.png"/>
+            <wp:docPr id="68573411" name="name87236979cdcd9a06d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8766695efbcd304fb" cstate="print"/>
+                    <a:blip r:embed="rId52426979cdcd9a06c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9270,137 +9270,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74270287">
+  <w:abstractNum w:abstractNumId="86717886">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50373026">
+    <w:lvl w:ilvl="0" w:tplc="52616193">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50373026" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52616193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50373026" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52616193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50373026" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52616193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50373026" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52616193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50373026" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52616193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50373026" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52616193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50373026" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52616193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50373026" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52616193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74270286">
+  <w:abstractNum w:abstractNumId="86717885">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82849374">
+    <w:lvl w:ilvl="0" w:tplc="24586393">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10152,55 +10152,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74270286">
-    <w:abstractNumId w:val="74270286"/>
+  <w:num w:numId="86717885">
+    <w:abstractNumId w:val="86717885"/>
   </w:num>
-  <w:num w:numId="74270287">
-    <w:abstractNumId w:val="74270287"/>
+  <w:num w:numId="86717886">
+    <w:abstractNumId w:val="86717886"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21750,51 +21750,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId329969909" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId773910481" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4240695efbcd29498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/" TargetMode="External"/><Relationship Id="rId6784695efbcd294dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/categorization" TargetMode="External"/><Relationship Id="rId2349695efbcd2a47b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/photos" TargetMode="External"/><Relationship Id="rId4528695efbcd2dbc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://urn.fi/URN:ISBN:951-40-0685-2" TargetMode="External"/><Relationship Id="rId7340695efbcd2dc9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.pmpp.2007.04.001" TargetMode="External"/><Relationship Id="rId5728695efbcd2dd10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-009-6107-4_16" TargetMode="External"/><Relationship Id="rId1966695efbcd2dd80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pub.epsilon.slu.se/1732/1/Doktorsavhandling_Bernhold_080328.pdf" TargetMode="External"/><Relationship Id="rId2394695efbcd2de41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02827580601090176" TargetMode="External"/><Relationship Id="rId3857695efbcd2ded3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/1999-4915/10/11/654" TargetMode="External"/><Relationship Id="rId5480695efbcd2df73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2014.12.001" TargetMode="External"/><Relationship Id="rId4723695efbcd2dfc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/LexUriServ/LexUriServ.do?uri=OJ:L:2009:309:0071:0086:en:PDF" TargetMode="External"/><Relationship Id="rId4957695efbcd2e068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02318.x" TargetMode="External"/><Relationship Id="rId5531695efbcd2e0d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12571" TargetMode="External"/><Relationship Id="rId4390695efbcd2e10e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId5701695efbcd2e18c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-294X.1993.tb00005.x" TargetMode="External"/><Relationship Id="rId2195695efbcd2e21d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1972.tb00335.x" TargetMode="External"/><Relationship Id="rId1892695efbcd2e329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299002026" TargetMode="External"/><Relationship Id="rId1539695efbcd2e3b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S0953-7562(96)80099-2" TargetMode="External"/><Relationship Id="rId6952695efbcd2e43d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.6.1752-1755.1993" TargetMode="External"/><Relationship Id="rId5929695efbcd2e4cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756296002225" TargetMode="External"/><Relationship Id="rId4625695efbcd2e55a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b95-166" TargetMode="External"/><Relationship Id="rId7883695efbcd2e623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2007.00498.x" TargetMode="External"/><Relationship Id="rId1877695efbcd2e69d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1990.tb01278.x" TargetMode="External"/><Relationship Id="rId9937695efbcd2ea88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5030" TargetMode="External"/><Relationship Id="rId4138695efbcd2eb25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7202/706180ar" TargetMode="External"/><Relationship Id="rId1456695efbcd2ec04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f6114055" TargetMode="External"/><Relationship Id="rId3773695efbcd2ec7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId1101695efbcd2ed12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1984.tb00163.x" TargetMode="External"/><Relationship Id="rId8709695efbcd2ee13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b89-360" TargetMode="External"/><Relationship Id="rId5415695efbcd2efa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/DFB/20056400369" TargetMode="External"/><Relationship Id="rId2864695efbcd2f196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-015-0719-3" TargetMode="External"/><Relationship Id="rId5579695efbcd2f230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2007.00498.x" TargetMode="External"/><Relationship Id="rId5860695efbcd2f2f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2003.00847.x" TargetMode="External"/><Relationship Id="rId9410695efbcd2f3a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19691102608" TargetMode="External"/><Relationship Id="rId7899695efbcd2f44b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1972.tb00338.x" TargetMode="External"/><Relationship Id="rId2902695efbcd2f61c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1984Articles/PlantDisease68n11_937.pdf" TargetMode="External"/><Relationship Id="rId6197695efbcd2f6d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19700604489" TargetMode="External"/><Relationship Id="rId5687695efbcd2f7b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2008.00561.x" TargetMode="External"/><Relationship Id="rId7375695efbcd2f845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0329.2000.00207.x" TargetMode="External"/><Relationship Id="rId1393695efbcd2f8b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x98-12" TargetMode="External"/><Relationship Id="rId7208695efbcd2f986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19890632477" TargetMode="External"/><Relationship Id="rId9055695efbcd2fa30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19900643448" TargetMode="External"/><Relationship Id="rId4415695efbcd2fb0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/028275800750015019" TargetMode="External"/><Relationship Id="rId7503695efbcd2fc57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x06-148" TargetMode="External"/><Relationship Id="rId1653695efbcd2fcd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1974.tb00431.x" TargetMode="External"/><Relationship Id="rId8959695efbcd2fde8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-5-65" TargetMode="External"/><Relationship Id="rId3380695efbcd2fe6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.25892" TargetMode="External"/><Relationship Id="rId5681695efbcd2fef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5030" TargetMode="External"/><Relationship Id="rId4219695efbcd2ffbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2287695efbcd2a17e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2287695efbcd2a17e.jpg"/><Relationship Id="rId4845695efbcd2cac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4845695efbcd2cac3.jpg"/><Relationship Id="rId8766695efbcd304fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8766695efbcd304fb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId509120440" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId356873365" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId94486979cdcd95457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/" TargetMode="External"/><Relationship Id="rId95856979cdcd9549c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/categorization" TargetMode="External"/><Relationship Id="rId65116979cdcd95c92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/photos" TargetMode="External"/><Relationship Id="rId85456979cdcd983f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://urn.fi/URN:ISBN:951-40-0685-2" TargetMode="External"/><Relationship Id="rId97476979cdcd984c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.pmpp.2007.04.001" TargetMode="External"/><Relationship Id="rId91436979cdcd98535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-009-6107-4_16" TargetMode="External"/><Relationship Id="rId19836979cdcd985bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pub.epsilon.slu.se/1732/1/Doktorsavhandling_Bernhold_080328.pdf" TargetMode="External"/><Relationship Id="rId59586979cdcd9866b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02827580601090176" TargetMode="External"/><Relationship Id="rId40936979cdcd986f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/1999-4915/10/11/654" TargetMode="External"/><Relationship Id="rId68576979cdcd98788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2014.12.001" TargetMode="External"/><Relationship Id="rId72236979cdcd987da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/LexUriServ/LexUriServ.do?uri=OJ:L:2009:309:0071:0086:en:PDF" TargetMode="External"/><Relationship Id="rId84696979cdcd98875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02318.x" TargetMode="External"/><Relationship Id="rId47866979cdcd988e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12571" TargetMode="External"/><Relationship Id="rId36986979cdcd98918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId82216979cdcd98992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-294X.1993.tb00005.x" TargetMode="External"/><Relationship Id="rId37026979cdcd98a21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1972.tb00335.x" TargetMode="External"/><Relationship Id="rId26896979cdcd98b37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299002026" TargetMode="External"/><Relationship Id="rId88826979cdcd98bc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S0953-7562(96)80099-2" TargetMode="External"/><Relationship Id="rId37936979cdcd98c4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.6.1752-1755.1993" TargetMode="External"/><Relationship Id="rId82166979cdcd98cd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756296002225" TargetMode="External"/><Relationship Id="rId56506979cdcd98d64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b95-166" TargetMode="External"/><Relationship Id="rId88296979cdcd98df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2007.00498.x" TargetMode="External"/><Relationship Id="rId82556979cdcd98e61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1990.tb01278.x" TargetMode="External"/><Relationship Id="rId63646979cdcd98ee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5030" TargetMode="External"/><Relationship Id="rId63776979cdcd98f72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7202/706180ar" TargetMode="External"/><Relationship Id="rId49666979cdcd98ffe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f6114055" TargetMode="External"/><Relationship Id="rId10026979cdcd9906d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId54426979cdcd990f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1984.tb00163.x" TargetMode="External"/><Relationship Id="rId58956979cdcd99186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b89-360" TargetMode="External"/><Relationship Id="rId64986979cdcd99213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/DFB/20056400369" TargetMode="External"/><Relationship Id="rId89166979cdcd99373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-015-0719-3" TargetMode="External"/><Relationship Id="rId50376979cdcd993fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2007.00498.x" TargetMode="External"/><Relationship Id="rId48086979cdcd9948a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2003.00847.x" TargetMode="External"/><Relationship Id="rId20006979cdcd99553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19691102608" TargetMode="External"/><Relationship Id="rId31596979cdcd995c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1972.tb00338.x" TargetMode="External"/><Relationship Id="rId82296979cdcd99744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1984Articles/PlantDisease68n11_937.pdf" TargetMode="External"/><Relationship Id="rId70296979cdcd997f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19700604489" TargetMode="External"/><Relationship Id="rId26776979cdcd9989f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2008.00561.x" TargetMode="External"/><Relationship Id="rId35646979cdcd9992c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0329.2000.00207.x" TargetMode="External"/><Relationship Id="rId44466979cdcd999a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x98-12" TargetMode="External"/><Relationship Id="rId51816979cdcd99a6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19890632477" TargetMode="External"/><Relationship Id="rId31626979cdcd99ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19900643448" TargetMode="External"/><Relationship Id="rId69526979cdcd99bac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/028275800750015019" TargetMode="External"/><Relationship Id="rId27436979cdcd99c3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x06-148" TargetMode="External"/><Relationship Id="rId87406979cdcd99caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1974.tb00431.x" TargetMode="External"/><Relationship Id="rId58166979cdcd99d39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-5-65" TargetMode="External"/><Relationship Id="rId63896979cdcd99dad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.25892" TargetMode="External"/><Relationship Id="rId78026979cdcd99e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5030" TargetMode="External"/><Relationship Id="rId56566979cdcd99eea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId77296979cdcd95b8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77296979cdcd95b8d.jpg"/><Relationship Id="rId15876979cdcd97387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15876979cdcd97387.jpg"/><Relationship Id="rId52426979cdcd9a06c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52426979cdcd9a06c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>