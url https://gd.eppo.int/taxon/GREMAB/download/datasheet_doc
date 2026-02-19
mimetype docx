--- v3 (2026-01-28)
+++ v4 (2026-02-19)
@@ -556,88 +556,88 @@
               <w:t xml:space="preserve"> Karsten</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> brunchorstia disease of pine, canker of conifers, dieback of pine, scleroderris canker of conifers (US), shoot blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94486979cdcd95457" w:history="1">
+            <w:hyperlink r:id="rId251869967300f3dd1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95856979cdcd9549c" w:history="1">
+            <w:hyperlink r:id="rId845269967300f3e19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -651,86 +651,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GREMAB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53267644" name="name37326979cdcd95b8f" descr="864.jpg"/>
+                  <wp:docPr id="53890773" name="name6565699673010024a" descr="864.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="864.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId77296979cdcd95b8d" cstate="print"/>
+                          <a:blip r:embed="rId18426996730100248" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId65116979cdcd95c92" w:history="1">
+            <w:hyperlink r:id="rId20446996730100378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2358,105 +2358,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1989; Hudler &amp; Neal, 1990; Sinclair &amp; Lyon, 2005, Thompsen, 2009; Botella &amp; Hantula, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53031313" name="name65186979cdcd9738b" descr="GREMAB_distribution_map.jpg"/>
+            <wp:docPr id="88498097" name="name21236996730101a93" descr="GREMAB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GREMAB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15876979cdcd97387" cstate="print"/>
+                    <a:blip r:embed="rId33136996730101a90" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belarus, Belgium, Bulgaria, Czechia, Denmark, Estonia, Finland, France (mainland), Georgia, Germany, Greece (mainland), Italy (mainland), Lithuania, Montenegro, Netherlands, Norway, Poland, Romania, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Sweden, Switzerland, Türkiye, United Kingdom (England, Scotland)</w:t>
+        <w:t xml:space="preserve"> Austria, Belarus, Belgium, Bulgaria, Czechia, Denmark, Estonia, Finland, France (mainland), Georgia, Germany, Greece (mainland), Italy (mainland), Lithuania, Montenegro, Netherlands, Norway, Poland, Romania, Russian Federation (Central Russia, Eastern Siberia, Far East, Northern Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Sweden, Switzerland, Türkiye, United Kingdom (England, Scotland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Japan (Hokkaido), Korea, Republic of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4668,51 +4668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">126</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85456979cdcd983f4" w:history="1">
+      <w:hyperlink r:id="rId81626996730102b23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://urn.fi/URN:ISBN:951-40-0685-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4798,51 +4798,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4–6), 140–152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97476979cdcd984c5" w:history="1">
+      <w:hyperlink r:id="rId32726996730102bf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.pmpp.2007.04.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4868,51 +4868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> related to weather. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scleroderris canker of conifers </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(eds Manion PD). Forestry Sciences, vol. 13. Springer, Dordrecht. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91436979cdcd98535" w:history="1">
+      <w:hyperlink r:id="rId59666996730102c63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-94-009-6107-4_16</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4938,51 +4938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> stands infected by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gremmeniella abietina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Doctoral thesis, Swedish University of Agricultural Sciences, Umeå, Sweden. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19836979cdcd985bd" w:history="1">
+      <w:hyperlink r:id="rId77046996730102cd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://pub.epsilon.slu.se/1732/1/Doktorsavhandling_Bernhold_080328.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5048,51 +5048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 489–495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59586979cdcd9866b" w:history="1">
+      <w:hyperlink r:id="rId44466996730102d80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/02827580601090176</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5138,51 +5138,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 654. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40936979cdcd986f9" w:history="1">
+      <w:hyperlink r:id="rId55026996730102e0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mdpi.com/1999-4915/10/11/654</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5228,101 +5228,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2–3), 125–135. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68576979cdcd98788" w:history="1">
+      <w:hyperlink r:id="rId11536996730102e9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2014.12.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Directive 2009/128/EC of the European Parliament and of the Council of 21 October 2009 establishing a framework for Community action to achieve the sustainable use of pesticides. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 24.09.2009, L 309/71–86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72236979cdcd987da" w:history="1">
+      <w:hyperlink r:id="rId58236996730102f08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/LexUriServ/LexUriServ.do?uri=OJ:L:2009:309:0071:0086:en:PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 02 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5377,51 +5377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 310–317. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84696979cdcd98875" w:history="1">
+      <w:hyperlink r:id="rId30976996730102fa4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02318.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5447,81 +5447,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 167. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47866979cdcd988e4" w:history="1">
+      <w:hyperlink r:id="rId64686996730103012" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12571</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36986979cdcd98918" w:history="1">
+      <w:hyperlink r:id="rId81046996730103047" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 02 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5556,51 +5556,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113–118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82216979cdcd98992" w:history="1">
+      <w:hyperlink r:id="rId614369967301030c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-294X.1993.tb00005.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5646,51 +5646,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37026979cdcd98a21" w:history="1">
+      <w:hyperlink r:id="rId24566996730103151" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1972.tb00335.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5814,51 +5814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 527–532. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26896979cdcd98b37" w:history="1">
+      <w:hyperlink r:id="rId3634699673010326f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756299002026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5904,51 +5904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 49–56. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88826979cdcd98bc8" w:history="1">
+      <w:hyperlink r:id="rId24066996730103300" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S0953-7562(96)80099-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5985,51 +5985,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applied Environmental Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1752–1755. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37936979cdcd98c4a" w:history="1">
+      <w:hyperlink r:id="rId74896996730103383" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.59.6.1752-1755.1993</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6075,51 +6075,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 169–175. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82166979cdcd98cd7" w:history="1">
+      <w:hyperlink r:id="rId86046996730103410" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756296002225</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6165,51 +6165,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1531–1539. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56506979cdcd98d64" w:history="1">
+      <w:hyperlink r:id="rId6575699673010349e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ttps://doi.org/10.1139/b95-166</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6255,51 +6255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 300-311. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88296979cdcd98df1" w:history="1">
+      <w:hyperlink r:id="rId4285699673010352b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2007.00498.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6325,51 +6325,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 106–112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82556979cdcd98e61" w:history="1">
+      <w:hyperlink r:id="rId8156699673010359a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1990.tb01278.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6406,51 +6406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11): 5030, 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63646979cdcd98ee5" w:history="1">
+      <w:hyperlink r:id="rId1499699673010361d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6496,51 +6496,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 55–64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63776979cdcd98f72" w:history="1">
+      <w:hyperlink r:id="rId794969967301036aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7202/706180ar</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6586,51 +6586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4055–4058 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49666979cdcd98ffe" w:history="1">
+      <w:hyperlink r:id="rId20846996730103736" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f6114055</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6656,51 +6656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), e0134265. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10026979cdcd9906d" w:history="1">
+      <w:hyperlink r:id="rId220169967301037a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0134265</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6746,51 +6746,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4‐5), 193–202. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54426979cdcd990f9" w:history="1">
+      <w:hyperlink r:id="rId59686996730103831" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1984.tb00163.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6836,51 +6836,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2805–2814. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58956979cdcd99186" w:history="1">
+      <w:hyperlink r:id="rId264569967301038bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/b89-360</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6926,51 +6926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Sheet-369. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64986979cdcd99213" w:history="1">
+      <w:hyperlink r:id="rId75586996730103949" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/DFB/20056400369</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7152,51 +7152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">143</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 691–704. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89166979cdcd99373" w:history="1">
+      <w:hyperlink r:id="rId70406996730103aaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-015-0719-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7242,51 +7242,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 251–262. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50376979cdcd993fe" w:history="1">
+      <w:hyperlink r:id="rId83316996730103b36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2007.00498.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7332,51 +7332,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 425. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48086979cdcd9948a" w:history="1">
+      <w:hyperlink r:id="rId82736996730103bc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-3059.2003.00847.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7440,51 +7440,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 289–291. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20006979cdcd99553" w:history="1">
+      <w:hyperlink r:id="rId13576996730103c6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19691102608</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7510,51 +7510,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 16–21. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31596979cdcd995c8" w:history="1">
+      <w:hyperlink r:id="rId56056996730103cd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1972.tb00338.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7736,51 +7736,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 937–938. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82296979cdcd99744" w:history="1">
+      <w:hyperlink r:id="rId30546996730103e5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1984Articles/PlantDisease68n11_937.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7846,51 +7846,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 417–424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70296979cdcd997f4" w:history="1">
+      <w:hyperlink r:id="rId83186996730103f0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19700604489</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7954,51 +7954,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 56–72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26776979cdcd9989f" w:history="1">
+      <w:hyperlink r:id="rId81126996730103fbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2008.00561.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8044,51 +8044,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 211–219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35646979cdcd9992c" w:history="1">
+      <w:hyperlink r:id="rId2856699673010404a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1439-0329.2000.00207.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8114,51 +8114,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1398–1404. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44466979cdcd999a1" w:history="1">
+      <w:hyperlink r:id="rId230269967301040b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x98-12</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8244,51 +8244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17–20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51816979cdcd99a6e" w:history="1">
+      <w:hyperlink r:id="rId52916996730104181" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19890632477</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8314,51 +8314,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> canker. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Folia Forestalia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 721, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31626979cdcd99ade" w:history="1">
+      <w:hyperlink r:id="rId928869967301041f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19900643448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8442,51 +8442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 202–209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69526979cdcd99bac" w:history="1">
+      <w:hyperlink r:id="rId741569967301042bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/028275800750015019</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8532,51 +8532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2605–2613. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27436979cdcd99c3a" w:history="1">
+      <w:hyperlink r:id="rId9443699673010434d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x06-148</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8602,51 +8602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 155–166. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87406979cdcd99caa" w:history="1">
+      <w:hyperlink r:id="rId874969967301043bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.1974.tb00431.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8692,51 +8692,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58166979cdcd99d39" w:history="1">
+      <w:hyperlink r:id="rId96216996730104448" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-5-65</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -8762,51 +8762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gremmeniella abietina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63896979cdcd99dad" w:history="1">
+      <w:hyperlink r:id="rId779369967301044bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.25892</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8843,51 +8843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5030, 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78026979cdcd99e34" w:history="1">
+      <w:hyperlink r:id="rId52686996730104540" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8953,51 +8953,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gremmeniella abietina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56566979cdcd99eea" w:history="1">
+      <w:hyperlink r:id="rId461869967301045f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9116,63 +9116,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="68573411" name="name87236979cdcd9a06d" descr="eu_funding_250.png"/>
+            <wp:docPr id="40272390" name="name22446996730104783" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId52426979cdcd9a06c" cstate="print"/>
+                    <a:blip r:embed="rId69416996730104781" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9270,137 +9270,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86717886">
+  <w:abstractNum w:abstractNumId="41945536">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52616193">
+    <w:lvl w:ilvl="0" w:tplc="90643510">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52616193" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90643510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52616193" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90643510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52616193" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90643510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52616193" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90643510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52616193" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90643510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52616193" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90643510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52616193" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90643510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52616193" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90643510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86717885">
+  <w:abstractNum w:abstractNumId="41945535">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24586393">
+    <w:lvl w:ilvl="0" w:tplc="46260681">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10152,55 +10152,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86717885">
-    <w:abstractNumId w:val="86717885"/>
+  <w:num w:numId="41945535">
+    <w:abstractNumId w:val="41945535"/>
   </w:num>
-  <w:num w:numId="86717886">
-    <w:abstractNumId w:val="86717886"/>
+  <w:num w:numId="41945536">
+    <w:abstractNumId w:val="41945536"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21750,51 +21750,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId509120440" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId356873365" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId94486979cdcd95457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/" TargetMode="External"/><Relationship Id="rId95856979cdcd9549c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/categorization" TargetMode="External"/><Relationship Id="rId65116979cdcd95c92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/photos" TargetMode="External"/><Relationship Id="rId85456979cdcd983f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://urn.fi/URN:ISBN:951-40-0685-2" TargetMode="External"/><Relationship Id="rId97476979cdcd984c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.pmpp.2007.04.001" TargetMode="External"/><Relationship Id="rId91436979cdcd98535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-009-6107-4_16" TargetMode="External"/><Relationship Id="rId19836979cdcd985bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pub.epsilon.slu.se/1732/1/Doktorsavhandling_Bernhold_080328.pdf" TargetMode="External"/><Relationship Id="rId59586979cdcd9866b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02827580601090176" TargetMode="External"/><Relationship Id="rId40936979cdcd986f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/1999-4915/10/11/654" TargetMode="External"/><Relationship Id="rId68576979cdcd98788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2014.12.001" TargetMode="External"/><Relationship Id="rId72236979cdcd987da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/LexUriServ/LexUriServ.do?uri=OJ:L:2009:309:0071:0086:en:PDF" TargetMode="External"/><Relationship Id="rId84696979cdcd98875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02318.x" TargetMode="External"/><Relationship Id="rId47866979cdcd988e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12571" TargetMode="External"/><Relationship Id="rId36986979cdcd98918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId82216979cdcd98992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-294X.1993.tb00005.x" TargetMode="External"/><Relationship Id="rId37026979cdcd98a21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1972.tb00335.x" TargetMode="External"/><Relationship Id="rId26896979cdcd98b37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299002026" TargetMode="External"/><Relationship Id="rId88826979cdcd98bc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S0953-7562(96)80099-2" TargetMode="External"/><Relationship Id="rId37936979cdcd98c4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.6.1752-1755.1993" TargetMode="External"/><Relationship Id="rId82166979cdcd98cd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756296002225" TargetMode="External"/><Relationship Id="rId56506979cdcd98d64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b95-166" TargetMode="External"/><Relationship Id="rId88296979cdcd98df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2007.00498.x" TargetMode="External"/><Relationship Id="rId82556979cdcd98e61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1990.tb01278.x" TargetMode="External"/><Relationship Id="rId63646979cdcd98ee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5030" TargetMode="External"/><Relationship Id="rId63776979cdcd98f72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7202/706180ar" TargetMode="External"/><Relationship Id="rId49666979cdcd98ffe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f6114055" TargetMode="External"/><Relationship Id="rId10026979cdcd9906d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId54426979cdcd990f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1984.tb00163.x" TargetMode="External"/><Relationship Id="rId58956979cdcd99186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b89-360" TargetMode="External"/><Relationship Id="rId64986979cdcd99213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/DFB/20056400369" TargetMode="External"/><Relationship Id="rId89166979cdcd99373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-015-0719-3" TargetMode="External"/><Relationship Id="rId50376979cdcd993fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2007.00498.x" TargetMode="External"/><Relationship Id="rId48086979cdcd9948a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2003.00847.x" TargetMode="External"/><Relationship Id="rId20006979cdcd99553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19691102608" TargetMode="External"/><Relationship Id="rId31596979cdcd995c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1972.tb00338.x" TargetMode="External"/><Relationship Id="rId82296979cdcd99744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1984Articles/PlantDisease68n11_937.pdf" TargetMode="External"/><Relationship Id="rId70296979cdcd997f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19700604489" TargetMode="External"/><Relationship Id="rId26776979cdcd9989f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2008.00561.x" TargetMode="External"/><Relationship Id="rId35646979cdcd9992c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0329.2000.00207.x" TargetMode="External"/><Relationship Id="rId44466979cdcd999a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x98-12" TargetMode="External"/><Relationship Id="rId51816979cdcd99a6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19890632477" TargetMode="External"/><Relationship Id="rId31626979cdcd99ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19900643448" TargetMode="External"/><Relationship Id="rId69526979cdcd99bac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/028275800750015019" TargetMode="External"/><Relationship Id="rId27436979cdcd99c3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x06-148" TargetMode="External"/><Relationship Id="rId87406979cdcd99caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1974.tb00431.x" TargetMode="External"/><Relationship Id="rId58166979cdcd99d39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-5-65" TargetMode="External"/><Relationship Id="rId63896979cdcd99dad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.25892" TargetMode="External"/><Relationship Id="rId78026979cdcd99e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5030" TargetMode="External"/><Relationship Id="rId56566979cdcd99eea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId77296979cdcd95b8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77296979cdcd95b8d.jpg"/><Relationship Id="rId15876979cdcd97387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15876979cdcd97387.jpg"/><Relationship Id="rId52426979cdcd9a06c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52426979cdcd9a06c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId720843476" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId683879162" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId251869967300f3dd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/" TargetMode="External"/><Relationship Id="rId845269967300f3e19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/categorization" TargetMode="External"/><Relationship Id="rId20446996730100378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GREMAB/photos" TargetMode="External"/><Relationship Id="rId81626996730102b23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://urn.fi/URN:ISBN:951-40-0685-2" TargetMode="External"/><Relationship Id="rId32726996730102bf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.pmpp.2007.04.001" TargetMode="External"/><Relationship Id="rId59666996730102c63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-009-6107-4_16" TargetMode="External"/><Relationship Id="rId77046996730102cd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pub.epsilon.slu.se/1732/1/Doktorsavhandling_Bernhold_080328.pdf" TargetMode="External"/><Relationship Id="rId44466996730102d80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02827580601090176" TargetMode="External"/><Relationship Id="rId55026996730102e0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/1999-4915/10/11/654" TargetMode="External"/><Relationship Id="rId11536996730102e9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2014.12.001" TargetMode="External"/><Relationship Id="rId58236996730102f08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/LexUriServ/LexUriServ.do?uri=OJ:L:2009:309:0071:0086:en:PDF" TargetMode="External"/><Relationship Id="rId30976996730102fa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02318.x" TargetMode="External"/><Relationship Id="rId64686996730103012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12571" TargetMode="External"/><Relationship Id="rId81046996730103047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId614369967301030c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-294X.1993.tb00005.x" TargetMode="External"/><Relationship Id="rId24566996730103151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1972.tb00335.x" TargetMode="External"/><Relationship Id="rId3634699673010326f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299002026" TargetMode="External"/><Relationship Id="rId24066996730103300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S0953-7562(96)80099-2" TargetMode="External"/><Relationship Id="rId74896996730103383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.6.1752-1755.1993" TargetMode="External"/><Relationship Id="rId86046996730103410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756296002225" TargetMode="External"/><Relationship Id="rId6575699673010349e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b95-166" TargetMode="External"/><Relationship Id="rId4285699673010352b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2007.00498.x" TargetMode="External"/><Relationship Id="rId8156699673010359a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1990.tb01278.x" TargetMode="External"/><Relationship Id="rId1499699673010361d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5030" TargetMode="External"/><Relationship Id="rId794969967301036aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7202/706180ar" TargetMode="External"/><Relationship Id="rId20846996730103736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f6114055" TargetMode="External"/><Relationship Id="rId220169967301037a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId59686996730103831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1984.tb00163.x" TargetMode="External"/><Relationship Id="rId264569967301038bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b89-360" TargetMode="External"/><Relationship Id="rId75586996730103949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/DFB/20056400369" TargetMode="External"/><Relationship Id="rId70406996730103aaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-015-0719-3" TargetMode="External"/><Relationship Id="rId83316996730103b36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2007.00498.x" TargetMode="External"/><Relationship Id="rId82736996730103bc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2003.00847.x" TargetMode="External"/><Relationship Id="rId13576996730103c6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19691102608" TargetMode="External"/><Relationship Id="rId56056996730103cd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1972.tb00338.x" TargetMode="External"/><Relationship Id="rId30546996730103e5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1984Articles/PlantDisease68n11_937.pdf" TargetMode="External"/><Relationship Id="rId83186996730103f0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19700604489" TargetMode="External"/><Relationship Id="rId81126996730103fbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2008.00561.x" TargetMode="External"/><Relationship Id="rId2856699673010404a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0329.2000.00207.x" TargetMode="External"/><Relationship Id="rId230269967301040b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x98-12" TargetMode="External"/><Relationship Id="rId52916996730104181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19890632477" TargetMode="External"/><Relationship Id="rId928869967301041f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19900643448" TargetMode="External"/><Relationship Id="rId741569967301042bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/028275800750015019" TargetMode="External"/><Relationship Id="rId9443699673010434d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x06-148" TargetMode="External"/><Relationship Id="rId874969967301043bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.1974.tb00431.x" TargetMode="External"/><Relationship Id="rId96216996730104448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-5-65" TargetMode="External"/><Relationship Id="rId779369967301044bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.25892" TargetMode="External"/><Relationship Id="rId52686996730104540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5030" TargetMode="External"/><Relationship Id="rId461869967301045f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId18426996730100248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18426996730100248.jpg"/><Relationship Id="rId33136996730101a90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33136996730101a90.jpg"/><Relationship Id="rId69416996730104781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69416996730104781.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>