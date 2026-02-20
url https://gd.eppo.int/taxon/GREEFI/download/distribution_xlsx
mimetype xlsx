--- v0 (2025-10-09)
+++ v1 (2026-02-20)
@@ -293,51 +293,51 @@
   <si>
     <t>Sicilia</t>
   </si>
   <si>
     <t>sc</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
     <t>md</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>