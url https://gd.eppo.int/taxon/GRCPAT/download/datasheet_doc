--- v0 (2025-10-08)
+++ v1 (2025-11-15)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Baker</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blue-green sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193268e691a658926" w:history="1">
+            <w:hyperlink r:id="rId271969185f6b333ff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367268e691a65896e" w:history="1">
+            <w:hyperlink r:id="rId892369185f6b33445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GRCPAT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="74574155" name="name868068e691a658b9c" descr="863.jpg"/>
+                  <wp:docPr id="39416941" name="name146169185f6b33b52" descr="863.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="863.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId615468e691a658b9b" cstate="print"/>
+                          <a:blip r:embed="rId929869185f6b33b50" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId613068e691a658cbf" w:history="1">
+            <w:hyperlink r:id="rId464669185f6b33ca0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2429,63 +2429,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">atropunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> prefers heavily vegetated areas along streams, rivers, and canyons (Delong &amp; Severin, 1949). Although it requires damp conditions it does not thrive in overly wet or dark areas. This species can occur in very high densities within its preferred habitat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34338984" name="name232068e691a65a59f" descr="GRCPAT_distribution_map.jpg"/>
+            <wp:docPr id="35511618" name="name193869185f6b354f6" descr="GRCPAT_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GRCPAT_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId257068e691a65a59c" cstate="print"/>
+                    <a:blip r:embed="rId927069185f6b354f3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4180,51 +4180,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 279–287. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId831768e691a65b524" w:history="1">
+      <w:hyperlink r:id="rId842369185f6b361c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/EC10112</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4582,51 +4582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">171-186. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId553768e691a65b7be" w:history="1">
+      <w:hyperlink r:id="rId754569185f6b3644d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3733/hilg.v19n06p171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4650,51 +4650,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId871068e691a65b834" w:history="1">
+      <w:hyperlink r:id="rId181869185f6b364be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [24 June 2024]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4827,51 +4827,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5736. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId240568e691a65b956" w:history="1">
+      <w:hyperlink r:id="rId765969185f6b365d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5289,51 +5289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">745-752. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId814468e691a65bca9" w:history="1">
+      <w:hyperlink r:id="rId578069185f6b368ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/4.5.745</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5885,51 +5885,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Graphocephala atropunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId215668e691a65c07a" w:history="1">
+      <w:hyperlink r:id="rId881169185f6b36d08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5942,63 +5942,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="85443876" name="name992468e691a65c125" descr="eu_funding_250.png"/>
+            <wp:docPr id="92511128" name="name574569185f6b36f25" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId586768e691a65c124" cstate="print"/>
+                    <a:blip r:embed="rId539969185f6b36f23" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6096,137 +6096,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61827933">
+  <w:abstractNum w:abstractNumId="70902925">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91693039">
+    <w:lvl w:ilvl="0" w:tplc="11737539">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91693039" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11737539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91693039" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11737539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91693039" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11737539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91693039" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11737539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91693039" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11737539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91693039" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11737539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91693039" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11737539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91693039" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11737539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61827932">
+  <w:abstractNum w:abstractNumId="70902924">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77292445">
+    <w:lvl w:ilvl="0" w:tplc="47381817">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6978,55 +6978,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61827932">
-    <w:abstractNumId w:val="61827932"/>
+  <w:num w:numId="70902924">
+    <w:abstractNumId w:val="70902924"/>
   </w:num>
-  <w:num w:numId="61827933">
-    <w:abstractNumId w:val="61827933"/>
+  <w:num w:numId="70902925">
+    <w:abstractNumId w:val="70902925"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18576,51 +18576,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId105607768" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId285390369" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId193268e691a658926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/" TargetMode="External"/><Relationship Id="rId367268e691a65896e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/categorization" TargetMode="External"/><Relationship Id="rId613068e691a658cbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/photos" TargetMode="External"/><Relationship Id="rId831768e691a65b524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10112" TargetMode="External"/><Relationship Id="rId553768e691a65b7be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n06p171" TargetMode="External"/><Relationship Id="rId871068e691a65b834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId240568e691a65b956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId814468e691a65bca9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/4.5.745" TargetMode="External"/><Relationship Id="rId215668e691a65c07a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId615468e691a658b9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId615468e691a658b9b.jpg"/><Relationship Id="rId257068e691a65a59c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId257068e691a65a59c.jpg"/><Relationship Id="rId586768e691a65c124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId586768e691a65c124.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId789624707" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId631762339" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId271969185f6b333ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/" TargetMode="External"/><Relationship Id="rId892369185f6b33445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/categorization" TargetMode="External"/><Relationship Id="rId464669185f6b33ca0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/photos" TargetMode="External"/><Relationship Id="rId842369185f6b361c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10112" TargetMode="External"/><Relationship Id="rId754569185f6b3644d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n06p171" TargetMode="External"/><Relationship Id="rId181869185f6b364be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId765969185f6b365d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId578069185f6b368ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/4.5.745" TargetMode="External"/><Relationship Id="rId881169185f6b36d08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId929869185f6b33b50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId929869185f6b33b50.jpg"/><Relationship Id="rId927069185f6b354f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId927069185f6b354f3.jpg"/><Relationship Id="rId539969185f6b36f23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId539969185f6b36f23.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>