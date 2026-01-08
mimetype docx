--- v1 (2025-11-15)
+++ v2 (2026-01-08)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Baker</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blue-green sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271969185f6b333ff" w:history="1">
+            <w:hyperlink r:id="rId3046695f45425b170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId892369185f6b33445" w:history="1">
+            <w:hyperlink r:id="rId5143695f45425b1b4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GRCPAT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="39416941" name="name146169185f6b33b52" descr="863.jpg"/>
+                  <wp:docPr id="44664452" name="name2710695f45425b77c" descr="863.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="863.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId929869185f6b33b50" cstate="print"/>
+                          <a:blip r:embed="rId7368695f45425b779" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId464669185f6b33ca0" w:history="1">
+            <w:hyperlink r:id="rId9895695f45425b878" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2429,63 +2429,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">atropunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> prefers heavily vegetated areas along streams, rivers, and canyons (Delong &amp; Severin, 1949). Although it requires damp conditions it does not thrive in overly wet or dark areas. This species can occur in very high densities within its preferred habitat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35511618" name="name193869185f6b354f6" descr="GRCPAT_distribution_map.jpg"/>
+            <wp:docPr id="80130606" name="name3151695f45425d216" descr="GRCPAT_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GRCPAT_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId927069185f6b354f3" cstate="print"/>
+                    <a:blip r:embed="rId2749695f45425d212" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4180,51 +4180,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 279–287. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId842369185f6b361c9" w:history="1">
+      <w:hyperlink r:id="rId5802695f45425e0c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/EC10112</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4582,51 +4582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">171-186. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId754569185f6b3644d" w:history="1">
+      <w:hyperlink r:id="rId7988695f45425e38c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3733/hilg.v19n06p171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4650,51 +4650,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId181869185f6b364be" w:history="1">
+      <w:hyperlink r:id="rId9634695f45425e401" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [24 June 2024]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4827,51 +4827,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5736. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId765969185f6b365d6" w:history="1">
+      <w:hyperlink r:id="rId8168695f45425e541" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5289,51 +5289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">745-752. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId578069185f6b368ac" w:history="1">
+      <w:hyperlink r:id="rId1866695f45425e86a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/4.5.745</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5863,73 +5863,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Graphocephala atropunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId881169185f6b36d08" w:history="1">
+      <w:hyperlink r:id="rId8074695f45425ec6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5942,63 +5942,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="92511128" name="name574569185f6b36f25" descr="eu_funding_250.png"/>
+            <wp:docPr id="10627335" name="name7727695f45425ed3d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId539969185f6b36f23" cstate="print"/>
+                    <a:blip r:embed="rId8386695f45425ed3c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6096,137 +6096,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70902925">
+  <w:abstractNum w:abstractNumId="93479671">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11737539">
+    <w:lvl w:ilvl="0" w:tplc="33815723">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11737539" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33815723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11737539" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33815723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11737539" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33815723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11737539" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33815723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11737539" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33815723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11737539" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33815723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11737539" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33815723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11737539" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33815723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70902924">
+  <w:abstractNum w:abstractNumId="93479670">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47381817">
+    <w:lvl w:ilvl="0" w:tplc="39199121">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6978,55 +6978,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70902924">
-    <w:abstractNumId w:val="70902924"/>
+  <w:num w:numId="93479670">
+    <w:abstractNumId w:val="93479670"/>
   </w:num>
-  <w:num w:numId="70902925">
-    <w:abstractNumId w:val="70902925"/>
+  <w:num w:numId="93479671">
+    <w:abstractNumId w:val="93479671"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18576,51 +18576,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId789624707" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId631762339" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId271969185f6b333ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/" TargetMode="External"/><Relationship Id="rId892369185f6b33445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/categorization" TargetMode="External"/><Relationship Id="rId464669185f6b33ca0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/photos" TargetMode="External"/><Relationship Id="rId842369185f6b361c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10112" TargetMode="External"/><Relationship Id="rId754569185f6b3644d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n06p171" TargetMode="External"/><Relationship Id="rId181869185f6b364be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId765969185f6b365d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId578069185f6b368ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/4.5.745" TargetMode="External"/><Relationship Id="rId881169185f6b36d08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId929869185f6b33b50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId929869185f6b33b50.jpg"/><Relationship Id="rId927069185f6b354f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId927069185f6b354f3.jpg"/><Relationship Id="rId539969185f6b36f23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId539969185f6b36f23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId839602065" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId536989442" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3046695f45425b170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/" TargetMode="External"/><Relationship Id="rId5143695f45425b1b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/categorization" TargetMode="External"/><Relationship Id="rId9895695f45425b878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/photos" TargetMode="External"/><Relationship Id="rId5802695f45425e0c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10112" TargetMode="External"/><Relationship Id="rId7988695f45425e38c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n06p171" TargetMode="External"/><Relationship Id="rId9634695f45425e401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8168695f45425e541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId1866695f45425e86a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/4.5.745" TargetMode="External"/><Relationship Id="rId8074695f45425ec6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7368695f45425b779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7368695f45425b779.jpg"/><Relationship Id="rId2749695f45425d212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2749695f45425d212.jpg"/><Relationship Id="rId8386695f45425ed3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8386695f45425ed3c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>