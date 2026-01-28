--- v2 (2026-01-08)
+++ v3 (2026-01-28)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Baker</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blue-green sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3046695f45425b170" w:history="1">
+            <w:hyperlink r:id="rId2796697a3cef776f1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5143695f45425b1b4" w:history="1">
+            <w:hyperlink r:id="rId1941697a3cef77735" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GRCPAT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44664452" name="name2710695f45425b77c" descr="863.jpg"/>
+                  <wp:docPr id="65138942" name="name7581697a3cef777ea" descr="863.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="863.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7368695f45425b779" cstate="print"/>
+                          <a:blip r:embed="rId1757697a3cef777e9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9895695f45425b878" w:history="1">
+            <w:hyperlink r:id="rId3256697a3cef778f7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2429,63 +2429,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">atropunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> prefers heavily vegetated areas along streams, rivers, and canyons (Delong &amp; Severin, 1949). Although it requires damp conditions it does not thrive in overly wet or dark areas. This species can occur in very high densities within its preferred habitat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80130606" name="name3151695f45425d216" descr="GRCPAT_distribution_map.jpg"/>
+            <wp:docPr id="47256857" name="name9099697a3cef79255" descr="GRCPAT_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GRCPAT_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2749695f45425d212" cstate="print"/>
+                    <a:blip r:embed="rId2294697a3cef79252" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4180,51 +4180,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 279–287. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5802695f45425e0c1" w:history="1">
+      <w:hyperlink r:id="rId1953697a3cef79eff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/EC10112</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4582,51 +4582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">171-186. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7988695f45425e38c" w:history="1">
+      <w:hyperlink r:id="rId8081697a3cef7a192" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3733/hilg.v19n06p171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4650,51 +4650,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9634695f45425e401" w:history="1">
+      <w:hyperlink r:id="rId3420697a3cef7a205" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [24 June 2024]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4827,51 +4827,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5736. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8168695f45425e541" w:history="1">
+      <w:hyperlink r:id="rId4990697a3cef7a31d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5289,51 +5289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">745-752. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1866695f45425e86a" w:history="1">
+      <w:hyperlink r:id="rId3201697a3cef7a5f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/4.5.745</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5885,51 +5885,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Graphocephala atropunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8074695f45425ec6c" w:history="1">
+      <w:hyperlink r:id="rId8946697a3cef7a9a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5942,63 +5942,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10627335" name="name7727695f45425ed3d" descr="eu_funding_250.png"/>
+            <wp:docPr id="14938254" name="name8832697a3cef7aa41" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8386695f45425ed3c" cstate="print"/>
+                    <a:blip r:embed="rId5105697a3cef7aa40" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6096,137 +6096,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93479671">
+  <w:abstractNum w:abstractNumId="83743568">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33815723">
+    <w:lvl w:ilvl="0" w:tplc="29774022">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33815723" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29774022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33815723" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29774022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33815723" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29774022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33815723" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29774022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33815723" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29774022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33815723" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29774022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33815723" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29774022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33815723" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29774022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93479670">
+  <w:abstractNum w:abstractNumId="83743567">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39199121">
+    <w:lvl w:ilvl="0" w:tplc="30280886">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6978,55 +6978,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93479670">
-    <w:abstractNumId w:val="93479670"/>
+  <w:num w:numId="83743567">
+    <w:abstractNumId w:val="83743567"/>
   </w:num>
-  <w:num w:numId="93479671">
-    <w:abstractNumId w:val="93479671"/>
+  <w:num w:numId="83743568">
+    <w:abstractNumId w:val="83743568"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18576,51 +18576,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId839602065" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId536989442" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3046695f45425b170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/" TargetMode="External"/><Relationship Id="rId5143695f45425b1b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/categorization" TargetMode="External"/><Relationship Id="rId9895695f45425b878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/photos" TargetMode="External"/><Relationship Id="rId5802695f45425e0c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10112" TargetMode="External"/><Relationship Id="rId7988695f45425e38c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n06p171" TargetMode="External"/><Relationship Id="rId9634695f45425e401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8168695f45425e541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId1866695f45425e86a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/4.5.745" TargetMode="External"/><Relationship Id="rId8074695f45425ec6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7368695f45425b779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7368695f45425b779.jpg"/><Relationship Id="rId2749695f45425d212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2749695f45425d212.jpg"/><Relationship Id="rId8386695f45425ed3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8386695f45425ed3c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId887654295" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId312757236" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2796697a3cef776f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/" TargetMode="External"/><Relationship Id="rId1941697a3cef77735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/categorization" TargetMode="External"/><Relationship Id="rId3256697a3cef778f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/photos" TargetMode="External"/><Relationship Id="rId1953697a3cef79eff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10112" TargetMode="External"/><Relationship Id="rId8081697a3cef7a192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n06p171" TargetMode="External"/><Relationship Id="rId3420697a3cef7a205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4990697a3cef7a31d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId3201697a3cef7a5f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/4.5.745" TargetMode="External"/><Relationship Id="rId8946697a3cef7a9a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1757697a3cef777e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1757697a3cef777e9.jpg"/><Relationship Id="rId2294697a3cef79252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2294697a3cef79252.jpg"/><Relationship Id="rId5105697a3cef7aa40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5105697a3cef7aa40.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>