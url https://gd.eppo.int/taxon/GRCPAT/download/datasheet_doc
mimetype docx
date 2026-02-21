--- v3 (2026-01-28)
+++ v4 (2026-02-21)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Baker</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blue-green sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2796697a3cef776f1" w:history="1">
+            <w:hyperlink r:id="rId2892699947be45b12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1941697a3cef77735" w:history="1">
+            <w:hyperlink r:id="rId6283699947be45b59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GRCPAT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="65138942" name="name7581697a3cef777ea" descr="863.jpg"/>
+                  <wp:docPr id="76127306" name="name3161699947be4629f" descr="863.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="863.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1757697a3cef777e9" cstate="print"/>
+                          <a:blip r:embed="rId8306699947be4629d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3256697a3cef778f7" w:history="1">
+            <w:hyperlink r:id="rId1018699947be463f5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2429,63 +2429,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">atropunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> prefers heavily vegetated areas along streams, rivers, and canyons (Delong &amp; Severin, 1949). Although it requires damp conditions it does not thrive in overly wet or dark areas. This species can occur in very high densities within its preferred habitat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="47256857" name="name9099697a3cef79255" descr="GRCPAT_distribution_map.jpg"/>
+            <wp:docPr id="13965448" name="name2733699947be48085" descr="GRCPAT_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GRCPAT_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2294697a3cef79252" cstate="print"/>
+                    <a:blip r:embed="rId3075699947be48081" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4180,51 +4180,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 279–287. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1953697a3cef79eff" w:history="1">
+      <w:hyperlink r:id="rId2435699947be49014" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/EC10112</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4582,51 +4582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">171-186. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8081697a3cef7a192" w:history="1">
+      <w:hyperlink r:id="rId6514699947be492d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3733/hilg.v19n06p171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4650,51 +4650,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3420697a3cef7a205" w:history="1">
+      <w:hyperlink r:id="rId9268699947be49346" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [24 June 2024]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4827,51 +4827,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5736. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4990697a3cef7a31d" w:history="1">
+      <w:hyperlink r:id="rId7507699947be49488" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5289,51 +5289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">745-752. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3201697a3cef7a5f1" w:history="1">
+      <w:hyperlink r:id="rId2300699947be497bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/4.5.745</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5885,51 +5885,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Graphocephala atropunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8946697a3cef7a9a7" w:history="1">
+      <w:hyperlink r:id="rId6284699947be49be1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5942,63 +5942,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14938254" name="name8832697a3cef7aa41" descr="eu_funding_250.png"/>
+            <wp:docPr id="14856538" name="name9360699947be4a0bd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5105697a3cef7aa40" cstate="print"/>
+                    <a:blip r:embed="rId5358699947be4a0bb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6096,137 +6096,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83743568">
+  <w:abstractNum w:abstractNumId="74067338">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29774022">
+    <w:lvl w:ilvl="0" w:tplc="99067989">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29774022" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99067989" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29774022" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99067989" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29774022" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99067989" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29774022" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99067989" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29774022" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99067989" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29774022" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99067989" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29774022" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99067989" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29774022" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99067989" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83743567">
+  <w:abstractNum w:abstractNumId="74067337">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30280886">
+    <w:lvl w:ilvl="0" w:tplc="87325024">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6978,55 +6978,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83743567">
-    <w:abstractNumId w:val="83743567"/>
+  <w:num w:numId="74067337">
+    <w:abstractNumId w:val="74067337"/>
   </w:num>
-  <w:num w:numId="83743568">
-    <w:abstractNumId w:val="83743568"/>
+  <w:num w:numId="74067338">
+    <w:abstractNumId w:val="74067338"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18576,51 +18576,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId887654295" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId312757236" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2796697a3cef776f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/" TargetMode="External"/><Relationship Id="rId1941697a3cef77735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/categorization" TargetMode="External"/><Relationship Id="rId3256697a3cef778f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/photos" TargetMode="External"/><Relationship Id="rId1953697a3cef79eff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10112" TargetMode="External"/><Relationship Id="rId8081697a3cef7a192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n06p171" TargetMode="External"/><Relationship Id="rId3420697a3cef7a205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4990697a3cef7a31d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId3201697a3cef7a5f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/4.5.745" TargetMode="External"/><Relationship Id="rId8946697a3cef7a9a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1757697a3cef777e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1757697a3cef777e9.jpg"/><Relationship Id="rId2294697a3cef79252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2294697a3cef79252.jpg"/><Relationship Id="rId5105697a3cef7aa40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5105697a3cef7aa40.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId466893097" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId327975179" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2892699947be45b12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/" TargetMode="External"/><Relationship Id="rId6283699947be45b59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/categorization" TargetMode="External"/><Relationship Id="rId1018699947be463f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/photos" TargetMode="External"/><Relationship Id="rId2435699947be49014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10112" TargetMode="External"/><Relationship Id="rId6514699947be492d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n06p171" TargetMode="External"/><Relationship Id="rId9268699947be49346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7507699947be49488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId2300699947be497bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/4.5.745" TargetMode="External"/><Relationship Id="rId6284699947be49be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8306699947be4629d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8306699947be4629d.jpg"/><Relationship Id="rId3075699947be48081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3075699947be48081.jpg"/><Relationship Id="rId5358699947be4a0bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5358699947be4a0bb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>