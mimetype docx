--- v4 (2026-02-21)
+++ v5 (2026-03-13)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Baker</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blue-green sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2892699947be45b12" w:history="1">
+            <w:hyperlink r:id="rId506769b41dd054065" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6283699947be45b59" w:history="1">
+            <w:hyperlink r:id="rId620569b41dd0540b5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GRCPAT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="76127306" name="name3161699947be4629f" descr="863.jpg"/>
+                  <wp:docPr id="73383492" name="name900769b41dd0541b6" descr="863.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="863.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8306699947be4629d" cstate="print"/>
+                          <a:blip r:embed="rId141069b41dd0541b4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1018699947be463f5" w:history="1">
+            <w:hyperlink r:id="rId794269b41dd0542c2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2429,63 +2429,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">atropunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> prefers heavily vegetated areas along streams, rivers, and canyons (Delong &amp; Severin, 1949). Although it requires damp conditions it does not thrive in overly wet or dark areas. This species can occur in very high densities within its preferred habitat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13965448" name="name2733699947be48085" descr="GRCPAT_distribution_map.jpg"/>
+            <wp:docPr id="16429737" name="name839669b41dd0562d7" descr="GRCPAT_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GRCPAT_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3075699947be48081" cstate="print"/>
+                    <a:blip r:embed="rId760369b41dd0562d4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4180,51 +4180,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 279–287. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2435699947be49014" w:history="1">
+      <w:hyperlink r:id="rId604369b41dd057271" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/EC10112</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4582,51 +4582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">171-186. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6514699947be492d2" w:history="1">
+      <w:hyperlink r:id="rId834769b41dd05757c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3733/hilg.v19n06p171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4650,51 +4650,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9268699947be49346" w:history="1">
+      <w:hyperlink r:id="rId849369b41dd0575f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [24 June 2024]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4827,51 +4827,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5736. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7507699947be49488" w:history="1">
+      <w:hyperlink r:id="rId103169b41dd057710" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5289,51 +5289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">745-752. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2300699947be497bc" w:history="1">
+      <w:hyperlink r:id="rId654069b41dd057a5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/4.5.745</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5885,51 +5885,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Graphocephala atropunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6284699947be49be1" w:history="1">
+      <w:hyperlink r:id="rId503369b41dd057eed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5942,63 +5942,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14856538" name="name9360699947be4a0bd" descr="eu_funding_250.png"/>
+            <wp:docPr id="84870206" name="name398969b41dd057fb9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5358699947be4a0bb" cstate="print"/>
+                    <a:blip r:embed="rId576769b41dd057fb8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6096,137 +6096,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74067338">
+  <w:abstractNum w:abstractNumId="93204613">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99067989">
+    <w:lvl w:ilvl="0" w:tplc="30790264">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99067989" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30790264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99067989" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30790264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99067989" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30790264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99067989" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30790264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99067989" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30790264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99067989" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30790264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99067989" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30790264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99067989" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30790264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74067337">
+  <w:abstractNum w:abstractNumId="93204612">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87325024">
+    <w:lvl w:ilvl="0" w:tplc="90149950">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6978,55 +6978,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74067337">
-    <w:abstractNumId w:val="74067337"/>
+  <w:num w:numId="93204612">
+    <w:abstractNumId w:val="93204612"/>
   </w:num>
-  <w:num w:numId="74067338">
-    <w:abstractNumId w:val="74067338"/>
+  <w:num w:numId="93204613">
+    <w:abstractNumId w:val="93204613"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18576,51 +18576,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId466893097" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId327975179" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2892699947be45b12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/" TargetMode="External"/><Relationship Id="rId6283699947be45b59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/categorization" TargetMode="External"/><Relationship Id="rId1018699947be463f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/photos" TargetMode="External"/><Relationship Id="rId2435699947be49014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10112" TargetMode="External"/><Relationship Id="rId6514699947be492d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n06p171" TargetMode="External"/><Relationship Id="rId9268699947be49346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7507699947be49488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId2300699947be497bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/4.5.745" TargetMode="External"/><Relationship Id="rId6284699947be49be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8306699947be4629d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8306699947be4629d.jpg"/><Relationship Id="rId3075699947be48081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3075699947be48081.jpg"/><Relationship Id="rId5358699947be4a0bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5358699947be4a0bb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId268532437" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId626513823" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId506769b41dd054065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/" TargetMode="External"/><Relationship Id="rId620569b41dd0540b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/categorization" TargetMode="External"/><Relationship Id="rId794269b41dd0542c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRCPAT/photos" TargetMode="External"/><Relationship Id="rId604369b41dd057271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10112" TargetMode="External"/><Relationship Id="rId834769b41dd05757c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n06p171" TargetMode="External"/><Relationship Id="rId849369b41dd0575f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId103169b41dd057710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId654069b41dd057a5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/4.5.745" TargetMode="External"/><Relationship Id="rId503369b41dd057eed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId141069b41dd0541b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId141069b41dd0541b4.jpg"/><Relationship Id="rId760369b41dd0562d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId760369b41dd0562d4.jpg"/><Relationship Id="rId576769b41dd057fb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId576769b41dd057fb8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>