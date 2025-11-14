--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -302,51 +302,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Grapevine red blotch-associated virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Grapevine redleaf- associated virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId565968e6caad97b86" w:history="1">
+            <w:hyperlink r:id="rId42276916cf234c4de" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -362,51 +362,51 @@
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId971968e6caad97bef" w:history="1">
+            <w:hyperlink r:id="rId98306916cf234c548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GRBAV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="97205996" name="name690868e6caad983a5" descr="12700.jpg"/>
+                  <wp:docPr id="20993356" name="name39886916cf234c649" descr="12700.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12700.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId568668e6caad983a3" cstate="print"/>
+                          <a:blip r:embed="rId92196916cf234c648" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId475268e6caad984cd" w:history="1">
+            <w:hyperlink r:id="rId62016916cf234c742" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1794,63 +1794,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the absence of surveys, GRBV might be present at low frequency in other regions of the world as its symptoms can easily be confused with those of grapevine leafroll disease, of phytoplasma infections or with symptomatology due to abiotic stress.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="46362699" name="name683268e6caad99c4f" descr="GRBAV0_distribution_map.jpg"/>
+            <wp:docPr id="21964842" name="name60356916cf234de7e" descr="GRBAV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GRBAV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId659868e6caad99c4c" cstate="print"/>
+                    <a:blip r:embed="rId67766916cf234de7c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4842,51 +4842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId316468e6caad9b2da" w:history="1">
+      <w:hyperlink r:id="rId43056916cf234f362" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4912,90 +4912,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId254868e6caad9b41a" w:history="1">
+      <w:hyperlink r:id="rId61366916cf234f3e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (in preparation) Report of a pest risk analysis for grapevine red blotch virus. EPPO, Paris. Available soon at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId754668e6caad9b472" w:history="1">
+      <w:hyperlink r:id="rId80636916cf234f421" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/GRBAV0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5059,81 +5059,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flasco M, Hoyle V, Cieniewicz EJ, Roy B, McLane H, Perry KL, Loeb GM, Nault B, Cilia M &amp; Fuchs M (2021) Grapevine red blotch virus is transmitted by the three-cornered alfalfa hopper in a circulative, nonpropagative mode with unique attributes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, online first, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId475268e6caad9b547" w:history="1">
+      <w:hyperlink r:id="rId32026916cf234f4d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-02-21-0061-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuchs M (2020) CABI Datasheet. Grapevine red blotch virus (grapevine red blotch virus). Invasive Species Compendium. Wallingford, UK: CABI. Last modified 02 February 2021. DOI:10.1079/ISC.120024.20210200728. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId165768e6caad9b57c" w:history="1">
+      <w:hyperlink r:id="rId28096916cf234f507" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/120024</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6144,51 +6144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Insect Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId699168e6caad9bc09" w:history="1">
+      <w:hyperlink r:id="rId78636916cf234fb80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iey129</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6348,51 +6348,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2187-2193.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Smith H, Finke D &amp; Volenberg D (2020) Potential insect vectors of grapevine red blotch virus. Show me grape and wine Conference and Symposium. March 4-6, 2020. University of Missouri. Ppt presentation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId751268e6caad9bd52" w:history="1">
+      <w:hyperlink r:id="rId19496916cf234fcc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gwi.missouri.edu/events/presentations/2020-Symposium/6-HarperSmith.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6906,51 +6906,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grablovirus vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId265268e6caad9c0d7" w:history="1">
+      <w:hyperlink r:id="rId54796916cf2350044" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6963,63 +6963,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98702832" name="name824068e6caad9c19a" descr="eu_funding_250.png"/>
+            <wp:docPr id="93949300" name="name24466916cf2350119" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId364668e6caad9c199" cstate="print"/>
+                    <a:blip r:embed="rId36176916cf2350117" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7117,137 +7117,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51885546">
+  <w:abstractNum w:abstractNumId="58583894">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19031618">
+    <w:lvl w:ilvl="0" w:tplc="63888087">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19031618" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63888087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19031618" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63888087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19031618" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63888087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19031618" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63888087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19031618" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63888087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19031618" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63888087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19031618" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63888087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19031618" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63888087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51885545">
+  <w:abstractNum w:abstractNumId="58583893">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44338100">
+    <w:lvl w:ilvl="0" w:tplc="96163654">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7999,55 +7999,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51885545">
-    <w:abstractNumId w:val="51885545"/>
+  <w:num w:numId="58583893">
+    <w:abstractNumId w:val="58583893"/>
   </w:num>
-  <w:num w:numId="51885546">
-    <w:abstractNumId w:val="51885546"/>
+  <w:num w:numId="58583894">
+    <w:abstractNumId w:val="58583894"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19597,51 +19597,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId459921098" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId614023470" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId565968e6caad97b86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/" TargetMode="External"/><Relationship Id="rId971968e6caad97bef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/categorization" TargetMode="External"/><Relationship Id="rId475268e6caad984cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/photos" TargetMode="External"/><Relationship Id="rId316468e6caad9b2da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId254868e6caad9b41a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId754668e6caad9b472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId475268e6caad9b547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-21-0061-R" TargetMode="External"/><Relationship Id="rId165768e6caad9b57c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/120024" TargetMode="External"/><Relationship Id="rId699168e6caad9bc09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey129" TargetMode="External"/><Relationship Id="rId751268e6caad9bd52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gwi.missouri.edu/events/presentations/2020-Symposium/6-HarperSmith.pdf" TargetMode="External"/><Relationship Id="rId265268e6caad9c0d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId568668e6caad983a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId568668e6caad983a3.jpg"/><Relationship Id="rId659868e6caad99c4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId659868e6caad99c4c.jpg"/><Relationship Id="rId364668e6caad9c199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId364668e6caad9c199.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId493911996" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId870036154" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId42276916cf234c4de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/" TargetMode="External"/><Relationship Id="rId98306916cf234c548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/categorization" TargetMode="External"/><Relationship Id="rId62016916cf234c742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/photos" TargetMode="External"/><Relationship Id="rId43056916cf234f362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId61366916cf234f3e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId80636916cf234f421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId32026916cf234f4d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-21-0061-R" TargetMode="External"/><Relationship Id="rId28096916cf234f507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/120024" TargetMode="External"/><Relationship Id="rId78636916cf234fb80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey129" TargetMode="External"/><Relationship Id="rId19496916cf234fcc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gwi.missouri.edu/events/presentations/2020-Symposium/6-HarperSmith.pdf" TargetMode="External"/><Relationship Id="rId54796916cf2350044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId92196916cf234c648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92196916cf234c648.jpg"/><Relationship Id="rId67766916cf234de7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67766916cf234de7c.jpg"/><Relationship Id="rId36176916cf2350117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36176916cf2350117.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>