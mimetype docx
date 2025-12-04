--- v1 (2025-11-14)
+++ v2 (2025-12-04)
@@ -302,51 +302,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Grapevine red blotch-associated virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Grapevine redleaf- associated virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42276916cf234c4de" w:history="1">
+            <w:hyperlink r:id="rId843269314fbd0e02b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -362,51 +362,51 @@
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98306916cf234c548" w:history="1">
+            <w:hyperlink r:id="rId219069314fbd0e0a3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GRBAV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="20993356" name="name39886916cf234c649" descr="12700.jpg"/>
+                  <wp:docPr id="92382364" name="name626369314fbd0e17b" descr="12700.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12700.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId92196916cf234c648" cstate="print"/>
+                          <a:blip r:embed="rId484969314fbd0e17a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId62016916cf234c742" w:history="1">
+            <w:hyperlink r:id="rId900469314fbd0e2dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1794,63 +1794,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the absence of surveys, GRBV might be present at low frequency in other regions of the world as its symptoms can easily be confused with those of grapevine leafroll disease, of phytoplasma infections or with symptomatology due to abiotic stress.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21964842" name="name60356916cf234de7e" descr="GRBAV0_distribution_map.jpg"/>
+            <wp:docPr id="50102043" name="name178069314fbd0fa4b" descr="GRBAV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GRBAV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId67766916cf234de7c" cstate="print"/>
+                    <a:blip r:embed="rId679769314fbd0fa47" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4842,51 +4842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43056916cf234f362" w:history="1">
+      <w:hyperlink r:id="rId867569314fbd11039" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4912,90 +4912,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61366916cf234f3e2" w:history="1">
+      <w:hyperlink r:id="rId532269314fbd110b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (in preparation) Report of a pest risk analysis for grapevine red blotch virus. EPPO, Paris. Available soon at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80636916cf234f421" w:history="1">
+      <w:hyperlink r:id="rId579769314fbd110f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/GRBAV0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5059,81 +5059,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flasco M, Hoyle V, Cieniewicz EJ, Roy B, McLane H, Perry KL, Loeb GM, Nault B, Cilia M &amp; Fuchs M (2021) Grapevine red blotch virus is transmitted by the three-cornered alfalfa hopper in a circulative, nonpropagative mode with unique attributes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, online first, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32026916cf234f4d3" w:history="1">
+      <w:hyperlink r:id="rId208269314fbd111ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-02-21-0061-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuchs M (2020) CABI Datasheet. Grapevine red blotch virus (grapevine red blotch virus). Invasive Species Compendium. Wallingford, UK: CABI. Last modified 02 February 2021. DOI:10.1079/ISC.120024.20210200728. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28096916cf234f507" w:history="1">
+      <w:hyperlink r:id="rId447169314fbd111e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/120024</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6144,51 +6144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Insect Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78636916cf234fb80" w:history="1">
+      <w:hyperlink r:id="rId684269314fbd1188a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iey129</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6348,51 +6348,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2187-2193.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Smith H, Finke D &amp; Volenberg D (2020) Potential insect vectors of grapevine red blotch virus. Show me grape and wine Conference and Symposium. March 4-6, 2020. University of Missouri. Ppt presentation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19496916cf234fcc7" w:history="1">
+      <w:hyperlink r:id="rId616069314fbd11a1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gwi.missouri.edu/events/presentations/2020-Symposium/6-HarperSmith.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6906,51 +6906,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grablovirus vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54796916cf2350044" w:history="1">
+      <w:hyperlink r:id="rId557769314fbd11dcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6963,63 +6963,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="93949300" name="name24466916cf2350119" descr="eu_funding_250.png"/>
+            <wp:docPr id="64809906" name="name678869314fbd1387f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId36176916cf2350117" cstate="print"/>
+                    <a:blip r:embed="rId500169314fbd1387d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7117,137 +7117,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58583894">
+  <w:abstractNum w:abstractNumId="23855804">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63888087">
+    <w:lvl w:ilvl="0" w:tplc="84305214">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63888087" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84305214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63888087" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84305214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63888087" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84305214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63888087" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84305214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63888087" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84305214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63888087" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84305214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63888087" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84305214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63888087" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84305214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58583893">
+  <w:abstractNum w:abstractNumId="23855803">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96163654">
+    <w:lvl w:ilvl="0" w:tplc="84899780">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7999,55 +7999,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58583893">
-    <w:abstractNumId w:val="58583893"/>
+  <w:num w:numId="23855803">
+    <w:abstractNumId w:val="23855803"/>
   </w:num>
-  <w:num w:numId="58583894">
-    <w:abstractNumId w:val="58583894"/>
+  <w:num w:numId="23855804">
+    <w:abstractNumId w:val="23855804"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19597,51 +19597,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId493911996" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId870036154" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId42276916cf234c4de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/" TargetMode="External"/><Relationship Id="rId98306916cf234c548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/categorization" TargetMode="External"/><Relationship Id="rId62016916cf234c742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/photos" TargetMode="External"/><Relationship Id="rId43056916cf234f362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId61366916cf234f3e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId80636916cf234f421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId32026916cf234f4d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-21-0061-R" TargetMode="External"/><Relationship Id="rId28096916cf234f507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/120024" TargetMode="External"/><Relationship Id="rId78636916cf234fb80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey129" TargetMode="External"/><Relationship Id="rId19496916cf234fcc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gwi.missouri.edu/events/presentations/2020-Symposium/6-HarperSmith.pdf" TargetMode="External"/><Relationship Id="rId54796916cf2350044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId92196916cf234c648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92196916cf234c648.jpg"/><Relationship Id="rId67766916cf234de7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67766916cf234de7c.jpg"/><Relationship Id="rId36176916cf2350117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36176916cf2350117.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId304557570" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId433282974" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId843269314fbd0e02b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/" TargetMode="External"/><Relationship Id="rId219069314fbd0e0a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/categorization" TargetMode="External"/><Relationship Id="rId900469314fbd0e2dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/photos" TargetMode="External"/><Relationship Id="rId867569314fbd11039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId532269314fbd110b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId579769314fbd110f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId208269314fbd111ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-21-0061-R" TargetMode="External"/><Relationship Id="rId447169314fbd111e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/120024" TargetMode="External"/><Relationship Id="rId684269314fbd1188a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey129" TargetMode="External"/><Relationship Id="rId616069314fbd11a1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gwi.missouri.edu/events/presentations/2020-Symposium/6-HarperSmith.pdf" TargetMode="External"/><Relationship Id="rId557769314fbd11dcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId484969314fbd0e17a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId484969314fbd0e17a.jpg"/><Relationship Id="rId679769314fbd0fa47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId679769314fbd0fa47.jpg"/><Relationship Id="rId500169314fbd1387d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId500169314fbd1387d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>