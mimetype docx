--- v2 (2025-12-04)
+++ v3 (2026-01-16)
@@ -302,51 +302,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Grapevine red blotch-associated virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Grapevine redleaf- associated virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId843269314fbd0e02b" w:history="1">
+            <w:hyperlink r:id="rId53626969f6d2c6c79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -362,51 +362,51 @@
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219069314fbd0e0a3" w:history="1">
+            <w:hyperlink r:id="rId51276969f6d2c6ce1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GRBAV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92382364" name="name626369314fbd0e17b" descr="12700.jpg"/>
+                  <wp:docPr id="79832489" name="name77816969f6d2c730f" descr="12700.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12700.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId484969314fbd0e17a" cstate="print"/>
+                          <a:blip r:embed="rId53716969f6d2c730e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId900469314fbd0e2dd" w:history="1">
+            <w:hyperlink r:id="rId66246969f6d2c7420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1794,63 +1794,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the absence of surveys, GRBV might be present at low frequency in other regions of the world as its symptoms can easily be confused with those of grapevine leafroll disease, of phytoplasma infections or with symptomatology due to abiotic stress.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50102043" name="name178069314fbd0fa4b" descr="GRBAV0_distribution_map.jpg"/>
+            <wp:docPr id="42616495" name="name71886969f6d2c9180" descr="GRBAV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GRBAV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId679769314fbd0fa47" cstate="print"/>
+                    <a:blip r:embed="rId44566969f6d2c917d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4842,51 +4842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId867569314fbd11039" w:history="1">
+      <w:hyperlink r:id="rId70916969f6d2ca89d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4912,90 +4912,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId532269314fbd110b4" w:history="1">
+      <w:hyperlink r:id="rId18036969f6d2ca915" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (in preparation) Report of a pest risk analysis for grapevine red blotch virus. EPPO, Paris. Available soon at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId579769314fbd110f4" w:history="1">
+      <w:hyperlink r:id="rId59556969f6d2ca954" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/GRBAV0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5059,81 +5059,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flasco M, Hoyle V, Cieniewicz EJ, Roy B, McLane H, Perry KL, Loeb GM, Nault B, Cilia M &amp; Fuchs M (2021) Grapevine red blotch virus is transmitted by the three-cornered alfalfa hopper in a circulative, nonpropagative mode with unique attributes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, online first, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId208269314fbd111ac" w:history="1">
+      <w:hyperlink r:id="rId30946969f6d2caa09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-02-21-0061-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuchs M (2020) CABI Datasheet. Grapevine red blotch virus (grapevine red blotch virus). Invasive Species Compendium. Wallingford, UK: CABI. Last modified 02 February 2021. DOI:10.1079/ISC.120024.20210200728. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId447169314fbd111e1" w:history="1">
+      <w:hyperlink r:id="rId81616969f6d2caa3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/120024</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6144,51 +6144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Insect Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId684269314fbd1188a" w:history="1">
+      <w:hyperlink r:id="rId16746969f6d2cb12a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iey129</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6348,51 +6348,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2187-2193.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Smith H, Finke D &amp; Volenberg D (2020) Potential insect vectors of grapevine red blotch virus. Show me grape and wine Conference and Symposium. March 4-6, 2020. University of Missouri. Ppt presentation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId616069314fbd11a1e" w:history="1">
+      <w:hyperlink r:id="rId93196969f6d2cb2ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gwi.missouri.edu/events/presentations/2020-Symposium/6-HarperSmith.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6884,73 +6884,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grablovirus vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId557769314fbd11dcc" w:history="1">
+      <w:hyperlink r:id="rId26816969f6d2cb62c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6963,63 +6963,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64809906" name="name678869314fbd1387f" descr="eu_funding_250.png"/>
+            <wp:docPr id="41014135" name="name49996969f6d2cb6fa" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId500169314fbd1387d" cstate="print"/>
+                    <a:blip r:embed="rId86976969f6d2cb6f9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7117,137 +7117,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23855804">
+  <w:abstractNum w:abstractNumId="73746514">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84305214">
+    <w:lvl w:ilvl="0" w:tplc="39342310">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84305214" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39342310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84305214" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39342310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84305214" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39342310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84305214" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39342310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84305214" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39342310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84305214" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39342310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84305214" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39342310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84305214" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39342310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23855803">
+  <w:abstractNum w:abstractNumId="73746513">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84899780">
+    <w:lvl w:ilvl="0" w:tplc="42374718">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7999,55 +7999,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23855803">
-    <w:abstractNumId w:val="23855803"/>
+  <w:num w:numId="73746513">
+    <w:abstractNumId w:val="73746513"/>
   </w:num>
-  <w:num w:numId="23855804">
-    <w:abstractNumId w:val="23855804"/>
+  <w:num w:numId="73746514">
+    <w:abstractNumId w:val="73746514"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19597,51 +19597,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId304557570" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId433282974" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId843269314fbd0e02b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/" TargetMode="External"/><Relationship Id="rId219069314fbd0e0a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/categorization" TargetMode="External"/><Relationship Id="rId900469314fbd0e2dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/photos" TargetMode="External"/><Relationship Id="rId867569314fbd11039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId532269314fbd110b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId579769314fbd110f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId208269314fbd111ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-21-0061-R" TargetMode="External"/><Relationship Id="rId447169314fbd111e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/120024" TargetMode="External"/><Relationship Id="rId684269314fbd1188a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey129" TargetMode="External"/><Relationship Id="rId616069314fbd11a1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gwi.missouri.edu/events/presentations/2020-Symposium/6-HarperSmith.pdf" TargetMode="External"/><Relationship Id="rId557769314fbd11dcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId484969314fbd0e17a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId484969314fbd0e17a.jpg"/><Relationship Id="rId679769314fbd0fa47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId679769314fbd0fa47.jpg"/><Relationship Id="rId500169314fbd1387d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId500169314fbd1387d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId225263900" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId362674648" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId53626969f6d2c6c79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/" TargetMode="External"/><Relationship Id="rId51276969f6d2c6ce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/categorization" TargetMode="External"/><Relationship Id="rId66246969f6d2c7420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/photos" TargetMode="External"/><Relationship Id="rId70916969f6d2ca89d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId18036969f6d2ca915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId59556969f6d2ca954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId30946969f6d2caa09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-21-0061-R" TargetMode="External"/><Relationship Id="rId81616969f6d2caa3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/120024" TargetMode="External"/><Relationship Id="rId16746969f6d2cb12a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey129" TargetMode="External"/><Relationship Id="rId93196969f6d2cb2ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gwi.missouri.edu/events/presentations/2020-Symposium/6-HarperSmith.pdf" TargetMode="External"/><Relationship Id="rId26816969f6d2cb62c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId53716969f6d2c730e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53716969f6d2c730e.jpg"/><Relationship Id="rId44566969f6d2c917d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44566969f6d2c917d.jpg"/><Relationship Id="rId86976969f6d2cb6f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86976969f6d2cb6f9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>