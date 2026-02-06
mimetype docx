--- v3 (2026-01-16)
+++ v4 (2026-02-06)
@@ -302,51 +302,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Grapevine red blotch-associated virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Grapevine redleaf- associated virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53626969f6d2c6c79" w:history="1">
+            <w:hyperlink r:id="rId13346985f365472c5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -360,53 +360,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51276969f6d2c6ce1" w:history="1">
+            <w:hyperlink r:id="rId63726985f3654732e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GRBAV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79832489" name="name77816969f6d2c730f" descr="12700.jpg"/>
+                  <wp:docPr id="66109674" name="name39366985f3654783f" descr="12700.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12700.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId53716969f6d2c730e" cstate="print"/>
+                          <a:blip r:embed="rId38146985f3654783c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId66246969f6d2c7420" w:history="1">
+            <w:hyperlink r:id="rId28226985f36547988" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1794,63 +1794,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the absence of surveys, GRBV might be present at low frequency in other regions of the world as its symptoms can easily be confused with those of grapevine leafroll disease, of phytoplasma infections or with symptomatology due to abiotic stress.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="42616495" name="name71886969f6d2c9180" descr="GRBAV0_distribution_map.jpg"/>
+            <wp:docPr id="77980046" name="name30166985f36548c65" descr="GRBAV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GRBAV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId44566969f6d2c917d" cstate="print"/>
+                    <a:blip r:embed="rId98696985f36548c62" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4842,51 +4842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70916969f6d2ca89d" w:history="1">
+      <w:hyperlink r:id="rId28416985f3654b604" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4912,90 +4912,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18036969f6d2ca915" w:history="1">
+      <w:hyperlink r:id="rId67636985f3654b6b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (in preparation) Report of a pest risk analysis for grapevine red blotch virus. EPPO, Paris. Available soon at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59556969f6d2ca954" w:history="1">
+      <w:hyperlink r:id="rId32156985f3654b6ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/GRBAV0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5059,81 +5059,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flasco M, Hoyle V, Cieniewicz EJ, Roy B, McLane H, Perry KL, Loeb GM, Nault B, Cilia M &amp; Fuchs M (2021) Grapevine red blotch virus is transmitted by the three-cornered alfalfa hopper in a circulative, nonpropagative mode with unique attributes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, online first, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30946969f6d2caa09" w:history="1">
+      <w:hyperlink r:id="rId77786985f3654b7b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-02-21-0061-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuchs M (2020) CABI Datasheet. Grapevine red blotch virus (grapevine red blotch virus). Invasive Species Compendium. Wallingford, UK: CABI. Last modified 02 February 2021. DOI:10.1079/ISC.120024.20210200728. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81616969f6d2caa3e" w:history="1">
+      <w:hyperlink r:id="rId46546985f3654b7ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/120024</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6144,51 +6144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Insect Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16746969f6d2cb12a" w:history="1">
+      <w:hyperlink r:id="rId54186985f3654be91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iey129</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6348,51 +6348,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2187-2193.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Smith H, Finke D &amp; Volenberg D (2020) Potential insect vectors of grapevine red blotch virus. Show me grape and wine Conference and Symposium. March 4-6, 2020. University of Missouri. Ppt presentation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93196969f6d2cb2ac" w:history="1">
+      <w:hyperlink r:id="rId68046985f3654bfe9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gwi.missouri.edu/events/presentations/2020-Symposium/6-HarperSmith.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6906,51 +6906,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grablovirus vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26816969f6d2cb62c" w:history="1">
+      <w:hyperlink r:id="rId80796985f3654c390" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6963,63 +6963,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41014135" name="name49996969f6d2cb6fa" descr="eu_funding_250.png"/>
+            <wp:docPr id="78986288" name="name86426985f3654c440" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId86976969f6d2cb6f9" cstate="print"/>
+                    <a:blip r:embed="rId58166985f3654c43f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7117,137 +7117,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73746514">
+  <w:abstractNum w:abstractNumId="68359817">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39342310">
+    <w:lvl w:ilvl="0" w:tplc="33932438">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39342310" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33932438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39342310" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33932438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39342310" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33932438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39342310" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33932438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39342310" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33932438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39342310" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33932438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39342310" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33932438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39342310" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33932438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73746513">
+  <w:abstractNum w:abstractNumId="68359816">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42374718">
+    <w:lvl w:ilvl="0" w:tplc="99271749">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7999,55 +7999,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73746513">
-    <w:abstractNumId w:val="73746513"/>
+  <w:num w:numId="68359816">
+    <w:abstractNumId w:val="68359816"/>
   </w:num>
-  <w:num w:numId="73746514">
-    <w:abstractNumId w:val="73746514"/>
+  <w:num w:numId="68359817">
+    <w:abstractNumId w:val="68359817"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19597,51 +19597,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId225263900" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId362674648" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId53626969f6d2c6c79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/" TargetMode="External"/><Relationship Id="rId51276969f6d2c6ce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/categorization" TargetMode="External"/><Relationship Id="rId66246969f6d2c7420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/photos" TargetMode="External"/><Relationship Id="rId70916969f6d2ca89d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId18036969f6d2ca915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId59556969f6d2ca954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId30946969f6d2caa09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-21-0061-R" TargetMode="External"/><Relationship Id="rId81616969f6d2caa3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/120024" TargetMode="External"/><Relationship Id="rId16746969f6d2cb12a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey129" TargetMode="External"/><Relationship Id="rId93196969f6d2cb2ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gwi.missouri.edu/events/presentations/2020-Symposium/6-HarperSmith.pdf" TargetMode="External"/><Relationship Id="rId26816969f6d2cb62c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId53716969f6d2c730e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53716969f6d2c730e.jpg"/><Relationship Id="rId44566969f6d2c917d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44566969f6d2c917d.jpg"/><Relationship Id="rId86976969f6d2cb6f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86976969f6d2cb6f9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId129352642" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId899866981" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId13346985f365472c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/" TargetMode="External"/><Relationship Id="rId63726985f3654732e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/categorization" TargetMode="External"/><Relationship Id="rId28226985f36547988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/photos" TargetMode="External"/><Relationship Id="rId28416985f3654b604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId67636985f3654b6b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId32156985f3654b6ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId77786985f3654b7b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-21-0061-R" TargetMode="External"/><Relationship Id="rId46546985f3654b7ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/120024" TargetMode="External"/><Relationship Id="rId54186985f3654be91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey129" TargetMode="External"/><Relationship Id="rId68046985f3654bfe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gwi.missouri.edu/events/presentations/2020-Symposium/6-HarperSmith.pdf" TargetMode="External"/><Relationship Id="rId80796985f3654c390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId38146985f3654783c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38146985f3654783c.jpg"/><Relationship Id="rId98696985f36548c62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98696985f36548c62.jpg"/><Relationship Id="rId58166985f3654c43f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58166985f3654c43f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>