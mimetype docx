--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -302,51 +302,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Grapevine red blotch-associated virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Grapevine redleaf- associated virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13346985f365472c5" w:history="1">
+            <w:hyperlink r:id="rId757769a0b9d72c00b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -362,51 +362,51 @@
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63726985f3654732e" w:history="1">
+            <w:hyperlink r:id="rId866069a0b9d72c076" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GRBAV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="66109674" name="name39366985f3654783f" descr="12700.jpg"/>
+                  <wp:docPr id="21932376" name="name582769a0b9d72c7af" descr="12700.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12700.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId38146985f3654783c" cstate="print"/>
+                          <a:blip r:embed="rId105769a0b9d72c7ac" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId28226985f36547988" w:history="1">
+            <w:hyperlink r:id="rId331769a0b9d72c8ca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1794,63 +1794,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the absence of surveys, GRBV might be present at low frequency in other regions of the world as its symptoms can easily be confused with those of grapevine leafroll disease, of phytoplasma infections or with symptomatology due to abiotic stress.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77980046" name="name30166985f36548c65" descr="GRBAV0_distribution_map.jpg"/>
+            <wp:docPr id="64786351" name="name611569a0b9d72def3" descr="GRBAV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GRBAV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId98696985f36548c62" cstate="print"/>
+                    <a:blip r:embed="rId403969a0b9d72def0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4842,51 +4842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28416985f3654b604" w:history="1">
+      <w:hyperlink r:id="rId805769a0b9d72f42a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4912,90 +4912,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67636985f3654b6b8" w:history="1">
+      <w:hyperlink r:id="rId354169a0b9d72f49f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (in preparation) Report of a pest risk analysis for grapevine red blotch virus. EPPO, Paris. Available soon at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32156985f3654b6ff" w:history="1">
+      <w:hyperlink r:id="rId213669a0b9d72f4ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/GRBAV0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5059,81 +5059,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flasco M, Hoyle V, Cieniewicz EJ, Roy B, McLane H, Perry KL, Loeb GM, Nault B, Cilia M &amp; Fuchs M (2021) Grapevine red blotch virus is transmitted by the three-cornered alfalfa hopper in a circulative, nonpropagative mode with unique attributes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, online first, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77786985f3654b7b7" w:history="1">
+      <w:hyperlink r:id="rId639969a0b9d72f5b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-02-21-0061-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuchs M (2020) CABI Datasheet. Grapevine red blotch virus (grapevine red blotch virus). Invasive Species Compendium. Wallingford, UK: CABI. Last modified 02 February 2021. DOI:10.1079/ISC.120024.20210200728. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46546985f3654b7ec" w:history="1">
+      <w:hyperlink r:id="rId936669a0b9d72f5e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/120024</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6144,51 +6144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Insect Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54186985f3654be91" w:history="1">
+      <w:hyperlink r:id="rId119169a0b9d72fc6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iey129</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6348,51 +6348,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2187-2193.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Smith H, Finke D &amp; Volenberg D (2020) Potential insect vectors of grapevine red blotch virus. Show me grape and wine Conference and Symposium. March 4-6, 2020. University of Missouri. Ppt presentation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68046985f3654bfe9" w:history="1">
+      <w:hyperlink r:id="rId134869a0b9d72fdd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gwi.missouri.edu/events/presentations/2020-Symposium/6-HarperSmith.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6906,51 +6906,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grablovirus vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80796985f3654c390" w:history="1">
+      <w:hyperlink r:id="rId504069a0b9d73019e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6963,63 +6963,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="78986288" name="name86426985f3654c440" descr="eu_funding_250.png"/>
+            <wp:docPr id="54676070" name="name278869a0b9d730272" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId58166985f3654c43f" cstate="print"/>
+                    <a:blip r:embed="rId915069a0b9d730271" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7117,137 +7117,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68359817">
+  <w:abstractNum w:abstractNumId="37296458">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33932438">
+    <w:lvl w:ilvl="0" w:tplc="80682847">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33932438" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80682847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33932438" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80682847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33932438" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80682847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33932438" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80682847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33932438" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80682847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33932438" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80682847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33932438" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80682847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33932438" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80682847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68359816">
+  <w:abstractNum w:abstractNumId="37296457">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99271749">
+    <w:lvl w:ilvl="0" w:tplc="81181910">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7999,55 +7999,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68359816">
-    <w:abstractNumId w:val="68359816"/>
+  <w:num w:numId="37296457">
+    <w:abstractNumId w:val="37296457"/>
   </w:num>
-  <w:num w:numId="68359817">
-    <w:abstractNumId w:val="68359817"/>
+  <w:num w:numId="37296458">
+    <w:abstractNumId w:val="37296458"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19597,51 +19597,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId129352642" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId899866981" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId13346985f365472c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/" TargetMode="External"/><Relationship Id="rId63726985f3654732e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/categorization" TargetMode="External"/><Relationship Id="rId28226985f36547988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/photos" TargetMode="External"/><Relationship Id="rId28416985f3654b604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId67636985f3654b6b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId32156985f3654b6ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId77786985f3654b7b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-21-0061-R" TargetMode="External"/><Relationship Id="rId46546985f3654b7ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/120024" TargetMode="External"/><Relationship Id="rId54186985f3654be91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey129" TargetMode="External"/><Relationship Id="rId68046985f3654bfe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gwi.missouri.edu/events/presentations/2020-Symposium/6-HarperSmith.pdf" TargetMode="External"/><Relationship Id="rId80796985f3654c390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId38146985f3654783c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38146985f3654783c.jpg"/><Relationship Id="rId98696985f36548c62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98696985f36548c62.jpg"/><Relationship Id="rId58166985f3654c43f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58166985f3654c43f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId832217339" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId885204726" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId757769a0b9d72c00b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/" TargetMode="External"/><Relationship Id="rId866069a0b9d72c076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/categorization" TargetMode="External"/><Relationship Id="rId331769a0b9d72c8ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/photos" TargetMode="External"/><Relationship Id="rId805769a0b9d72f42a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId354169a0b9d72f49f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId213669a0b9d72f4ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId639969a0b9d72f5b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-21-0061-R" TargetMode="External"/><Relationship Id="rId936669a0b9d72f5e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/120024" TargetMode="External"/><Relationship Id="rId119169a0b9d72fc6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey129" TargetMode="External"/><Relationship Id="rId134869a0b9d72fdd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gwi.missouri.edu/events/presentations/2020-Symposium/6-HarperSmith.pdf" TargetMode="External"/><Relationship Id="rId504069a0b9d73019e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId105769a0b9d72c7ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId105769a0b9d72c7ac.jpg"/><Relationship Id="rId403969a0b9d72def0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId403969a0b9d72def0.jpg"/><Relationship Id="rId915069a0b9d730271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId915069a0b9d730271.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>