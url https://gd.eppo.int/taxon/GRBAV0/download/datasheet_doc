--- v5 (2026-02-26)
+++ v6 (2026-03-19)
@@ -302,51 +302,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Grapevine red blotch-associated virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Grapevine redleaf- associated virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId757769a0b9d72c00b" w:history="1">
+            <w:hyperlink r:id="rId308569bb54cd3a46b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -362,51 +362,51 @@
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId866069a0b9d72c076" w:history="1">
+            <w:hyperlink r:id="rId366369bb54cd3a4d5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GRBAV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="21932376" name="name582769a0b9d72c7af" descr="12700.jpg"/>
+                  <wp:docPr id="17373452" name="name864069bb54cd3a611" descr="12700.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12700.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId105769a0b9d72c7ac" cstate="print"/>
+                          <a:blip r:embed="rId641869bb54cd3a610" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId331769a0b9d72c8ca" w:history="1">
+            <w:hyperlink r:id="rId988869bb54cd3a753" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1794,63 +1794,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the absence of surveys, GRBV might be present at low frequency in other regions of the world as its symptoms can easily be confused with those of grapevine leafroll disease, of phytoplasma infections or with symptomatology due to abiotic stress.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64786351" name="name611569a0b9d72def3" descr="GRBAV0_distribution_map.jpg"/>
+            <wp:docPr id="39225184" name="name605969bb54cd3be98" descr="GRBAV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GRBAV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId403969a0b9d72def0" cstate="print"/>
+                    <a:blip r:embed="rId725469bb54cd3be94" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4842,51 +4842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId805769a0b9d72f42a" w:history="1">
+      <w:hyperlink r:id="rId785469bb54cd3d4a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4912,90 +4912,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId354169a0b9d72f49f" w:history="1">
+      <w:hyperlink r:id="rId689369bb54cd3d51a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (in preparation) Report of a pest risk analysis for grapevine red blotch virus. EPPO, Paris. Available soon at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId213669a0b9d72f4ed" w:history="1">
+      <w:hyperlink r:id="rId512369bb54cd3d55b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/GRBAV0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5059,81 +5059,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flasco M, Hoyle V, Cieniewicz EJ, Roy B, McLane H, Perry KL, Loeb GM, Nault B, Cilia M &amp; Fuchs M (2021) Grapevine red blotch virus is transmitted by the three-cornered alfalfa hopper in a circulative, nonpropagative mode with unique attributes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, online first, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId639969a0b9d72f5b3" w:history="1">
+      <w:hyperlink r:id="rId258869bb54cd3d610" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-02-21-0061-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuchs M (2020) CABI Datasheet. Grapevine red blotch virus (grapevine red blotch virus). Invasive Species Compendium. Wallingford, UK: CABI. Last modified 02 February 2021. DOI:10.1079/ISC.120024.20210200728. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId936669a0b9d72f5e7" w:history="1">
+      <w:hyperlink r:id="rId974769bb54cd3d644" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/120024</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6144,51 +6144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Insect Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId119169a0b9d72fc6b" w:history="1">
+      <w:hyperlink r:id="rId595269bb54cd3dcf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iey129</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6348,51 +6348,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2187-2193.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Smith H, Finke D &amp; Volenberg D (2020) Potential insect vectors of grapevine red blotch virus. Show me grape and wine Conference and Symposium. March 4-6, 2020. University of Missouri. Ppt presentation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId134869a0b9d72fdd1" w:history="1">
+      <w:hyperlink r:id="rId843469bb54cd3de46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gwi.missouri.edu/events/presentations/2020-Symposium/6-HarperSmith.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6906,51 +6906,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grablovirus vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId504069a0b9d73019e" w:history="1">
+      <w:hyperlink r:id="rId606069bb54cd3e1d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6963,63 +6963,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54676070" name="name278869a0b9d730272" descr="eu_funding_250.png"/>
+            <wp:docPr id="78885987" name="name865369bb54cd3e2ec" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId915069a0b9d730271" cstate="print"/>
+                    <a:blip r:embed="rId985869bb54cd3e2eb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7117,137 +7117,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37296458">
+  <w:abstractNum w:abstractNumId="67827915">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80682847">
+    <w:lvl w:ilvl="0" w:tplc="63780775">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80682847" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63780775" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80682847" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63780775" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80682847" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63780775" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80682847" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63780775" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80682847" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63780775" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80682847" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63780775" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80682847" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63780775" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80682847" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63780775" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37296457">
+  <w:abstractNum w:abstractNumId="67827914">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81181910">
+    <w:lvl w:ilvl="0" w:tplc="20393452">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7999,55 +7999,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37296457">
-    <w:abstractNumId w:val="37296457"/>
+  <w:num w:numId="67827914">
+    <w:abstractNumId w:val="67827914"/>
   </w:num>
-  <w:num w:numId="37296458">
-    <w:abstractNumId w:val="37296458"/>
+  <w:num w:numId="67827915">
+    <w:abstractNumId w:val="67827915"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19597,51 +19597,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId832217339" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId885204726" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId757769a0b9d72c00b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/" TargetMode="External"/><Relationship Id="rId866069a0b9d72c076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/categorization" TargetMode="External"/><Relationship Id="rId331769a0b9d72c8ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/photos" TargetMode="External"/><Relationship Id="rId805769a0b9d72f42a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId354169a0b9d72f49f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId213669a0b9d72f4ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId639969a0b9d72f5b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-21-0061-R" TargetMode="External"/><Relationship Id="rId936669a0b9d72f5e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/120024" TargetMode="External"/><Relationship Id="rId119169a0b9d72fc6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey129" TargetMode="External"/><Relationship Id="rId134869a0b9d72fdd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gwi.missouri.edu/events/presentations/2020-Symposium/6-HarperSmith.pdf" TargetMode="External"/><Relationship Id="rId504069a0b9d73019e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId105769a0b9d72c7ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId105769a0b9d72c7ac.jpg"/><Relationship Id="rId403969a0b9d72def0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId403969a0b9d72def0.jpg"/><Relationship Id="rId915069a0b9d730271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId915069a0b9d730271.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId496746914" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId667117024" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId308569bb54cd3a46b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/" TargetMode="External"/><Relationship Id="rId366369bb54cd3a4d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/categorization" TargetMode="External"/><Relationship Id="rId988869bb54cd3a753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/photos" TargetMode="External"/><Relationship Id="rId785469bb54cd3d4a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId689369bb54cd3d51a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId512369bb54cd3d55b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRBAV0/documents" TargetMode="External"/><Relationship Id="rId258869bb54cd3d610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-21-0061-R" TargetMode="External"/><Relationship Id="rId974769bb54cd3d644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/120024" TargetMode="External"/><Relationship Id="rId595269bb54cd3dcf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iey129" TargetMode="External"/><Relationship Id="rId843469bb54cd3de46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gwi.missouri.edu/events/presentations/2020-Symposium/6-HarperSmith.pdf" TargetMode="External"/><Relationship Id="rId606069bb54cd3e1d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId641869bb54cd3a610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId641869bb54cd3a610.jpg"/><Relationship Id="rId725469bb54cd3be94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId725469bb54cd3be94.jpg"/><Relationship Id="rId985869bb54cd3e2eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId985869bb54cd3e2eb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>