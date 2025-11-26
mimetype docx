--- v0 (2025-10-17)
+++ v1 (2025-11-26)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Boheman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white-fringed beetle, white-fringed weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297968f18ce9f08b5" w:history="1">
+            <w:hyperlink r:id="rId15076926ea7ec9533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId383768f18ce9f091d" w:history="1">
+            <w:hyperlink r:id="rId34446926ea7ec95ae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GRAGLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="26935112" name="name332168f18ce9f09ef" descr="12264.jpg"/>
+                  <wp:docPr id="88093765" name="name99476926ea7ec9663" descr="12264.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12264.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId978768f18ce9f09ee" cstate="print"/>
+                          <a:blip r:embed="rId32396926ea7ec9662" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId476668f18ce9f0b06" w:history="1">
+            <w:hyperlink r:id="rId28856926ea7ec9772" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2395,63 +2395,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N. leucoloma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first introduced in Florida and became widespread from Florida to New Mexico and from Virginia to Missouri (Voss &amp; Poly, 2002).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5643662" name="name972368f18ce9f227c" descr="GRAGLE_distribution_map.jpg"/>
+            <wp:docPr id="96022416" name="name37706926ea7ecae13" descr="GRAGLE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GRAGLE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId805468f18ce9f227a" cstate="print"/>
+                    <a:blip r:embed="rId53996926ea7ecae10" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4245,51 +4245,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(49-52), 797-800.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Borges PAV, Costa A, Cunha R, Gabriel R, Goncalves V, Frias Martins A, Melo I, Parente M, Raposeiro P, Rodrigues P, Serrao Santos R, Silva L, Vieira P and Vieira V (2010) Listagem dos organismos terrestres e marinhos dos Acores (A list of the terrestrial and marine biota from the Azores). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId832768f18ce9f3076" w:history="1">
+      <w:hyperlink r:id="rId86006926ea7ecbc6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.azoresbioportal.angra.uac.pt/files/publicacoes_Listagem_ml.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4623,51 +4623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dixon, WN (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus leucoloma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> factsheet. Featured Creatures. UF/IFAS. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId839668f18ce9f32f1" w:history="1">
+      <w:hyperlink r:id="rId20506926ea7ecbed4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://entnemdept.ufl.edu/creatures/field/beetles/whitefringed_beetles.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4695,51 +4695,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 6104, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId398568f18ce9f336a" w:history="1">
+      <w:hyperlink r:id="rId31986926ea7ecbf4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6104</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5277,51 +5277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hardwick S, Amstrong FK, Wratten SD &amp; Prestidge RA (1997) Genetic comparison of whitefringed weevil species and populations by RAPD-PCR.   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proc. 50th N.Z. Plant Protection Conf. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1997, 327-332. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId480468f18ce9f370d" w:history="1">
+      <w:hyperlink r:id="rId85946926ea7ecc30a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hortnet.co.nz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5913,51 +5913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 607–612. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId599668f18ce9f3b6b" w:history="1">
+      <w:hyperlink r:id="rId94846926ea7ecc713" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/s0007485300040037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7060,51 +7060,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus leucoloma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId441168f18cea00087" w:history="1">
+      <w:hyperlink r:id="rId54566926ea7eccf9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7191,90 +7191,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 483-487.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId719168f18cea00166" w:history="1">
+      <w:hyperlink r:id="rId37436926ea7ecd086" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01423.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71173262" name="name716468f18cea001e9" descr="eu_funding_250.png"/>
+            <wp:docPr id="7310607" name="name70136926ea7ecd41d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId175668f18cea001e7" cstate="print"/>
+                    <a:blip r:embed="rId36666926ea7ecd41b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7372,137 +7372,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97108996">
+  <w:abstractNum w:abstractNumId="70358167">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27369064">
+    <w:lvl w:ilvl="0" w:tplc="94259552">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27369064" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94259552" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27369064" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94259552" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27369064" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94259552" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27369064" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94259552" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27369064" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94259552" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27369064" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94259552" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27369064" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94259552" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27369064" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94259552" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97108995">
+  <w:abstractNum w:abstractNumId="70358166">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75515575">
+    <w:lvl w:ilvl="0" w:tplc="31708269">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8254,55 +8254,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97108995">
-    <w:abstractNumId w:val="97108995"/>
+  <w:num w:numId="70358166">
+    <w:abstractNumId w:val="70358166"/>
   </w:num>
-  <w:num w:numId="97108996">
-    <w:abstractNumId w:val="97108996"/>
+  <w:num w:numId="70358167">
+    <w:abstractNumId w:val="70358167"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19852,51 +19852,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId174335224" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId587604611" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId297968f18ce9f08b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/" TargetMode="External"/><Relationship Id="rId383768f18ce9f091d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/categorization" TargetMode="External"/><Relationship Id="rId476668f18ce9f0b06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/photos" TargetMode="External"/><Relationship Id="rId832768f18ce9f3076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azoresbioportal.angra.uac.pt/files/publicacoes_Listagem_ml.pdf" TargetMode="External"/><Relationship Id="rId839668f18ce9f32f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/field/beetles/whitefringed_beetles.htm" TargetMode="External"/><Relationship Id="rId398568f18ce9f336a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6104" TargetMode="External"/><Relationship Id="rId480468f18ce9f370d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hortnet.co.nz" TargetMode="External"/><Relationship Id="rId599668f18ce9f3b6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/s0007485300040037" TargetMode="External"/><Relationship Id="rId441168f18cea00087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId719168f18cea00166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01423.x" TargetMode="External"/><Relationship Id="rId978768f18ce9f09ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId978768f18ce9f09ee.jpg"/><Relationship Id="rId805468f18ce9f227a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId805468f18ce9f227a.jpg"/><Relationship Id="rId175668f18cea001e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId175668f18cea001e7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId620932764" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId551317057" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId15076926ea7ec9533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/" TargetMode="External"/><Relationship Id="rId34446926ea7ec95ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/categorization" TargetMode="External"/><Relationship Id="rId28856926ea7ec9772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/photos" TargetMode="External"/><Relationship Id="rId86006926ea7ecbc6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azoresbioportal.angra.uac.pt/files/publicacoes_Listagem_ml.pdf" TargetMode="External"/><Relationship Id="rId20506926ea7ecbed4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/field/beetles/whitefringed_beetles.htm" TargetMode="External"/><Relationship Id="rId31986926ea7ecbf4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6104" TargetMode="External"/><Relationship Id="rId85946926ea7ecc30a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hortnet.co.nz" TargetMode="External"/><Relationship Id="rId94846926ea7ecc713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/s0007485300040037" TargetMode="External"/><Relationship Id="rId54566926ea7eccf9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId37436926ea7ecd086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01423.x" TargetMode="External"/><Relationship Id="rId32396926ea7ec9662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32396926ea7ec9662.jpg"/><Relationship Id="rId53996926ea7ecae10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53996926ea7ecae10.jpg"/><Relationship Id="rId36666926ea7ecd41b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36666926ea7ecd41b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>