--- v1 (2025-11-26)
+++ v2 (2025-12-14)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Boheman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white-fringed beetle, white-fringed weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15076926ea7ec9533" w:history="1">
+            <w:hyperlink r:id="rId8054693ed53fd200b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34446926ea7ec95ae" w:history="1">
+            <w:hyperlink r:id="rId5330693ed53fd2074" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GRAGLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="88093765" name="name99476926ea7ec9663" descr="12264.jpg"/>
+                  <wp:docPr id="89241431" name="name2690693ed53fd29e3" descr="12264.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12264.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId32396926ea7ec9662" cstate="print"/>
+                          <a:blip r:embed="rId7405693ed53fd29e2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId28856926ea7ec9772" w:history="1">
+            <w:hyperlink r:id="rId1229693ed53fd2afc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2395,63 +2395,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N. leucoloma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first introduced in Florida and became widespread from Florida to New Mexico and from Virginia to Missouri (Voss &amp; Poly, 2002).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96022416" name="name37706926ea7ecae13" descr="GRAGLE_distribution_map.jpg"/>
+            <wp:docPr id="87213442" name="name2067693ed53fd455b" descr="GRAGLE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GRAGLE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId53996926ea7ecae10" cstate="print"/>
+                    <a:blip r:embed="rId4163693ed53fd4558" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4245,51 +4245,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(49-52), 797-800.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Borges PAV, Costa A, Cunha R, Gabriel R, Goncalves V, Frias Martins A, Melo I, Parente M, Raposeiro P, Rodrigues P, Serrao Santos R, Silva L, Vieira P and Vieira V (2010) Listagem dos organismos terrestres e marinhos dos Acores (A list of the terrestrial and marine biota from the Azores). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86006926ea7ecbc6b" w:history="1">
+      <w:hyperlink r:id="rId5664693ed53fd55e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.azoresbioportal.angra.uac.pt/files/publicacoes_Listagem_ml.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4623,51 +4623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dixon, WN (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus leucoloma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> factsheet. Featured Creatures. UF/IFAS. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20506926ea7ecbed4" w:history="1">
+      <w:hyperlink r:id="rId1080693ed53fd5846" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://entnemdept.ufl.edu/creatures/field/beetles/whitefringed_beetles.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4695,51 +4695,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 6104, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31986926ea7ecbf4b" w:history="1">
+      <w:hyperlink r:id="rId7716693ed53fd58be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6104</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5277,51 +5277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hardwick S, Amstrong FK, Wratten SD &amp; Prestidge RA (1997) Genetic comparison of whitefringed weevil species and populations by RAPD-PCR.   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proc. 50th N.Z. Plant Protection Conf. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1997, 327-332. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85946926ea7ecc30a" w:history="1">
+      <w:hyperlink r:id="rId4045693ed53fd5c61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hortnet.co.nz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5913,51 +5913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 607–612. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94846926ea7ecc713" w:history="1">
+      <w:hyperlink r:id="rId8265693ed53fd608a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/s0007485300040037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7060,51 +7060,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus leucoloma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54566926ea7eccf9b" w:history="1">
+      <w:hyperlink r:id="rId1620693ed53fd67c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7191,90 +7191,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 483-487.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37436926ea7ecd086" w:history="1">
+      <w:hyperlink r:id="rId2974693ed53fd68a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01423.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7310607" name="name70136926ea7ecd41d" descr="eu_funding_250.png"/>
+            <wp:docPr id="67720276" name="name4778693ed53fd6b27" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId36666926ea7ecd41b" cstate="print"/>
+                    <a:blip r:embed="rId9163693ed53fd6b25" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7372,137 +7372,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70358167">
+  <w:abstractNum w:abstractNumId="20583196">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94259552">
+    <w:lvl w:ilvl="0" w:tplc="94041746">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94259552" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94041746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94259552" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94041746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94259552" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94041746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94259552" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94041746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94259552" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94041746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94259552" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94041746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94259552" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94041746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94259552" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94041746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70358166">
+  <w:abstractNum w:abstractNumId="20583195">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31708269">
+    <w:lvl w:ilvl="0" w:tplc="63068270">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8254,55 +8254,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70358166">
-    <w:abstractNumId w:val="70358166"/>
+  <w:num w:numId="20583195">
+    <w:abstractNumId w:val="20583195"/>
   </w:num>
-  <w:num w:numId="70358167">
-    <w:abstractNumId w:val="70358167"/>
+  <w:num w:numId="20583196">
+    <w:abstractNumId w:val="20583196"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19852,51 +19852,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId620932764" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId551317057" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId15076926ea7ec9533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/" TargetMode="External"/><Relationship Id="rId34446926ea7ec95ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/categorization" TargetMode="External"/><Relationship Id="rId28856926ea7ec9772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/photos" TargetMode="External"/><Relationship Id="rId86006926ea7ecbc6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azoresbioportal.angra.uac.pt/files/publicacoes_Listagem_ml.pdf" TargetMode="External"/><Relationship Id="rId20506926ea7ecbed4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/field/beetles/whitefringed_beetles.htm" TargetMode="External"/><Relationship Id="rId31986926ea7ecbf4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6104" TargetMode="External"/><Relationship Id="rId85946926ea7ecc30a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hortnet.co.nz" TargetMode="External"/><Relationship Id="rId94846926ea7ecc713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/s0007485300040037" TargetMode="External"/><Relationship Id="rId54566926ea7eccf9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId37436926ea7ecd086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01423.x" TargetMode="External"/><Relationship Id="rId32396926ea7ec9662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32396926ea7ec9662.jpg"/><Relationship Id="rId53996926ea7ecae10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53996926ea7ecae10.jpg"/><Relationship Id="rId36666926ea7ecd41b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36666926ea7ecd41b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId865225719" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId786227317" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8054693ed53fd200b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/" TargetMode="External"/><Relationship Id="rId5330693ed53fd2074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/categorization" TargetMode="External"/><Relationship Id="rId1229693ed53fd2afc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/photos" TargetMode="External"/><Relationship Id="rId5664693ed53fd55e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azoresbioportal.angra.uac.pt/files/publicacoes_Listagem_ml.pdf" TargetMode="External"/><Relationship Id="rId1080693ed53fd5846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/field/beetles/whitefringed_beetles.htm" TargetMode="External"/><Relationship Id="rId7716693ed53fd58be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6104" TargetMode="External"/><Relationship Id="rId4045693ed53fd5c61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hortnet.co.nz" TargetMode="External"/><Relationship Id="rId8265693ed53fd608a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/s0007485300040037" TargetMode="External"/><Relationship Id="rId1620693ed53fd67c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2974693ed53fd68a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01423.x" TargetMode="External"/><Relationship Id="rId7405693ed53fd29e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7405693ed53fd29e2.jpg"/><Relationship Id="rId4163693ed53fd4558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4163693ed53fd4558.jpg"/><Relationship Id="rId9163693ed53fd6b25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9163693ed53fd6b25.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>