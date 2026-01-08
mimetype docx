--- v2 (2025-12-14)
+++ v3 (2026-01-08)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Boheman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white-fringed beetle, white-fringed weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8054693ed53fd200b" w:history="1">
+            <w:hyperlink r:id="rId5182695fd64ae5def" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5330693ed53fd2074" w:history="1">
+            <w:hyperlink r:id="rId2958695fd64ae5e76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GRAGLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="89241431" name="name2690693ed53fd29e3" descr="12264.jpg"/>
+                  <wp:docPr id="32709445" name="name1289695fd64ae6638" descr="12264.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12264.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7405693ed53fd29e2" cstate="print"/>
+                          <a:blip r:embed="rId5678695fd64ae6636" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1229693ed53fd2afc" w:history="1">
+            <w:hyperlink r:id="rId8382695fd64ae67aa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2395,63 +2395,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N. leucoloma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first introduced in Florida and became widespread from Florida to New Mexico and from Virginia to Missouri (Voss &amp; Poly, 2002).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87213442" name="name2067693ed53fd455b" descr="GRAGLE_distribution_map.jpg"/>
+            <wp:docPr id="21580774" name="name9069695fd64ae8278" descr="GRAGLE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GRAGLE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4163693ed53fd4558" cstate="print"/>
+                    <a:blip r:embed="rId8483695fd64ae8275" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4245,51 +4245,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(49-52), 797-800.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Borges PAV, Costa A, Cunha R, Gabriel R, Goncalves V, Frias Martins A, Melo I, Parente M, Raposeiro P, Rodrigues P, Serrao Santos R, Silva L, Vieira P and Vieira V (2010) Listagem dos organismos terrestres e marinhos dos Acores (A list of the terrestrial and marine biota from the Azores). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5664693ed53fd55e0" w:history="1">
+      <w:hyperlink r:id="rId5617695fd64ae92cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.azoresbioportal.angra.uac.pt/files/publicacoes_Listagem_ml.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4623,51 +4623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dixon, WN (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus leucoloma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> factsheet. Featured Creatures. UF/IFAS. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1080693ed53fd5846" w:history="1">
+      <w:hyperlink r:id="rId5558695fd64ae952f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://entnemdept.ufl.edu/creatures/field/beetles/whitefringed_beetles.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4695,51 +4695,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 6104, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7716693ed53fd58be" w:history="1">
+      <w:hyperlink r:id="rId4116695fd64ae95bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6104</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5277,51 +5277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hardwick S, Amstrong FK, Wratten SD &amp; Prestidge RA (1997) Genetic comparison of whitefringed weevil species and populations by RAPD-PCR.   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proc. 50th N.Z. Plant Protection Conf. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1997, 327-332. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4045693ed53fd5c61" w:history="1">
+      <w:hyperlink r:id="rId6706695fd64ae9981" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hortnet.co.nz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5913,51 +5913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 607–612. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8265693ed53fd608a" w:history="1">
+      <w:hyperlink r:id="rId3341695fd64ae9d7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/s0007485300040037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7038,73 +7038,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus leucoloma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1620693ed53fd67c6" w:history="1">
+      <w:hyperlink r:id="rId4726695fd64aea4e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7191,90 +7191,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 483-487.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2974693ed53fd68a1" w:history="1">
+      <w:hyperlink r:id="rId7224695fd64aea5cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01423.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="67720276" name="name4778693ed53fd6b27" descr="eu_funding_250.png"/>
+            <wp:docPr id="54479141" name="name2634695fd64aea672" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9163693ed53fd6b25" cstate="print"/>
+                    <a:blip r:embed="rId5619695fd64aea670" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7372,137 +7372,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20583196">
+  <w:abstractNum w:abstractNumId="50316711">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94041746">
+    <w:lvl w:ilvl="0" w:tplc="39049591">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94041746" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39049591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94041746" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39049591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94041746" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39049591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94041746" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39049591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94041746" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39049591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94041746" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39049591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94041746" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39049591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94041746" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39049591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20583195">
+  <w:abstractNum w:abstractNumId="50316710">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63068270">
+    <w:lvl w:ilvl="0" w:tplc="32947359">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8254,55 +8254,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20583195">
-    <w:abstractNumId w:val="20583195"/>
+  <w:num w:numId="50316710">
+    <w:abstractNumId w:val="50316710"/>
   </w:num>
-  <w:num w:numId="20583196">
-    <w:abstractNumId w:val="20583196"/>
+  <w:num w:numId="50316711">
+    <w:abstractNumId w:val="50316711"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19852,51 +19852,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId865225719" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId786227317" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8054693ed53fd200b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/" TargetMode="External"/><Relationship Id="rId5330693ed53fd2074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/categorization" TargetMode="External"/><Relationship Id="rId1229693ed53fd2afc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/photos" TargetMode="External"/><Relationship Id="rId5664693ed53fd55e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azoresbioportal.angra.uac.pt/files/publicacoes_Listagem_ml.pdf" TargetMode="External"/><Relationship Id="rId1080693ed53fd5846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/field/beetles/whitefringed_beetles.htm" TargetMode="External"/><Relationship Id="rId7716693ed53fd58be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6104" TargetMode="External"/><Relationship Id="rId4045693ed53fd5c61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hortnet.co.nz" TargetMode="External"/><Relationship Id="rId8265693ed53fd608a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/s0007485300040037" TargetMode="External"/><Relationship Id="rId1620693ed53fd67c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2974693ed53fd68a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01423.x" TargetMode="External"/><Relationship Id="rId7405693ed53fd29e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7405693ed53fd29e2.jpg"/><Relationship Id="rId4163693ed53fd4558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4163693ed53fd4558.jpg"/><Relationship Id="rId9163693ed53fd6b25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9163693ed53fd6b25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId888166257" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId915718212" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5182695fd64ae5def" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/" TargetMode="External"/><Relationship Id="rId2958695fd64ae5e76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/categorization" TargetMode="External"/><Relationship Id="rId8382695fd64ae67aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/photos" TargetMode="External"/><Relationship Id="rId5617695fd64ae92cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azoresbioportal.angra.uac.pt/files/publicacoes_Listagem_ml.pdf" TargetMode="External"/><Relationship Id="rId5558695fd64ae952f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/field/beetles/whitefringed_beetles.htm" TargetMode="External"/><Relationship Id="rId4116695fd64ae95bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6104" TargetMode="External"/><Relationship Id="rId6706695fd64ae9981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hortnet.co.nz" TargetMode="External"/><Relationship Id="rId3341695fd64ae9d7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/s0007485300040037" TargetMode="External"/><Relationship Id="rId4726695fd64aea4e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7224695fd64aea5cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01423.x" TargetMode="External"/><Relationship Id="rId5678695fd64ae6636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5678695fd64ae6636.jpg"/><Relationship Id="rId8483695fd64ae8275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8483695fd64ae8275.jpg"/><Relationship Id="rId5619695fd64aea670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5619695fd64aea670.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>