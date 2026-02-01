--- v3 (2026-01-08)
+++ v4 (2026-02-01)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Boheman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white-fringed beetle, white-fringed weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5182695fd64ae5def" w:history="1">
+            <w:hyperlink r:id="rId5372697fe7a324844" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2958695fd64ae5e76" w:history="1">
+            <w:hyperlink r:id="rId2250697fe7a3248ac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GRAGLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32709445" name="name1289695fd64ae6638" descr="12264.jpg"/>
+                  <wp:docPr id="10772477" name="name4391697fe7a324d30" descr="12264.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12264.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5678695fd64ae6636" cstate="print"/>
+                          <a:blip r:embed="rId3658697fe7a324d2c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8382695fd64ae67aa" w:history="1">
+            <w:hyperlink r:id="rId8803697fe7a324e7d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2395,63 +2395,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N. leucoloma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first introduced in Florida and became widespread from Florida to New Mexico and from Virginia to Missouri (Voss &amp; Poly, 2002).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21580774" name="name9069695fd64ae8278" descr="GRAGLE_distribution_map.jpg"/>
+            <wp:docPr id="63410793" name="name4806697fe7a326949" descr="GRAGLE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GRAGLE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8483695fd64ae8275" cstate="print"/>
+                    <a:blip r:embed="rId8929697fe7a326944" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4245,51 +4245,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(49-52), 797-800.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Borges PAV, Costa A, Cunha R, Gabriel R, Goncalves V, Frias Martins A, Melo I, Parente M, Raposeiro P, Rodrigues P, Serrao Santos R, Silva L, Vieira P and Vieira V (2010) Listagem dos organismos terrestres e marinhos dos Acores (A list of the terrestrial and marine biota from the Azores). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5617695fd64ae92cd" w:history="1">
+      <w:hyperlink r:id="rId3490697fe7a3279e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.azoresbioportal.angra.uac.pt/files/publicacoes_Listagem_ml.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4623,51 +4623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dixon, WN (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus leucoloma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> factsheet. Featured Creatures. UF/IFAS. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5558695fd64ae952f" w:history="1">
+      <w:hyperlink r:id="rId4878697fe7a327c42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://entnemdept.ufl.edu/creatures/field/beetles/whitefringed_beetles.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4695,51 +4695,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 6104, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4116695fd64ae95bc" w:history="1">
+      <w:hyperlink r:id="rId7460697fe7a327cba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6104</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5277,51 +5277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hardwick S, Amstrong FK, Wratten SD &amp; Prestidge RA (1997) Genetic comparison of whitefringed weevil species and populations by RAPD-PCR.   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proc. 50th N.Z. Plant Protection Conf. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1997, 327-332. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6706695fd64ae9981" w:history="1">
+      <w:hyperlink r:id="rId2448697fe7a32807b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hortnet.co.nz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5913,51 +5913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 607–612. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3341695fd64ae9d7b" w:history="1">
+      <w:hyperlink r:id="rId9840697fe7a328474" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/s0007485300040037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7060,51 +7060,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus leucoloma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4726695fd64aea4e6" w:history="1">
+      <w:hyperlink r:id="rId8229697fe7a328b9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7191,90 +7191,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 483-487.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7224695fd64aea5cf" w:history="1">
+      <w:hyperlink r:id="rId4795697fe7a328c76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01423.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54479141" name="name2634695fd64aea672" descr="eu_funding_250.png"/>
+            <wp:docPr id="91363839" name="name4296697fe7a328d33" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5619695fd64aea670" cstate="print"/>
+                    <a:blip r:embed="rId6460697fe7a328d31" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7372,137 +7372,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50316711">
+  <w:abstractNum w:abstractNumId="73669021">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39049591">
+    <w:lvl w:ilvl="0" w:tplc="67765569">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39049591" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67765569" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39049591" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67765569" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39049591" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67765569" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39049591" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67765569" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39049591" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67765569" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39049591" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67765569" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39049591" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67765569" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39049591" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67765569" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50316710">
+  <w:abstractNum w:abstractNumId="73669020">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32947359">
+    <w:lvl w:ilvl="0" w:tplc="39346741">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8254,55 +8254,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50316710">
-    <w:abstractNumId w:val="50316710"/>
+  <w:num w:numId="73669020">
+    <w:abstractNumId w:val="73669020"/>
   </w:num>
-  <w:num w:numId="50316711">
-    <w:abstractNumId w:val="50316711"/>
+  <w:num w:numId="73669021">
+    <w:abstractNumId w:val="73669021"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19852,51 +19852,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId888166257" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId915718212" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5182695fd64ae5def" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/" TargetMode="External"/><Relationship Id="rId2958695fd64ae5e76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/categorization" TargetMode="External"/><Relationship Id="rId8382695fd64ae67aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/photos" TargetMode="External"/><Relationship Id="rId5617695fd64ae92cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azoresbioportal.angra.uac.pt/files/publicacoes_Listagem_ml.pdf" TargetMode="External"/><Relationship Id="rId5558695fd64ae952f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/field/beetles/whitefringed_beetles.htm" TargetMode="External"/><Relationship Id="rId4116695fd64ae95bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6104" TargetMode="External"/><Relationship Id="rId6706695fd64ae9981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hortnet.co.nz" TargetMode="External"/><Relationship Id="rId3341695fd64ae9d7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/s0007485300040037" TargetMode="External"/><Relationship Id="rId4726695fd64aea4e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7224695fd64aea5cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01423.x" TargetMode="External"/><Relationship Id="rId5678695fd64ae6636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5678695fd64ae6636.jpg"/><Relationship Id="rId8483695fd64ae8275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8483695fd64ae8275.jpg"/><Relationship Id="rId5619695fd64aea670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5619695fd64aea670.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId824143471" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId441657626" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5372697fe7a324844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/" TargetMode="External"/><Relationship Id="rId2250697fe7a3248ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/categorization" TargetMode="External"/><Relationship Id="rId8803697fe7a324e7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/photos" TargetMode="External"/><Relationship Id="rId3490697fe7a3279e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azoresbioportal.angra.uac.pt/files/publicacoes_Listagem_ml.pdf" TargetMode="External"/><Relationship Id="rId4878697fe7a327c42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/field/beetles/whitefringed_beetles.htm" TargetMode="External"/><Relationship Id="rId7460697fe7a327cba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6104" TargetMode="External"/><Relationship Id="rId2448697fe7a32807b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hortnet.co.nz" TargetMode="External"/><Relationship Id="rId9840697fe7a328474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/s0007485300040037" TargetMode="External"/><Relationship Id="rId8229697fe7a328b9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4795697fe7a328c76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01423.x" TargetMode="External"/><Relationship Id="rId3658697fe7a324d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3658697fe7a324d2c.jpg"/><Relationship Id="rId8929697fe7a326944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8929697fe7a326944.jpg"/><Relationship Id="rId6460697fe7a328d31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6460697fe7a328d31.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>