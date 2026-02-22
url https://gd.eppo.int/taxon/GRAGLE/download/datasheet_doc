--- v4 (2026-02-01)
+++ v5 (2026-02-22)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Boheman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white-fringed beetle, white-fringed weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5372697fe7a324844" w:history="1">
+            <w:hyperlink r:id="rId2427699a8ae62ebcd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2250697fe7a3248ac" w:history="1">
+            <w:hyperlink r:id="rId7700699a8ae62ec35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GRAGLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="10772477" name="name4391697fe7a324d30" descr="12264.jpg"/>
+                  <wp:docPr id="3120523" name="name8578699a8ae62f0f4" descr="12264.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12264.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3658697fe7a324d2c" cstate="print"/>
+                          <a:blip r:embed="rId9810699a8ae62f0f2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8803697fe7a324e7d" w:history="1">
+            <w:hyperlink r:id="rId2067699a8ae62f1f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2395,63 +2395,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N. leucoloma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first introduced in Florida and became widespread from Florida to New Mexico and from Virginia to Missouri (Voss &amp; Poly, 2002).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63410793" name="name4806697fe7a326949" descr="GRAGLE_distribution_map.jpg"/>
+            <wp:docPr id="76433779" name="name1434699a8ae6309e5" descr="GRAGLE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GRAGLE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8929697fe7a326944" cstate="print"/>
+                    <a:blip r:embed="rId8903699a8ae6309e1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4245,51 +4245,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(49-52), 797-800.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Borges PAV, Costa A, Cunha R, Gabriel R, Goncalves V, Frias Martins A, Melo I, Parente M, Raposeiro P, Rodrigues P, Serrao Santos R, Silva L, Vieira P and Vieira V (2010) Listagem dos organismos terrestres e marinhos dos Acores (A list of the terrestrial and marine biota from the Azores). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3490697fe7a3279e1" w:history="1">
+      <w:hyperlink r:id="rId3993699a8ae631a04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.azoresbioportal.angra.uac.pt/files/publicacoes_Listagem_ml.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4623,51 +4623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dixon, WN (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus leucoloma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> factsheet. Featured Creatures. UF/IFAS. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4878697fe7a327c42" w:history="1">
+      <w:hyperlink r:id="rId7935699a8ae631c66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://entnemdept.ufl.edu/creatures/field/beetles/whitefringed_beetles.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4695,51 +4695,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 6104, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7460697fe7a327cba" w:history="1">
+      <w:hyperlink r:id="rId1836699a8ae631d09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6104</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5277,51 +5277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hardwick S, Amstrong FK, Wratten SD &amp; Prestidge RA (1997) Genetic comparison of whitefringed weevil species and populations by RAPD-PCR.   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proc. 50th N.Z. Plant Protection Conf. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1997, 327-332. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2448697fe7a32807b" w:history="1">
+      <w:hyperlink r:id="rId8227699a8ae6320a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hortnet.co.nz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5913,51 +5913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 607–612. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9840697fe7a328474" w:history="1">
+      <w:hyperlink r:id="rId8309699a8ae632492" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/s0007485300040037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7060,51 +7060,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus leucoloma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8229697fe7a328b9e" w:history="1">
+      <w:hyperlink r:id="rId4277699a8ae632bbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7191,90 +7191,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 483-487.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4795697fe7a328c76" w:history="1">
+      <w:hyperlink r:id="rId3171699a8ae632ca2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01423.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91363839" name="name4296697fe7a328d33" descr="eu_funding_250.png"/>
+            <wp:docPr id="24418229" name="name4914699a8ae632e2b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6460697fe7a328d31" cstate="print"/>
+                    <a:blip r:embed="rId5305699a8ae632e29" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7372,137 +7372,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73669021">
+  <w:abstractNum w:abstractNumId="86806504">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67765569">
+    <w:lvl w:ilvl="0" w:tplc="45227629">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67765569" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45227629" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67765569" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45227629" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67765569" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45227629" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67765569" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45227629" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67765569" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45227629" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67765569" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45227629" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67765569" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45227629" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67765569" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45227629" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73669020">
+  <w:abstractNum w:abstractNumId="86806503">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39346741">
+    <w:lvl w:ilvl="0" w:tplc="17196053">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8254,55 +8254,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73669020">
-    <w:abstractNumId w:val="73669020"/>
+  <w:num w:numId="86806503">
+    <w:abstractNumId w:val="86806503"/>
   </w:num>
-  <w:num w:numId="73669021">
-    <w:abstractNumId w:val="73669021"/>
+  <w:num w:numId="86806504">
+    <w:abstractNumId w:val="86806504"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19852,51 +19852,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId824143471" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId441657626" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5372697fe7a324844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/" TargetMode="External"/><Relationship Id="rId2250697fe7a3248ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/categorization" TargetMode="External"/><Relationship Id="rId8803697fe7a324e7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/photos" TargetMode="External"/><Relationship Id="rId3490697fe7a3279e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azoresbioportal.angra.uac.pt/files/publicacoes_Listagem_ml.pdf" TargetMode="External"/><Relationship Id="rId4878697fe7a327c42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/field/beetles/whitefringed_beetles.htm" TargetMode="External"/><Relationship Id="rId7460697fe7a327cba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6104" TargetMode="External"/><Relationship Id="rId2448697fe7a32807b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hortnet.co.nz" TargetMode="External"/><Relationship Id="rId9840697fe7a328474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/s0007485300040037" TargetMode="External"/><Relationship Id="rId8229697fe7a328b9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4795697fe7a328c76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01423.x" TargetMode="External"/><Relationship Id="rId3658697fe7a324d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3658697fe7a324d2c.jpg"/><Relationship Id="rId8929697fe7a326944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8929697fe7a326944.jpg"/><Relationship Id="rId6460697fe7a328d31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6460697fe7a328d31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId433151189" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId108228313" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2427699a8ae62ebcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/" TargetMode="External"/><Relationship Id="rId7700699a8ae62ec35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/categorization" TargetMode="External"/><Relationship Id="rId2067699a8ae62f1f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/photos" TargetMode="External"/><Relationship Id="rId3993699a8ae631a04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azoresbioportal.angra.uac.pt/files/publicacoes_Listagem_ml.pdf" TargetMode="External"/><Relationship Id="rId7935699a8ae631c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/field/beetles/whitefringed_beetles.htm" TargetMode="External"/><Relationship Id="rId1836699a8ae631d09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6104" TargetMode="External"/><Relationship Id="rId8227699a8ae6320a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hortnet.co.nz" TargetMode="External"/><Relationship Id="rId8309699a8ae632492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/s0007485300040037" TargetMode="External"/><Relationship Id="rId4277699a8ae632bbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3171699a8ae632ca2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01423.x" TargetMode="External"/><Relationship Id="rId9810699a8ae62f0f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9810699a8ae62f0f2.jpg"/><Relationship Id="rId8903699a8ae6309e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8903699a8ae6309e1.jpg"/><Relationship Id="rId5305699a8ae632e29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5305699a8ae632e29.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>