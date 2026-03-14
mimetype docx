--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Boheman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white-fringed beetle, white-fringed weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2427699a8ae62ebcd" w:history="1">
+            <w:hyperlink r:id="rId961969b509622f313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7700699a8ae62ec35" w:history="1">
+            <w:hyperlink r:id="rId637069b509622f37c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GRAGLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="3120523" name="name8578699a8ae62f0f4" descr="12264.jpg"/>
+                  <wp:docPr id="54098908" name="name511869b509622fa67" descr="12264.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12264.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9810699a8ae62f0f2" cstate="print"/>
+                          <a:blip r:embed="rId289469b509622fa65" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2067699a8ae62f1f2" w:history="1">
+            <w:hyperlink r:id="rId913269b509622fbc3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2395,63 +2395,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N. leucoloma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first introduced in Florida and became widespread from Florida to New Mexico and from Virginia to Missouri (Voss &amp; Poly, 2002).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76433779" name="name1434699a8ae6309e5" descr="GRAGLE_distribution_map.jpg"/>
+            <wp:docPr id="10128091" name="name425569b5096231546" descr="GRAGLE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GRAGLE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8903699a8ae6309e1" cstate="print"/>
+                    <a:blip r:embed="rId599469b5096231542" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4245,51 +4245,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(49-52), 797-800.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Borges PAV, Costa A, Cunha R, Gabriel R, Goncalves V, Frias Martins A, Melo I, Parente M, Raposeiro P, Rodrigues P, Serrao Santos R, Silva L, Vieira P and Vieira V (2010) Listagem dos organismos terrestres e marinhos dos Acores (A list of the terrestrial and marine biota from the Azores). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3993699a8ae631a04" w:history="1">
+      <w:hyperlink r:id="rId177869b5096232452" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.azoresbioportal.angra.uac.pt/files/publicacoes_Listagem_ml.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4623,51 +4623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dixon, WN (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus leucoloma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> factsheet. Featured Creatures. UF/IFAS. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7935699a8ae631c66" w:history="1">
+      <w:hyperlink r:id="rId710469b50962326ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://entnemdept.ufl.edu/creatures/field/beetles/whitefringed_beetles.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4695,51 +4695,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 6104, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1836699a8ae631d09" w:history="1">
+      <w:hyperlink r:id="rId687969b5096232766" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6104</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5277,51 +5277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hardwick S, Amstrong FK, Wratten SD &amp; Prestidge RA (1997) Genetic comparison of whitefringed weevil species and populations by RAPD-PCR.   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proc. 50th N.Z. Plant Protection Conf. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1997, 327-332. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8227699a8ae6320a8" w:history="1">
+      <w:hyperlink r:id="rId368969b5096232b2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hortnet.co.nz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5913,51 +5913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 607–612. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8309699a8ae632492" w:history="1">
+      <w:hyperlink r:id="rId556169b5096232f6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/s0007485300040037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7060,51 +7060,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus leucoloma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4277699a8ae632bbb" w:history="1">
+      <w:hyperlink r:id="rId344369b50962336c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7191,90 +7191,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 483-487.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3171699a8ae632ca2" w:history="1">
+      <w:hyperlink r:id="rId758169b509623379d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01423.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24418229" name="name4914699a8ae632e2b" descr="eu_funding_250.png"/>
+            <wp:docPr id="23122570" name="name135169b5096233814" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5305699a8ae632e29" cstate="print"/>
+                    <a:blip r:embed="rId240169b5096233813" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7372,137 +7372,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86806504">
+  <w:abstractNum w:abstractNumId="13271302">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45227629">
+    <w:lvl w:ilvl="0" w:tplc="18638442">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45227629" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18638442" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45227629" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18638442" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45227629" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18638442" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45227629" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18638442" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45227629" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18638442" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45227629" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18638442" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45227629" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18638442" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45227629" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18638442" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86806503">
+  <w:abstractNum w:abstractNumId="13271301">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17196053">
+    <w:lvl w:ilvl="0" w:tplc="44047090">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8254,55 +8254,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86806503">
-    <w:abstractNumId w:val="86806503"/>
+  <w:num w:numId="13271301">
+    <w:abstractNumId w:val="13271301"/>
   </w:num>
-  <w:num w:numId="86806504">
-    <w:abstractNumId w:val="86806504"/>
+  <w:num w:numId="13271302">
+    <w:abstractNumId w:val="13271302"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19852,51 +19852,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId433151189" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId108228313" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2427699a8ae62ebcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/" TargetMode="External"/><Relationship Id="rId7700699a8ae62ec35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/categorization" TargetMode="External"/><Relationship Id="rId2067699a8ae62f1f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/photos" TargetMode="External"/><Relationship Id="rId3993699a8ae631a04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azoresbioportal.angra.uac.pt/files/publicacoes_Listagem_ml.pdf" TargetMode="External"/><Relationship Id="rId7935699a8ae631c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/field/beetles/whitefringed_beetles.htm" TargetMode="External"/><Relationship Id="rId1836699a8ae631d09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6104" TargetMode="External"/><Relationship Id="rId8227699a8ae6320a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hortnet.co.nz" TargetMode="External"/><Relationship Id="rId8309699a8ae632492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/s0007485300040037" TargetMode="External"/><Relationship Id="rId4277699a8ae632bbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3171699a8ae632ca2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01423.x" TargetMode="External"/><Relationship Id="rId9810699a8ae62f0f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9810699a8ae62f0f2.jpg"/><Relationship Id="rId8903699a8ae6309e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8903699a8ae6309e1.jpg"/><Relationship Id="rId5305699a8ae632e29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5305699a8ae632e29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId195563196" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId539779227" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId961969b509622f313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/" TargetMode="External"/><Relationship Id="rId637069b509622f37c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/categorization" TargetMode="External"/><Relationship Id="rId913269b509622fbc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GRAGLE/photos" TargetMode="External"/><Relationship Id="rId177869b5096232452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azoresbioportal.angra.uac.pt/files/publicacoes_Listagem_ml.pdf" TargetMode="External"/><Relationship Id="rId710469b50962326ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://entnemdept.ufl.edu/creatures/field/beetles/whitefringed_beetles.htm" TargetMode="External"/><Relationship Id="rId687969b5096232766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6104" TargetMode="External"/><Relationship Id="rId368969b5096232b2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hortnet.co.nz" TargetMode="External"/><Relationship Id="rId556169b5096232f6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/s0007485300040037" TargetMode="External"/><Relationship Id="rId344369b50962336c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId758169b509623379d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01423.x" TargetMode="External"/><Relationship Id="rId289469b509622fa65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId289469b509622fa65.jpg"/><Relationship Id="rId599469b5096231542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId599469b5096231542.jpg"/><Relationship Id="rId240169b5096233813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId240169b5096233813.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>