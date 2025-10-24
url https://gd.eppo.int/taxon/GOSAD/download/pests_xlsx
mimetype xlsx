--- v0 (2025-10-01)
+++ v1 (2025-10-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GOSAD" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>COSPFL</t>
   </si>
   <si>
     <t>Anomis flava (as Gossypium)</t>
   </si>
   <si>
     <t>ANTHVE</t>
   </si>
   <si>
@@ -298,50 +298,59 @@
   </si>
   <si>
     <t>ARGPLE</t>
   </si>
   <si>
     <t>Thaumatotibia leucotreta (as Gossypium)</t>
   </si>
   <si>
     <t>* Reed W (1974) The false codling moth, Cryptophlebia leucotreta Mayr. (Lepidoptera: Olethreutidae) as a pest of cotton in Uganda. Cotton Growing Review 51: 213-225.
 * Hamburger M, Zarabi L, Weiss M, Argaman Q, Kuslitzky W &amp; Klein K (2001) False codling moth (Cryptophlebia leucotreta) in Israel. Phytoparasitica, 29(1): 84-84.</t>
   </si>
   <si>
     <t>TYLRCL</t>
   </si>
   <si>
     <t>Tylenchorhynchus claytoni (as Gossypium)</t>
   </si>
   <si>
     <t>ZEUZCO</t>
   </si>
   <si>
     <t>Zeuzera coffeae (as Gossypium)</t>
   </si>
   <si>
     <t>Major host</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula (as Gossypium)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Esquivel I, Bryant T, Malone S, Jacobson AL, Graham SH, Gimenez-Cremonez PS, Roberts P, Paula-Moreas S, Reisig D, Huseth A, Greene J (2025) First report of two-spot cotton leafhopper (Amrasca biguttula Ishida)(Hemiptera: Cicadellidae) on commercial cotton in the southeastern United States. Insects 16(9), 966. https://doi.org/10.3390/insects16090966 </t>
   </si>
   <si>
     <t>XANTMA</t>
   </si>
   <si>
     <t>Xanthomonas citri pv. malvacearum (as Gossypium)</t>
   </si>
   <si>
     <t>* Delannoy E, Lyon BR, Marmey P, Jalloul A, Daniel JF, Montillet JL, Essenberg M, Nicole M (2005) Resistance of cotton towards Xanthomonas campestris pv. malvacearum. Annu. Rev. Phytopathol 43, 63-82.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>ANTHGR</t>
   </si>
   <si>
     <t>Anthonomus grandis</t>
   </si>
   <si>
     <t>* Sánchez-Reyes UJ, Jones RW, Raszick TJ, Ruiz-Arce R, Sword GA (2022) Potential distribution of wild host plants of the boll weevil (Anthonomus grandis) in the United States and Mexico. Insects 13(4), 337. https://doi.org/10.3390/insects13040337.</t>
   </si>
   <si>
     <t>SACAPY</t>
   </si>
@@ -672,62 +681,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D42"/>
+  <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="414.042" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="417.47" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -1196,73 +1205,87 @@
       </c>
       <c r="B39" t="s">
         <v>91</v>
       </c>
       <c r="C39" t="s">
         <v>92</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>93</v>
       </c>
       <c r="B40" t="s">
         <v>94</v>
       </c>
       <c r="C40" t="s">
         <v>95</v>
       </c>
       <c r="D40" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>93</v>
+      </c>
+      <c r="B41" t="s">
         <v>97</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>98</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B42" t="s">
         <v>101</v>
       </c>
       <c r="C42" t="s">
         <v>102</v>
       </c>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>100</v>
+      </c>
+      <c r="B43" t="s">
+        <v>104</v>
+      </c>
+      <c r="C43" t="s">
+        <v>105</v>
+      </c>
+      <c r="D43"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>