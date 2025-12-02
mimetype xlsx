--- v1 (2025-10-24)
+++ v2 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GOSAD" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>COSPFL</t>
   </si>
   <si>
     <t>Anomis flava (as Gossypium)</t>
   </si>
   <si>
     <t>ANTHVE</t>
   </si>
   <si>
@@ -149,56 +149,50 @@
     <t>Dysdercus cingulatus (as Gossypium)</t>
   </si>
   <si>
     <t>DYSDFA</t>
   </si>
   <si>
     <t>Dysdercus fasciatus (as Gossypium)</t>
   </si>
   <si>
     <t>DYSDPE</t>
   </si>
   <si>
     <t>Dysdercus peruvianus (as Gossypium)</t>
   </si>
   <si>
     <t>EARIIN</t>
   </si>
   <si>
     <t>Earias insulana (as Gossypium)</t>
   </si>
   <si>
     <t>EARIVI</t>
   </si>
   <si>
     <t>Earias vittella (as Gossypium)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Eutetranychus orientalis (as Gossypium)</t>
   </si>
   <si>
     <t>EUTIGO</t>
   </si>
   <si>
     <t>Eutinobothrus gossypii (as Gossypium)</t>
   </si>
   <si>
     <t>GARGTO</t>
   </si>
   <si>
     <t>Gargaphia torresi (as Gossypium)</t>
   </si>
   <si>
     <t>* Pinheiro RA, Cabral MJ, Aguilar VT, Freitas LS, Santos SV, Giordani SC, Souza PG, Santos JB, Zanuncio JC, Soares MA (2025) Phaseolus lunatus L., the new host of Gargaphia torresi Lima, 1922 (Hemiptera: Tingidae) in Brazil. Brazilian Journal of Biology 85, e289664. https://doi.org/10.1590/1519-6984.289664</t>
   </si>
   <si>
     <t>HORCNO</t>
   </si>
   <si>
     <t>Horcias nobilellus (as Gossypium)</t>
   </si>
   <si>
     <t>TSV000</t>
   </si>
@@ -681,51 +675,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D43"/>
+  <dimension ref="A1:D42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="417.47" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -955,105 +949,105 @@
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20" t="s">
         <v>46</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21" t="s">
         <v>48</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C22" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>51</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
         <v>52</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C24" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D24" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C25" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D25" t="s">
         <v>59</v>
       </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
         <v>60</v>
       </c>
       <c r="C26" t="s">
         <v>61</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>4</v>
       </c>
       <c r="B27" t="s">
         <v>62</v>
       </c>
       <c r="C27" t="s">
         <v>63</v>
       </c>
       <c r="D27"/>
     </row>
@@ -1069,223 +1063,211 @@
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>4</v>
       </c>
       <c r="B29" t="s">
         <v>66</v>
       </c>
       <c r="C29" t="s">
         <v>67</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>4</v>
       </c>
       <c r="B30" t="s">
         <v>68</v>
       </c>
       <c r="C30" t="s">
         <v>69</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>4</v>
       </c>
       <c r="B31" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C31" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D31" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>4</v>
       </c>
       <c r="B32" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C32" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D32" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>4</v>
       </c>
       <c r="B33" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C33" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="D33" t="s">
         <v>78</v>
       </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>4</v>
       </c>
       <c r="B34" t="s">
         <v>79</v>
       </c>
       <c r="C34" t="s">
         <v>80</v>
       </c>
-      <c r="D34"/>
+      <c r="D34" t="s">
+        <v>81</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>4</v>
       </c>
       <c r="B35" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C35" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="D35" t="s">
         <v>83</v>
       </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>4</v>
       </c>
       <c r="B36" t="s">
         <v>84</v>
       </c>
       <c r="C36" t="s">
         <v>85</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>86</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>4</v>
       </c>
       <c r="B37" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C37" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D37" t="s">
         <v>88</v>
       </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>4</v>
       </c>
       <c r="B38" t="s">
         <v>89</v>
       </c>
       <c r="C38" t="s">
         <v>90</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>4</v>
+        <v>91</v>
       </c>
       <c r="B39" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C39" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="D39"/>
+        <v>93</v>
+      </c>
+      <c r="D39" t="s">
+        <v>94</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B40" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C40" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D40" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B41" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C41" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D41" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B42" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C42" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="D42" t="s">
         <v>103</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D43"/>
+      <c r="D42"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>