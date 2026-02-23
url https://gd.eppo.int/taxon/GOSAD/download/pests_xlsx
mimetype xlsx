--- v2 (2025-12-02)
+++ v3 (2026-02-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GOSAD" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>COSPFL</t>
   </si>
   <si>
     <t>Anomis flava (as Gossypium)</t>
   </si>
   <si>
     <t>ANTHVE</t>
   </si>
   <si>
@@ -212,50 +212,60 @@
     <t>* Kouadio H, Kouakou M, Bini KK, Koffi KJ, Ossey CL, Kone PW, Adepo-Gourene AB, Ochou OG (2024) Annual and geographical variations in the specific composition of jassids and their damage on cotton in Ivory Coast. Scientific Reports 14(1), 2094. https://doi.org/10.1038/s41598-024-52127-y</t>
   </si>
   <si>
     <t>OXYAHY</t>
   </si>
   <si>
     <t>Oxycarenus hyalinipennis (as Gossypium)</t>
   </si>
   <si>
     <t>PECTGO</t>
   </si>
   <si>
     <t>Pectinophora gossypiella (as Gossypium)</t>
   </si>
   <si>
     <t>PLAYSC</t>
   </si>
   <si>
     <t>Pectinophora scutigera (as Gossypium)</t>
   </si>
   <si>
     <t>PLAYSU</t>
   </si>
   <si>
     <t>Platyedra subcinerea (as Gossypium)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Gossypium)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RICASC</t>
   </si>
   <si>
     <t>Ricania speculum (as Gossypium)</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis (as Gossypium)</t>
   </si>
   <si>
     <t>* Faske TR, Kandel Y, Allen TW, Grabau ZJ, Hu J, Kemerait RC, Lawrence GW, Lawrence KS, Mehl HL, Overstreet C, Thiessen LD (2022) Meta-Analysis of the Field Efficacy of Seed-and Soil-Applied Nematicides on Meloidogyne incognita and Rotylenchulus reniformis Across the US Cotton Belt. Plant Disease 106(8), 2228-2238.</t>
   </si>
   <si>
     <t>SCITAU</t>
   </si>
   <si>
     <t>Scirtothrips aurantii (as Gossypium)</t>
   </si>
   <si>
     <t>* Mound LA, Palmer JM (1981) Identification, distribution and host-plants of the pest species of Scirtothrips (Thysanoptera: Thripidae). Bulletin of Entomological Research 71, 467-479.</t>
   </si>
@@ -675,51 +685,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D42"/>
+  <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="417.47" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1051,223 +1061,237 @@
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>4</v>
       </c>
       <c r="B28" t="s">
         <v>64</v>
       </c>
       <c r="C28" t="s">
         <v>65</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>4</v>
       </c>
       <c r="B29" t="s">
         <v>66</v>
       </c>
       <c r="C29" t="s">
         <v>67</v>
       </c>
-      <c r="D29"/>
+      <c r="D29" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>4</v>
       </c>
       <c r="B30" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C30" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D30" t="s">
         <v>70</v>
       </c>
+      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>4</v>
       </c>
       <c r="B31" t="s">
         <v>71</v>
       </c>
       <c r="C31" t="s">
         <v>72</v>
       </c>
       <c r="D31" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>4</v>
       </c>
       <c r="B32" t="s">
         <v>74</v>
       </c>
       <c r="C32" t="s">
         <v>75</v>
       </c>
       <c r="D32" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>4</v>
       </c>
       <c r="B33" t="s">
         <v>77</v>
       </c>
       <c r="C33" t="s">
         <v>78</v>
       </c>
-      <c r="D33"/>
+      <c r="D33" t="s">
+        <v>79</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>4</v>
       </c>
       <c r="B34" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C34" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="D34" t="s">
         <v>81</v>
       </c>
+      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>4</v>
       </c>
       <c r="B35" t="s">
         <v>82</v>
       </c>
       <c r="C35" t="s">
         <v>83</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>84</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>4</v>
       </c>
       <c r="B36" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C36" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="D36" t="s">
         <v>86</v>
       </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>4</v>
       </c>
       <c r="B37" t="s">
         <v>87</v>
       </c>
       <c r="C37" t="s">
         <v>88</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>4</v>
       </c>
       <c r="B38" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C38" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>91</v>
+        <v>4</v>
       </c>
       <c r="B39" t="s">
         <v>92</v>
       </c>
       <c r="C39" t="s">
         <v>93</v>
       </c>
-      <c r="D39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B40" t="s">
         <v>95</v>
       </c>
       <c r="C40" t="s">
         <v>96</v>
       </c>
       <c r="D40" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>94</v>
+      </c>
+      <c r="B41" t="s">
         <v>98</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>99</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B42" t="s">
         <v>102</v>
       </c>
       <c r="C42" t="s">
         <v>103</v>
       </c>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>101</v>
+      </c>
+      <c r="B43" t="s">
+        <v>105</v>
+      </c>
+      <c r="C43" t="s">
+        <v>106</v>
+      </c>
+      <c r="D43"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>