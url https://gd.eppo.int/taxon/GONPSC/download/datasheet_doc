--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Gonipterinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eucalyptus snout beetle, eucalyptus weevil, gum-tree weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId736368e691a2cf6e1" w:history="1">
+            <w:hyperlink r:id="rId21976901875fa0593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId810968e691a2cf74d" w:history="1">
+            <w:hyperlink r:id="rId88616901875fa0751" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GONPSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="94796637" name="name692268e691a2cf840" descr="17148.jpg"/>
+                  <wp:docPr id="49922337" name="name87026901875fa0e52" descr="17148.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17148.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId913468e691a2cf83f" cstate="print"/>
+                          <a:blip r:embed="rId97246901875fa0e50" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId229968e691a2cf942" w:history="1">
+            <w:hyperlink r:id="rId32686901875fa0f6a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2614,63 +2614,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gonipterus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sp. n. 2 in France and Italy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19947128" name="name737968e691a2d161d" descr="GONPSC_distribution_map.jpg"/>
+            <wp:docPr id="19105184" name="name36276901875fa3862" descr="GONPSC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GONPSC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId474868e691a2d161a" cstate="print"/>
+                    <a:blip r:embed="rId59016901875fa3860" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4489,51 +4489,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId462668e691a2d242f" w:history="1">
+      <w:hyperlink r:id="rId68716901875fa4928" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5107</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5820,51 +5820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forests </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 969. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId920768e691a2d2ca4" w:history="1">
+      <w:hyperlink r:id="rId53726901875fa5199" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f12080969</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6282,51 +6282,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gonipterus scutellatus species complex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId669368e691a2d2fad" w:history="1">
+      <w:hyperlink r:id="rId88236901875fa5496" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6431,51 +6431,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 368-370. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId680368e691a2d30a2" w:history="1">
+      <w:hyperlink r:id="rId92506901875fa558d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00855.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6541,51 +6541,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId179268e691a2d3154" w:history="1">
+      <w:hyperlink r:id="rId39136901875fa563f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02696.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6665,63 +6665,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43822922" name="name157668e691a2d3267" descr="eu_funding_250.png"/>
+            <wp:docPr id="6762416" name="name92066901875fa7f70" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId873368e691a2d3266" cstate="print"/>
+                    <a:blip r:embed="rId63386901875fa7f6e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6819,137 +6819,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72563600">
+  <w:abstractNum w:abstractNumId="78592577">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39737401">
+    <w:lvl w:ilvl="0" w:tplc="67764133">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39737401" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67764133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39737401" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67764133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39737401" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67764133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39737401" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67764133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39737401" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67764133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39737401" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67764133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39737401" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67764133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39737401" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67764133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72563599">
+  <w:abstractNum w:abstractNumId="78592576">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70289016">
+    <w:lvl w:ilvl="0" w:tplc="74973392">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7701,55 +7701,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72563599">
-    <w:abstractNumId w:val="72563599"/>
+  <w:num w:numId="78592576">
+    <w:abstractNumId w:val="78592576"/>
   </w:num>
-  <w:num w:numId="72563600">
-    <w:abstractNumId w:val="72563600"/>
+  <w:num w:numId="78592577">
+    <w:abstractNumId w:val="78592577"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19299,51 +19299,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId215709476" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId182345146" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId736368e691a2cf6e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/" TargetMode="External"/><Relationship Id="rId810968e691a2cf74d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/categorization" TargetMode="External"/><Relationship Id="rId229968e691a2cf942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/photos" TargetMode="External"/><Relationship Id="rId462668e691a2d242f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5107" TargetMode="External"/><Relationship Id="rId920768e691a2d2ca4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f12080969" TargetMode="External"/><Relationship Id="rId669368e691a2d2fad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId680368e691a2d30a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00855.x" TargetMode="External"/><Relationship Id="rId179268e691a2d3154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02696.x" TargetMode="External"/><Relationship Id="rId913468e691a2cf83f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId913468e691a2cf83f.jpg"/><Relationship Id="rId474868e691a2d161a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId474868e691a2d161a.jpg"/><Relationship Id="rId873368e691a2d3266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId873368e691a2d3266.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId305631816" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId315760930" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId21976901875fa0593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/" TargetMode="External"/><Relationship Id="rId88616901875fa0751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/categorization" TargetMode="External"/><Relationship Id="rId32686901875fa0f6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/photos" TargetMode="External"/><Relationship Id="rId68716901875fa4928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5107" TargetMode="External"/><Relationship Id="rId53726901875fa5199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f12080969" TargetMode="External"/><Relationship Id="rId88236901875fa5496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId92506901875fa558d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00855.x" TargetMode="External"/><Relationship Id="rId39136901875fa563f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02696.x" TargetMode="External"/><Relationship Id="rId97246901875fa0e50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId97246901875fa0e50.jpg"/><Relationship Id="rId59016901875fa3860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59016901875fa3860.jpg"/><Relationship Id="rId63386901875fa7f6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63386901875fa7f6e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>