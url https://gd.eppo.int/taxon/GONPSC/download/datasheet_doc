--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Gonipterinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eucalyptus snout beetle, eucalyptus weevil, gum-tree weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21976901875fa0593" w:history="1">
+            <w:hyperlink r:id="rId4536691fad9b7ddbf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88616901875fa0751" w:history="1">
+            <w:hyperlink r:id="rId9713691fad9b7de29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GONPSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="49922337" name="name87026901875fa0e52" descr="17148.jpg"/>
+                  <wp:docPr id="78314689" name="name3172691fad9b7df35" descr="17148.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17148.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId97246901875fa0e50" cstate="print"/>
+                          <a:blip r:embed="rId6201691fad9b7df33" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId32686901875fa0f6a" w:history="1">
+            <w:hyperlink r:id="rId6091691fad9b7e025" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2614,63 +2614,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gonipterus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sp. n. 2 in France and Italy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19105184" name="name36276901875fa3862" descr="GONPSC_distribution_map.jpg"/>
+            <wp:docPr id="22612051" name="name6474691fad9b8033f" descr="GONPSC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GONPSC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId59016901875fa3860" cstate="print"/>
+                    <a:blip r:embed="rId2998691fad9b8033d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4489,51 +4489,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68716901875fa4928" w:history="1">
+      <w:hyperlink r:id="rId2812691fad9b8108a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5107</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5820,51 +5820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forests </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 969. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53726901875fa5199" w:history="1">
+      <w:hyperlink r:id="rId6408691fad9b818c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f12080969</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6282,51 +6282,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gonipterus scutellatus species complex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88236901875fa5496" w:history="1">
+      <w:hyperlink r:id="rId8623691fad9b81ba5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6431,51 +6431,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 368-370. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92506901875fa558d" w:history="1">
+      <w:hyperlink r:id="rId9251691fad9b81c97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00855.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6541,51 +6541,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39136901875fa563f" w:history="1">
+      <w:hyperlink r:id="rId1742691fad9b81d44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02696.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6665,63 +6665,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6762416" name="name92066901875fa7f70" descr="eu_funding_250.png"/>
+            <wp:docPr id="40100319" name="name1525691fad9b81e7d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId63386901875fa7f6e" cstate="print"/>
+                    <a:blip r:embed="rId1661691fad9b81e7b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6819,137 +6819,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78592577">
+  <w:abstractNum w:abstractNumId="87456260">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67764133">
+    <w:lvl w:ilvl="0" w:tplc="75871643">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67764133" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75871643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67764133" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75871643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67764133" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75871643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67764133" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75871643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67764133" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75871643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67764133" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75871643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67764133" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75871643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67764133" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75871643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78592576">
+  <w:abstractNum w:abstractNumId="87456259">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74973392">
+    <w:lvl w:ilvl="0" w:tplc="12081613">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7701,55 +7701,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78592576">
-    <w:abstractNumId w:val="78592576"/>
+  <w:num w:numId="87456259">
+    <w:abstractNumId w:val="87456259"/>
   </w:num>
-  <w:num w:numId="78592577">
-    <w:abstractNumId w:val="78592577"/>
+  <w:num w:numId="87456260">
+    <w:abstractNumId w:val="87456260"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19299,51 +19299,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId305631816" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId315760930" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId21976901875fa0593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/" TargetMode="External"/><Relationship Id="rId88616901875fa0751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/categorization" TargetMode="External"/><Relationship Id="rId32686901875fa0f6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/photos" TargetMode="External"/><Relationship Id="rId68716901875fa4928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5107" TargetMode="External"/><Relationship Id="rId53726901875fa5199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f12080969" TargetMode="External"/><Relationship Id="rId88236901875fa5496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId92506901875fa558d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00855.x" TargetMode="External"/><Relationship Id="rId39136901875fa563f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02696.x" TargetMode="External"/><Relationship Id="rId97246901875fa0e50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId97246901875fa0e50.jpg"/><Relationship Id="rId59016901875fa3860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59016901875fa3860.jpg"/><Relationship Id="rId63386901875fa7f6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63386901875fa7f6e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId394744829" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId561491397" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4536691fad9b7ddbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/" TargetMode="External"/><Relationship Id="rId9713691fad9b7de29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/categorization" TargetMode="External"/><Relationship Id="rId6091691fad9b7e025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/photos" TargetMode="External"/><Relationship Id="rId2812691fad9b8108a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5107" TargetMode="External"/><Relationship Id="rId6408691fad9b818c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f12080969" TargetMode="External"/><Relationship Id="rId8623691fad9b81ba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9251691fad9b81c97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00855.x" TargetMode="External"/><Relationship Id="rId1742691fad9b81d44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02696.x" TargetMode="External"/><Relationship Id="rId6201691fad9b7df33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6201691fad9b7df33.jpg"/><Relationship Id="rId2998691fad9b8033d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2998691fad9b8033d.jpg"/><Relationship Id="rId1661691fad9b81e7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1661691fad9b81e7b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>