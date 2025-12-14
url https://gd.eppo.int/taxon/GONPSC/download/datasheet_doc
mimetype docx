--- v2 (2025-11-21)
+++ v3 (2025-12-14)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Gonipterinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eucalyptus snout beetle, eucalyptus weevil, gum-tree weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4536691fad9b7ddbf" w:history="1">
+            <w:hyperlink r:id="rId1517693ed56da1ed5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9713691fad9b7de29" w:history="1">
+            <w:hyperlink r:id="rId6857693ed56da1f3d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GONPSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78314689" name="name3172691fad9b7df35" descr="17148.jpg"/>
+                  <wp:docPr id="6972046" name="name4153693ed56da277b" descr="17148.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17148.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6201691fad9b7df33" cstate="print"/>
+                          <a:blip r:embed="rId4831693ed56da277a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6091691fad9b7e025" w:history="1">
+            <w:hyperlink r:id="rId6918693ed56da287c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2614,63 +2614,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gonipterus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sp. n. 2 in France and Italy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="22612051" name="name6474691fad9b8033f" descr="GONPSC_distribution_map.jpg"/>
+            <wp:docPr id="89093204" name="name9766693ed56da45f3" descr="GONPSC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GONPSC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2998691fad9b8033d" cstate="print"/>
+                    <a:blip r:embed="rId8981693ed56da45f0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4489,51 +4489,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2812691fad9b8108a" w:history="1">
+      <w:hyperlink r:id="rId7310693ed56da53ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5107</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5820,51 +5820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forests </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 969. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6408691fad9b818c3" w:history="1">
+      <w:hyperlink r:id="rId7952693ed56da5c89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f12080969</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6282,51 +6282,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gonipterus scutellatus species complex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8623691fad9b81ba5" w:history="1">
+      <w:hyperlink r:id="rId4385693ed56da5f78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6431,51 +6431,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 368-370. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9251691fad9b81c97" w:history="1">
+      <w:hyperlink r:id="rId7786693ed56da6086" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00855.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6541,51 +6541,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1742691fad9b81d44" w:history="1">
+      <w:hyperlink r:id="rId7178693ed56da613b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02696.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6665,63 +6665,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40100319" name="name1525691fad9b81e7d" descr="eu_funding_250.png"/>
+            <wp:docPr id="27130961" name="name5489693ed56da627d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1661691fad9b81e7b" cstate="print"/>
+                    <a:blip r:embed="rId2527693ed56da627c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6819,137 +6819,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="87456260">
+  <w:abstractNum w:abstractNumId="14224978">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75871643">
+    <w:lvl w:ilvl="0" w:tplc="58916659">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75871643" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58916659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75871643" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58916659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75871643" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58916659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75871643" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58916659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75871643" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58916659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75871643" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58916659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75871643" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58916659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75871643" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58916659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87456259">
+  <w:abstractNum w:abstractNumId="14224977">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12081613">
+    <w:lvl w:ilvl="0" w:tplc="28296755">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7701,55 +7701,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="87456259">
-    <w:abstractNumId w:val="87456259"/>
+  <w:num w:numId="14224977">
+    <w:abstractNumId w:val="14224977"/>
   </w:num>
-  <w:num w:numId="87456260">
-    <w:abstractNumId w:val="87456260"/>
+  <w:num w:numId="14224978">
+    <w:abstractNumId w:val="14224978"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19299,51 +19299,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId394744829" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId561491397" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4536691fad9b7ddbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/" TargetMode="External"/><Relationship Id="rId9713691fad9b7de29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/categorization" TargetMode="External"/><Relationship Id="rId6091691fad9b7e025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/photos" TargetMode="External"/><Relationship Id="rId2812691fad9b8108a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5107" TargetMode="External"/><Relationship Id="rId6408691fad9b818c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f12080969" TargetMode="External"/><Relationship Id="rId8623691fad9b81ba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9251691fad9b81c97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00855.x" TargetMode="External"/><Relationship Id="rId1742691fad9b81d44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02696.x" TargetMode="External"/><Relationship Id="rId6201691fad9b7df33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6201691fad9b7df33.jpg"/><Relationship Id="rId2998691fad9b8033d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2998691fad9b8033d.jpg"/><Relationship Id="rId1661691fad9b81e7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1661691fad9b81e7b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId561414349" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId174851120" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1517693ed56da1ed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/" TargetMode="External"/><Relationship Id="rId6857693ed56da1f3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/categorization" TargetMode="External"/><Relationship Id="rId6918693ed56da287c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/photos" TargetMode="External"/><Relationship Id="rId7310693ed56da53ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5107" TargetMode="External"/><Relationship Id="rId7952693ed56da5c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f12080969" TargetMode="External"/><Relationship Id="rId4385693ed56da5f78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7786693ed56da6086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00855.x" TargetMode="External"/><Relationship Id="rId7178693ed56da613b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02696.x" TargetMode="External"/><Relationship Id="rId4831693ed56da277a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4831693ed56da277a.jpg"/><Relationship Id="rId8981693ed56da45f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8981693ed56da45f0.jpg"/><Relationship Id="rId2527693ed56da627c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2527693ed56da627c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>