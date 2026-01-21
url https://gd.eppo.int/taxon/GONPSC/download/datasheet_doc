--- v3 (2025-12-14)
+++ v4 (2026-01-21)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Gonipterinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eucalyptus snout beetle, eucalyptus weevil, gum-tree weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1517693ed56da1ed5" w:history="1">
+            <w:hyperlink r:id="rId26986970ae101ca3e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6857693ed56da1f3d" w:history="1">
+            <w:hyperlink r:id="rId48296970ae101caab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GONPSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6972046" name="name4153693ed56da277b" descr="17148.jpg"/>
+                  <wp:docPr id="69486926" name="name74156970ae101cbce" descr="17148.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17148.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4831693ed56da277a" cstate="print"/>
+                          <a:blip r:embed="rId19016970ae101cbcd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6918693ed56da287c" w:history="1">
+            <w:hyperlink r:id="rId94776970ae101cd04" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2614,63 +2614,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gonipterus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sp. n. 2 in France and Italy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="89093204" name="name9766693ed56da45f3" descr="GONPSC_distribution_map.jpg"/>
+            <wp:docPr id="43649627" name="name26206970ae101e732" descr="GONPSC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GONPSC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8981693ed56da45f0" cstate="print"/>
+                    <a:blip r:embed="rId62976970ae101e72e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4489,51 +4489,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7310693ed56da53ad" w:history="1">
+      <w:hyperlink r:id="rId13206970ae101f698" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5107</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5820,51 +5820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forests </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 969. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7952693ed56da5c89" w:history="1">
+      <w:hyperlink r:id="rId50006970ae101ff87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f12080969</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6260,73 +6260,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gonipterus scutellatus species complex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4385693ed56da5f78" w:history="1">
+      <w:hyperlink r:id="rId84206970ae10202a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6431,51 +6431,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 368-370. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7786693ed56da6086" w:history="1">
+      <w:hyperlink r:id="rId72776970ae10203ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00855.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6541,51 +6541,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7178693ed56da613b" w:history="1">
+      <w:hyperlink r:id="rId22636970ae1020460" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02696.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6665,63 +6665,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27130961" name="name5489693ed56da627d" descr="eu_funding_250.png"/>
+            <wp:docPr id="18709544" name="name38146970ae1020580" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2527693ed56da627c" cstate="print"/>
+                    <a:blip r:embed="rId29416970ae102057f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6819,137 +6819,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14224978">
+  <w:abstractNum w:abstractNumId="98472768">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58916659">
+    <w:lvl w:ilvl="0" w:tplc="62548986">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58916659" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62548986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58916659" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62548986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58916659" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62548986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58916659" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62548986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58916659" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62548986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58916659" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62548986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58916659" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62548986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58916659" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62548986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14224977">
+  <w:abstractNum w:abstractNumId="98472767">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28296755">
+    <w:lvl w:ilvl="0" w:tplc="93161505">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7701,55 +7701,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14224977">
-    <w:abstractNumId w:val="14224977"/>
+  <w:num w:numId="98472767">
+    <w:abstractNumId w:val="98472767"/>
   </w:num>
-  <w:num w:numId="14224978">
-    <w:abstractNumId w:val="14224978"/>
+  <w:num w:numId="98472768">
+    <w:abstractNumId w:val="98472768"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19299,51 +19299,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId561414349" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId174851120" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1517693ed56da1ed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/" TargetMode="External"/><Relationship Id="rId6857693ed56da1f3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/categorization" TargetMode="External"/><Relationship Id="rId6918693ed56da287c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/photos" TargetMode="External"/><Relationship Id="rId7310693ed56da53ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5107" TargetMode="External"/><Relationship Id="rId7952693ed56da5c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f12080969" TargetMode="External"/><Relationship Id="rId4385693ed56da5f78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7786693ed56da6086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00855.x" TargetMode="External"/><Relationship Id="rId7178693ed56da613b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02696.x" TargetMode="External"/><Relationship Id="rId4831693ed56da277a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4831693ed56da277a.jpg"/><Relationship Id="rId8981693ed56da45f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8981693ed56da45f0.jpg"/><Relationship Id="rId2527693ed56da627c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2527693ed56da627c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId134950969" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId754505248" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId26986970ae101ca3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/" TargetMode="External"/><Relationship Id="rId48296970ae101caab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/categorization" TargetMode="External"/><Relationship Id="rId94776970ae101cd04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/photos" TargetMode="External"/><Relationship Id="rId13206970ae101f698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5107" TargetMode="External"/><Relationship Id="rId50006970ae101ff87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f12080969" TargetMode="External"/><Relationship Id="rId84206970ae10202a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId72776970ae10203ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00855.x" TargetMode="External"/><Relationship Id="rId22636970ae1020460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02696.x" TargetMode="External"/><Relationship Id="rId19016970ae101cbcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19016970ae101cbcd.jpg"/><Relationship Id="rId62976970ae101e72e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62976970ae101e72e.jpg"/><Relationship Id="rId29416970ae102057f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29416970ae102057f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>