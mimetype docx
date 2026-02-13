--- v4 (2026-01-21)
+++ v5 (2026-02-13)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Gonipterinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eucalyptus snout beetle, eucalyptus weevil, gum-tree weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26986970ae101ca3e" w:history="1">
+            <w:hyperlink r:id="rId5070698e751d9e43c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -260,53 +260,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48296970ae101caab" w:history="1">
+            <w:hyperlink r:id="rId1850698e751d9e4a7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GONPSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69486926" name="name74156970ae101cbce" descr="17148.jpg"/>
+                  <wp:docPr id="11737813" name="name8916698e751d9e599" descr="17148.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17148.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId19016970ae101cbcd" cstate="print"/>
+                          <a:blip r:embed="rId7167698e751d9e597" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId94776970ae101cd04" w:history="1">
+            <w:hyperlink r:id="rId6894698e751d9e6d3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2614,63 +2614,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gonipterus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sp. n. 2 in France and Italy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43649627" name="name26206970ae101e732" descr="GONPSC_distribution_map.jpg"/>
+            <wp:docPr id="48888961" name="name3746698e751da027c" descr="GONPSC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GONPSC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId62976970ae101e72e" cstate="print"/>
+                    <a:blip r:embed="rId1469698e751da0279" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4489,51 +4489,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13206970ae101f698" w:history="1">
+      <w:hyperlink r:id="rId6359698e751da11a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5107</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5820,51 +5820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forests </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 969. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50006970ae101ff87" w:history="1">
+      <w:hyperlink r:id="rId1623698e751da1b75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f12080969</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6282,51 +6282,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gonipterus scutellatus species complex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84206970ae10202a2" w:history="1">
+      <w:hyperlink r:id="rId1466698e751da1ec4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6431,51 +6431,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 368-370. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72776970ae10203ac" w:history="1">
+      <w:hyperlink r:id="rId5688698e751da1fb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00855.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6541,51 +6541,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22636970ae1020460" w:history="1">
+      <w:hyperlink r:id="rId4065698e751da2072" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02696.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6665,63 +6665,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="18709544" name="name38146970ae1020580" descr="eu_funding_250.png"/>
+            <wp:docPr id="94168369" name="name8780698e751da21d6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29416970ae102057f" cstate="print"/>
+                    <a:blip r:embed="rId3404698e751da21d5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6819,137 +6819,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98472768">
+  <w:abstractNum w:abstractNumId="16730364">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62548986">
+    <w:lvl w:ilvl="0" w:tplc="83430721">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62548986" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83430721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62548986" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83430721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62548986" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83430721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62548986" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83430721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62548986" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83430721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62548986" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83430721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62548986" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83430721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62548986" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83430721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98472767">
+  <w:abstractNum w:abstractNumId="16730363">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93161505">
+    <w:lvl w:ilvl="0" w:tplc="16750857">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7701,55 +7701,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98472767">
-    <w:abstractNumId w:val="98472767"/>
+  <w:num w:numId="16730363">
+    <w:abstractNumId w:val="16730363"/>
   </w:num>
-  <w:num w:numId="98472768">
-    <w:abstractNumId w:val="98472768"/>
+  <w:num w:numId="16730364">
+    <w:abstractNumId w:val="16730364"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19299,51 +19299,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId134950969" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId754505248" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId26986970ae101ca3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/" TargetMode="External"/><Relationship Id="rId48296970ae101caab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/categorization" TargetMode="External"/><Relationship Id="rId94776970ae101cd04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/photos" TargetMode="External"/><Relationship Id="rId13206970ae101f698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5107" TargetMode="External"/><Relationship Id="rId50006970ae101ff87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f12080969" TargetMode="External"/><Relationship Id="rId84206970ae10202a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId72776970ae10203ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00855.x" TargetMode="External"/><Relationship Id="rId22636970ae1020460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02696.x" TargetMode="External"/><Relationship Id="rId19016970ae101cbcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19016970ae101cbcd.jpg"/><Relationship Id="rId62976970ae101e72e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62976970ae101e72e.jpg"/><Relationship Id="rId29416970ae102057f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29416970ae102057f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId447066591" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId659068566" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5070698e751d9e43c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/" TargetMode="External"/><Relationship Id="rId1850698e751d9e4a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/categorization" TargetMode="External"/><Relationship Id="rId6894698e751d9e6d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/photos" TargetMode="External"/><Relationship Id="rId6359698e751da11a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5107" TargetMode="External"/><Relationship Id="rId1623698e751da1b75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f12080969" TargetMode="External"/><Relationship Id="rId1466698e751da1ec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5688698e751da1fb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00855.x" TargetMode="External"/><Relationship Id="rId4065698e751da2072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02696.x" TargetMode="External"/><Relationship Id="rId7167698e751d9e597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7167698e751d9e597.jpg"/><Relationship Id="rId1469698e751da0279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1469698e751da0279.jpg"/><Relationship Id="rId3404698e751da21d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3404698e751da21d5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>