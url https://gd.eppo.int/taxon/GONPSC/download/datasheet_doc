--- v5 (2026-02-13)
+++ v6 (2026-03-05)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Gonipterinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eucalyptus snout beetle, eucalyptus weevil, gum-tree weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5070698e751d9e43c" w:history="1">
+            <w:hyperlink r:id="rId130269a95d0e0e335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1850698e751d9e4a7" w:history="1">
+            <w:hyperlink r:id="rId734169a95d0e0e3a2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GONPSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="11737813" name="name8916698e751d9e599" descr="17148.jpg"/>
+                  <wp:docPr id="38771764" name="name313769a95d0e0e473" descr="17148.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17148.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7167698e751d9e597" cstate="print"/>
+                          <a:blip r:embed="rId125269a95d0e0e472" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6894698e751d9e6d3" w:history="1">
+            <w:hyperlink r:id="rId690369a95d0e0e5a5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2614,63 +2614,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gonipterus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sp. n. 2 in France and Italy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48888961" name="name3746698e751da027c" descr="GONPSC_distribution_map.jpg"/>
+            <wp:docPr id="36324125" name="name638369a95d0e10343" descr="GONPSC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GONPSC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1469698e751da0279" cstate="print"/>
+                    <a:blip r:embed="rId268369a95d0e10340" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4489,51 +4489,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6359698e751da11a6" w:history="1">
+      <w:hyperlink r:id="rId186469a95d0e110f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5107</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5820,51 +5820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forests </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 969. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1623698e751da1b75" w:history="1">
+      <w:hyperlink r:id="rId815569a95d0e1195a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f12080969</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6282,51 +6282,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gonipterus scutellatus species complex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1466698e751da1ec4" w:history="1">
+      <w:hyperlink r:id="rId885269a95d0e11c4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6431,51 +6431,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 368-370. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5688698e751da1fb5" w:history="1">
+      <w:hyperlink r:id="rId965869a95d0e11d40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00855.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6541,51 +6541,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4065698e751da2072" w:history="1">
+      <w:hyperlink r:id="rId346569a95d0e11def" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02696.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6665,63 +6665,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="94168369" name="name8780698e751da21d6" descr="eu_funding_250.png"/>
+            <wp:docPr id="1969065" name="name509469a95d0e11f69" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3404698e751da21d5" cstate="print"/>
+                    <a:blip r:embed="rId314069a95d0e11f67" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6819,137 +6819,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16730364">
+  <w:abstractNum w:abstractNumId="50531388">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83430721">
+    <w:lvl w:ilvl="0" w:tplc="77293876">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83430721" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77293876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83430721" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77293876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83430721" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77293876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83430721" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77293876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83430721" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77293876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83430721" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77293876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83430721" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77293876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83430721" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77293876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16730363">
+  <w:abstractNum w:abstractNumId="50531387">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16750857">
+    <w:lvl w:ilvl="0" w:tplc="72576986">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7701,55 +7701,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16730363">
-    <w:abstractNumId w:val="16730363"/>
+  <w:num w:numId="50531387">
+    <w:abstractNumId w:val="50531387"/>
   </w:num>
-  <w:num w:numId="16730364">
-    <w:abstractNumId w:val="16730364"/>
+  <w:num w:numId="50531388">
+    <w:abstractNumId w:val="50531388"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19299,51 +19299,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId447066591" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId659068566" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5070698e751d9e43c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/" TargetMode="External"/><Relationship Id="rId1850698e751d9e4a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/categorization" TargetMode="External"/><Relationship Id="rId6894698e751d9e6d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/photos" TargetMode="External"/><Relationship Id="rId6359698e751da11a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5107" TargetMode="External"/><Relationship Id="rId1623698e751da1b75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f12080969" TargetMode="External"/><Relationship Id="rId1466698e751da1ec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5688698e751da1fb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00855.x" TargetMode="External"/><Relationship Id="rId4065698e751da2072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02696.x" TargetMode="External"/><Relationship Id="rId7167698e751d9e597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7167698e751d9e597.jpg"/><Relationship Id="rId1469698e751da0279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1469698e751da0279.jpg"/><Relationship Id="rId3404698e751da21d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3404698e751da21d5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId822854762" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId167847741" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId130269a95d0e0e335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/" TargetMode="External"/><Relationship Id="rId734169a95d0e0e3a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/categorization" TargetMode="External"/><Relationship Id="rId690369a95d0e0e5a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/photos" TargetMode="External"/><Relationship Id="rId186469a95d0e110f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5107" TargetMode="External"/><Relationship Id="rId815569a95d0e1195a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f12080969" TargetMode="External"/><Relationship Id="rId885269a95d0e11c4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId965869a95d0e11d40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00855.x" TargetMode="External"/><Relationship Id="rId346569a95d0e11def" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02696.x" TargetMode="External"/><Relationship Id="rId125269a95d0e0e472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId125269a95d0e0e472.jpg"/><Relationship Id="rId268369a95d0e10340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId268369a95d0e10340.jpg"/><Relationship Id="rId314069a95d0e11f67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId314069a95d0e11f67.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>