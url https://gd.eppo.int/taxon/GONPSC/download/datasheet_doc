--- v6 (2026-03-05)
+++ v7 (2026-03-26)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Gonipterinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eucalyptus snout beetle, eucalyptus weevil, gum-tree weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130269a95d0e0e335" w:history="1">
+            <w:hyperlink r:id="rId321269c4e1dfa7c18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId734169a95d0e0e3a2" w:history="1">
+            <w:hyperlink r:id="rId296269c4e1dfa7c81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GONPSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38771764" name="name313769a95d0e0e473" descr="17148.jpg"/>
+                  <wp:docPr id="41298316" name="name905169c4e1dfa8408" descr="17148.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17148.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId125269a95d0e0e472" cstate="print"/>
+                          <a:blip r:embed="rId604769c4e1dfa8406" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId690369a95d0e0e5a5" w:history="1">
+            <w:hyperlink r:id="rId753969c4e1dfa852d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2614,63 +2614,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gonipterus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sp. n. 2 in France and Italy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36324125" name="name638369a95d0e10343" descr="GONPSC_distribution_map.jpg"/>
+            <wp:docPr id="83897522" name="name951569c4e1dfa9fde" descr="GONPSC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GONPSC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId268369a95d0e10340" cstate="print"/>
+                    <a:blip r:embed="rId718269c4e1dfa9fdb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2701,81 +2701,102 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Eswatini, Kenya, Lesotho, Madagascar, Malawi, Mauritius, Mozambique, Rwanda, Saint Helena, South Africa, Tanzania, United Republic of, Uganda, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">North America:</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> United States of America (California, Hawaii)</w:t>
+        <w:t xml:space="preserve">Asia:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> India (Tamil Nadu)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
+        <w:t xml:space="preserve">North America:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> United States of America (California, Hawaii)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Argentina, Brazil (Bahia, Espirito Santo, Minas Gerais, Parana, Rio Grande do Sul, Santa Catarina, Sao Paulo), Chile, Colombia, Ecuador, Uruguay</w:t>
+        <w:t xml:space="preserve"> Argentina, Brazil (Bahia, Espirito Santo, Minas Gerais, Parana, Rio Grande do Sul, Santa Catarina, Sao Paulo), Chile, Colombia, Ecuador, Paraguay, Uruguay</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Oceania:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Australia (New South Wales, Queensland, South Australia, Tasmania, Victoria, Western Australia), New Zealand</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -4489,51 +4510,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId186469a95d0e110f8" w:history="1">
+      <w:hyperlink r:id="rId962969c4e1dfaadb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5107</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5820,51 +5841,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forests </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 969. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId815569a95d0e1195a" w:history="1">
+      <w:hyperlink r:id="rId953369c4e1dfab622" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f12080969</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6282,51 +6303,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gonipterus scutellatus species complex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId885269a95d0e11c4e" w:history="1">
+      <w:hyperlink r:id="rId237469c4e1dfab90f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6431,51 +6452,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 368-370. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId965869a95d0e11d40" w:history="1">
+      <w:hyperlink r:id="rId249569c4e1dfaba03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00855.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6541,51 +6562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346569a95d0e11def" w:history="1">
+      <w:hyperlink r:id="rId939869c4e1dfabab2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02696.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6665,63 +6686,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1969065" name="name509469a95d0e11f69" descr="eu_funding_250.png"/>
+            <wp:docPr id="31572884" name="name160869c4e1dfabbc9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId314069a95d0e11f67" cstate="print"/>
+                    <a:blip r:embed="rId835569c4e1dfabbc8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6819,137 +6840,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50531388">
+  <w:abstractNum w:abstractNumId="87054516">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77293876">
+    <w:lvl w:ilvl="0" w:tplc="26085226">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77293876" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26085226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77293876" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26085226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77293876" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26085226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77293876" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26085226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77293876" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26085226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77293876" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26085226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77293876" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26085226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77293876" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26085226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50531387">
+  <w:abstractNum w:abstractNumId="87054515">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72576986">
+    <w:lvl w:ilvl="0" w:tplc="11403194">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7701,55 +7722,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50531387">
-    <w:abstractNumId w:val="50531387"/>
+  <w:num w:numId="87054515">
+    <w:abstractNumId w:val="87054515"/>
   </w:num>
-  <w:num w:numId="50531388">
-    <w:abstractNumId w:val="50531388"/>
+  <w:num w:numId="87054516">
+    <w:abstractNumId w:val="87054516"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19299,51 +19320,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId822854762" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId167847741" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId130269a95d0e0e335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/" TargetMode="External"/><Relationship Id="rId734169a95d0e0e3a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/categorization" TargetMode="External"/><Relationship Id="rId690369a95d0e0e5a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/photos" TargetMode="External"/><Relationship Id="rId186469a95d0e110f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5107" TargetMode="External"/><Relationship Id="rId815569a95d0e1195a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f12080969" TargetMode="External"/><Relationship Id="rId885269a95d0e11c4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId965869a95d0e11d40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00855.x" TargetMode="External"/><Relationship Id="rId346569a95d0e11def" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02696.x" TargetMode="External"/><Relationship Id="rId125269a95d0e0e472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId125269a95d0e0e472.jpg"/><Relationship Id="rId268369a95d0e10340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId268369a95d0e10340.jpg"/><Relationship Id="rId314069a95d0e11f67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId314069a95d0e11f67.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId140305043" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId173400244" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId321269c4e1dfa7c18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/" TargetMode="External"/><Relationship Id="rId296269c4e1dfa7c81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/categorization" TargetMode="External"/><Relationship Id="rId753969c4e1dfa852d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GONPSC/photos" TargetMode="External"/><Relationship Id="rId962969c4e1dfaadb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5107" TargetMode="External"/><Relationship Id="rId953369c4e1dfab622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f12080969" TargetMode="External"/><Relationship Id="rId237469c4e1dfab90f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId249569c4e1dfaba03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00855.x" TargetMode="External"/><Relationship Id="rId939869c4e1dfabab2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02696.x" TargetMode="External"/><Relationship Id="rId604769c4e1dfa8406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId604769c4e1dfa8406.jpg"/><Relationship Id="rId718269c4e1dfa9fdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId718269c4e1dfa9fdb.jpg"/><Relationship Id="rId835569c4e1dfabbc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId835569c4e1dfabbc8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>