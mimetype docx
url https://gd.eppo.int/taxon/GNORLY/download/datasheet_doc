--- v0 (2025-10-05)
+++ v1 (2025-10-25)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Busck</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tomato pinworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId864568e2450facf13" w:history="1">
+            <w:hyperlink r:id="rId986268fd55611b68f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId548568e2450facf7a" w:history="1">
+            <w:hyperlink r:id="rId146168fd55611b6f7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GNORLY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69829263" name="name152168e2450fad658" descr="858.jpg"/>
+                  <wp:docPr id="30718560" name="name323068fd55611bd87" descr="858.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="858.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId394368e2450fad657" cstate="print"/>
+                          <a:blip r:embed="rId579768fd55611bd85" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId377668e2450fadb32" w:history="1">
+            <w:hyperlink r:id="rId988268fd55611be67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1608,63 +1608,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">K. lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was reported in Italy in 2008 in a tomato field crop, but the pest did not establish, and no further detections were made (Sannino &amp; Espinosa, 2009).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17306851" name="name969268e2450faee62" descr="GNORLY_distribution_map.jpg"/>
+            <wp:docPr id="33550672" name="name420768fd55611d379" descr="GNORLY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GNORLY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId406268e2450faee60" cstate="print"/>
+                    <a:blip r:embed="rId326568fd55611d377" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3003,51 +3003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-2), 17–47. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId991568e2450faf90f" w:history="1">
+      <w:hyperlink r:id="rId885968fd55611de27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3062,51 +3062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elmore JC &amp; Howland AF (1943) Life history and control of the tomato pinworm. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Technical Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">841, 30 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId740868e2450faf973" w:history="1">
+      <w:hyperlink r:id="rId166368fd55611de8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://naldc.nal.usda.gov/download/CAT86200834/PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed April 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3121,51 +3121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId559468e2450faf9d2" w:history="1">
+      <w:hyperlink r:id="rId522568fd55611dee7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3211,90 +3211,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId592268e2450fafa6c" w:history="1">
+      <w:hyperlink r:id="rId284568fd55611df76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Garland JA (ed) (1989) Intercepted Plant Pests 1988-89/Ravageurs interceptés 1988/1989. (Chapter 3. Disease and pest management). Agriculture Canada, Plant Protection Division, Ottawa. 41 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId145068e2450fafab0" w:history="1">
+      <w:hyperlink r:id="rId855468fd55611dfb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Last accessed May 2022). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3349,51 +3349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Venezuela </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 329-339. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId676168e2450fafb4d" w:history="1">
+      <w:hyperlink r:id="rId432868fd55611e051" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3408,90 +3408,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guevara CHF (2000) Dinámica poblacional y sincronía biológica de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walsingham) en el cultivo del tomate variedad entero grande en los Santos, Panamá, durante 1999, Tesis en opción al grado académico de Maestría en entomología. Universidad de Panamá. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId299868e2450fafbad" w:history="1">
+      <w:hyperlink r:id="rId624468fd55611e0b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jiménez JM, Toscano CN, Flaherty LD, Ilic P, Zalom GF &amp; Kido K (1988) Controlling tomato pinworm by mating disruption. California Agriculture, November – December 1988. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId545068e2450fafbed" w:history="1">
+      <w:hyperlink r:id="rId579968fd55611e0f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3537,51 +3537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomogical Society of America </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 65–74. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId392168e2450fafce5" w:history="1">
+      <w:hyperlink r:id="rId876768fd55611e17d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academic.oup.com/ee/article/14/6/855/336712</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed April 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3683,90 +3683,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI, Wallingford, UK, 583 pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mossler MA (2010) Crop Profile for Eggplant in Florida. IPM data. Southern IPM Center &amp; USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId543768e2450fafdd7" w:history="1">
+      <w:hyperlink r:id="rId933268fd55611e264" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2015) NAPPO Surveillance Protocols. SP 02 Trapping Protocols for Pests of Fruit entering into NAPPO Member Countries. The Secretariat of the North American Plant Protection Organization, Ottawa, Ontario, Canada. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355168e2450fafe17" w:history="1">
+      <w:hyperlink r:id="rId280368fd55611e2a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3944,51 +3944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Poe SL (1999) Tomato Pinworm, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walshingham) (Insecta: Lepidoptera: Gelechiidae). EENY074 (originally published as DPI Entomology Circular No. 131). UF/IFAS Extension, University of Florida, 4 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984068e2450faff81" w:history="1">
+      <w:hyperlink r:id="rId988568fd55611e405" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schuster D (undated) Tomato pinworm: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId846968e2450fb00b1" w:history="1">
+      <w:hyperlink r:id="rId152568fd55611e549" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4334,51 +4334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 63-68. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId721668e2450fb01e2" w:history="1">
+      <w:hyperlink r:id="rId125868fd55611e67d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 33-42. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId593768e2450fb027b" w:history="1">
+      <w:hyperlink r:id="rId331568fd55611e71f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journals.flvc.org/flaent/article/view/55145/52824</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4552,51 +4552,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–143. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId178268e2450fb0332" w:history="1">
+      <w:hyperlink r:id="rId899768fd55611e7dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academic.oup.com/jee/article/26/1/137/880974</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4689,51 +4689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 245–246.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zimmerman EC (1978) Insects of Hawaii a manual of the insects of the Hawaiian Islands, including an enumeration of the species and notes on their origin, distribution, hosts, parasites, etc. Vol. 9. Part II. Gelechioidea. University Press of Hawaii, Honolulu (US), 883-1903. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId939068e2450fb0411" w:history="1">
+      <w:hyperlink r:id="rId278768fd55611e8be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4808,51 +4808,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId164668e2450fb04d2" w:history="1">
+      <w:hyperlink r:id="rId984668fd55611e980" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4928,81 +4928,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 141-143. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId789768e2450fb0595" w:history="1">
+      <w:hyperlink r:id="rId997668fd55611ea44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66550087" name="name841168e2450fb08ad" descr="eu_funding_250.png"/>
+            <wp:docPr id="23660904" name="name122668fd55611ee6e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId788168e2450fb08ab" cstate="print"/>
+                    <a:blip r:embed="rId719768fd55611ee6c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5100,137 +5100,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61474563">
+  <w:abstractNum w:abstractNumId="41865953">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42806237">
+    <w:lvl w:ilvl="0" w:tplc="19687832">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42806237" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19687832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42806237" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19687832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42806237" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19687832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42806237" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19687832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42806237" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19687832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42806237" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19687832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42806237" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19687832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42806237" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19687832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61474562">
+  <w:abstractNum w:abstractNumId="41865952">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98240491">
+    <w:lvl w:ilvl="0" w:tplc="61112364">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5982,55 +5982,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61474562">
-    <w:abstractNumId w:val="61474562"/>
+  <w:num w:numId="41865952">
+    <w:abstractNumId w:val="41865952"/>
   </w:num>
-  <w:num w:numId="61474563">
-    <w:abstractNumId w:val="61474563"/>
+  <w:num w:numId="41865953">
+    <w:abstractNumId w:val="41865953"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17580,51 +17580,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId831908406" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId282765361" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId864568e2450facf13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/" TargetMode="External"/><Relationship Id="rId548568e2450facf7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/categorization" TargetMode="External"/><Relationship Id="rId377668e2450fadb32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/photos" TargetMode="External"/><Relationship Id="rId991568e2450faf90f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032" TargetMode="External"/><Relationship Id="rId740868e2450faf973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naldc.nal.usda.gov/download/CAT86200834/PDF" TargetMode="External"/><Relationship Id="rId559468e2450faf9d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90" TargetMode="External"/><Relationship Id="rId592268e2450fafa6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422" TargetMode="External"/><Relationship Id="rId145068e2450fafab0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf" TargetMode="External"/><Relationship Id="rId676168e2450fafb4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769" TargetMode="External"/><Relationship Id="rId299868e2450fafbad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf" TargetMode="External"/><Relationship Id="rId545068e2450fafbed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10" TargetMode="External"/><Relationship Id="rId392168e2450fafce5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/ee/article/14/6/855/336712" TargetMode="External"/><Relationship Id="rId543768e2450fafdd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf" TargetMode="External"/><Relationship Id="rId355168e2450fafe17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf" TargetMode="External"/><Relationship Id="rId984068e2450faff81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf" TargetMode="External"/><Relationship Id="rId846968e2450fb00b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf" TargetMode="External"/><Relationship Id="rId721668e2450fb01e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf" TargetMode="External"/><Relationship Id="rId593768e2450fb027b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.flvc.org/flaent/article/view/55145/52824" TargetMode="External"/><Relationship Id="rId178268e2450fb0332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/jee/article/26/1/137/880974" TargetMode="External"/><Relationship Id="rId939068e2450fb0411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94" TargetMode="External"/><Relationship Id="rId164668e2450fb04d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId789768e2450fb0595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12026" TargetMode="External"/><Relationship Id="rId394368e2450fad657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId394368e2450fad657.jpg"/><Relationship Id="rId406268e2450faee60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId406268e2450faee60.jpg"/><Relationship Id="rId788168e2450fb08ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId788168e2450fb08ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId546438070" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId449467763" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId986268fd55611b68f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/" TargetMode="External"/><Relationship Id="rId146168fd55611b6f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/categorization" TargetMode="External"/><Relationship Id="rId988268fd55611be67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/photos" TargetMode="External"/><Relationship Id="rId885968fd55611de27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032" TargetMode="External"/><Relationship Id="rId166368fd55611de8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naldc.nal.usda.gov/download/CAT86200834/PDF" TargetMode="External"/><Relationship Id="rId522568fd55611dee7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90" TargetMode="External"/><Relationship Id="rId284568fd55611df76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422" TargetMode="External"/><Relationship Id="rId855468fd55611dfb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf" TargetMode="External"/><Relationship Id="rId432868fd55611e051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769" TargetMode="External"/><Relationship Id="rId624468fd55611e0b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf" TargetMode="External"/><Relationship Id="rId579968fd55611e0f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10" TargetMode="External"/><Relationship Id="rId876768fd55611e17d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/ee/article/14/6/855/336712" TargetMode="External"/><Relationship Id="rId933268fd55611e264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf" TargetMode="External"/><Relationship Id="rId280368fd55611e2a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf" TargetMode="External"/><Relationship Id="rId988568fd55611e405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf" TargetMode="External"/><Relationship Id="rId152568fd55611e549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf" TargetMode="External"/><Relationship Id="rId125868fd55611e67d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf" TargetMode="External"/><Relationship Id="rId331568fd55611e71f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.flvc.org/flaent/article/view/55145/52824" TargetMode="External"/><Relationship Id="rId899768fd55611e7dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/jee/article/26/1/137/880974" TargetMode="External"/><Relationship Id="rId278768fd55611e8be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94" TargetMode="External"/><Relationship Id="rId984668fd55611e980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId997668fd55611ea44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12026" TargetMode="External"/><Relationship Id="rId579768fd55611bd85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId579768fd55611bd85.jpg"/><Relationship Id="rId326568fd55611d377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId326568fd55611d377.jpg"/><Relationship Id="rId719768fd55611ee6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId719768fd55611ee6c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>