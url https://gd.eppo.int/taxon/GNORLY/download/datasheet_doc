--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Busck</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tomato pinworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId986268fd55611b68f" w:history="1">
+            <w:hyperlink r:id="rId8238691822b2a8e93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146168fd55611b6f7" w:history="1">
+            <w:hyperlink r:id="rId1206691822b2a8f1a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GNORLY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="30718560" name="name323068fd55611bd87" descr="858.jpg"/>
+                  <wp:docPr id="84281187" name="name6191691822b2a9692" descr="858.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="858.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId579768fd55611bd85" cstate="print"/>
+                          <a:blip r:embed="rId5587691822b2a9690" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId988268fd55611be67" w:history="1">
+            <w:hyperlink r:id="rId9780691822b2a97c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1608,63 +1608,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">K. lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was reported in Italy in 2008 in a tomato field crop, but the pest did not establish, and no further detections were made (Sannino &amp; Espinosa, 2009).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33550672" name="name420768fd55611d379" descr="GNORLY_distribution_map.jpg"/>
+            <wp:docPr id="41977498" name="name8682691822b2aac3f" descr="GNORLY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GNORLY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId326568fd55611d377" cstate="print"/>
+                    <a:blip r:embed="rId4697691822b2aac3c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3003,51 +3003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-2), 17–47. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId885968fd55611de27" w:history="1">
+      <w:hyperlink r:id="rId4541691822b2ab741" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3062,51 +3062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elmore JC &amp; Howland AF (1943) Life history and control of the tomato pinworm. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Technical Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">841, 30 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId166368fd55611de8a" w:history="1">
+      <w:hyperlink r:id="rId9180691822b2ab7b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://naldc.nal.usda.gov/download/CAT86200834/PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed April 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3121,51 +3121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId522568fd55611dee7" w:history="1">
+      <w:hyperlink r:id="rId9883691822b2ab812" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3211,90 +3211,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId284568fd55611df76" w:history="1">
+      <w:hyperlink r:id="rId4228691822b2ab8a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Garland JA (ed) (1989) Intercepted Plant Pests 1988-89/Ravageurs interceptés 1988/1989. (Chapter 3. Disease and pest management). Agriculture Canada, Plant Protection Division, Ottawa. 41 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId855468fd55611dfb5" w:history="1">
+      <w:hyperlink r:id="rId5304691822b2ab8e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Last accessed May 2022). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3349,51 +3349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Venezuela </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 329-339. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId432868fd55611e051" w:history="1">
+      <w:hyperlink r:id="rId9902691822b2ab985" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3408,90 +3408,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guevara CHF (2000) Dinámica poblacional y sincronía biológica de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walsingham) en el cultivo del tomate variedad entero grande en los Santos, Panamá, durante 1999, Tesis en opción al grado académico de Maestría en entomología. Universidad de Panamá. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId624468fd55611e0b0" w:history="1">
+      <w:hyperlink r:id="rId7057691822b2ab9e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jiménez JM, Toscano CN, Flaherty LD, Ilic P, Zalom GF &amp; Kido K (1988) Controlling tomato pinworm by mating disruption. California Agriculture, November – December 1988. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId579968fd55611e0f0" w:history="1">
+      <w:hyperlink r:id="rId9192691822b2aba27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3537,51 +3537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomogical Society of America </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 65–74. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId876768fd55611e17d" w:history="1">
+      <w:hyperlink r:id="rId2005691822b2abab9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academic.oup.com/ee/article/14/6/855/336712</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed April 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3683,90 +3683,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI, Wallingford, UK, 583 pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mossler MA (2010) Crop Profile for Eggplant in Florida. IPM data. Southern IPM Center &amp; USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId933268fd55611e264" w:history="1">
+      <w:hyperlink r:id="rId8852691822b2abba8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2015) NAPPO Surveillance Protocols. SP 02 Trapping Protocols for Pests of Fruit entering into NAPPO Member Countries. The Secretariat of the North American Plant Protection Organization, Ottawa, Ontario, Canada. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId280368fd55611e2a2" w:history="1">
+      <w:hyperlink r:id="rId4950691822b2abbe9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3944,51 +3944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Poe SL (1999) Tomato Pinworm, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walshingham) (Insecta: Lepidoptera: Gelechiidae). EENY074 (originally published as DPI Entomology Circular No. 131). UF/IFAS Extension, University of Florida, 4 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId988568fd55611e405" w:history="1">
+      <w:hyperlink r:id="rId6497691822b2abd55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schuster D (undated) Tomato pinworm: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId152568fd55611e549" w:history="1">
+      <w:hyperlink r:id="rId5569691822b2abea8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4334,51 +4334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 63-68. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId125868fd55611e67d" w:history="1">
+      <w:hyperlink r:id="rId1058691822b2abfe1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 33-42. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId331568fd55611e71f" w:history="1">
+      <w:hyperlink r:id="rId4790691822b2ac07f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journals.flvc.org/flaent/article/view/55145/52824</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4552,51 +4552,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–143. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId899768fd55611e7dc" w:history="1">
+      <w:hyperlink r:id="rId5949691822b2ac13c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academic.oup.com/jee/article/26/1/137/880974</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4689,51 +4689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 245–246.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zimmerman EC (1978) Insects of Hawaii a manual of the insects of the Hawaiian Islands, including an enumeration of the species and notes on their origin, distribution, hosts, parasites, etc. Vol. 9. Part II. Gelechioidea. University Press of Hawaii, Honolulu (US), 883-1903. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId278768fd55611e8be" w:history="1">
+      <w:hyperlink r:id="rId6805691822b2ac221" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4808,51 +4808,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984668fd55611e980" w:history="1">
+      <w:hyperlink r:id="rId9389691822b2ac2e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4928,81 +4928,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 141-143. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId997668fd55611ea44" w:history="1">
+      <w:hyperlink r:id="rId7048691822b2ac3b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="23660904" name="name122668fd55611ee6e" descr="eu_funding_250.png"/>
+            <wp:docPr id="41220612" name="name3383691822b2ac517" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId719768fd55611ee6c" cstate="print"/>
+                    <a:blip r:embed="rId2381691822b2ac515" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5100,137 +5100,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="41865953">
+  <w:abstractNum w:abstractNumId="13521763">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19687832">
+    <w:lvl w:ilvl="0" w:tplc="28844799">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19687832" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28844799" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19687832" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28844799" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19687832" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28844799" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19687832" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28844799" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19687832" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28844799" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19687832" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28844799" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19687832" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28844799" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19687832" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28844799" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41865952">
+  <w:abstractNum w:abstractNumId="13521762">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61112364">
+    <w:lvl w:ilvl="0" w:tplc="12613982">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5982,55 +5982,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41865952">
-    <w:abstractNumId w:val="41865952"/>
+  <w:num w:numId="13521762">
+    <w:abstractNumId w:val="13521762"/>
   </w:num>
-  <w:num w:numId="41865953">
-    <w:abstractNumId w:val="41865953"/>
+  <w:num w:numId="13521763">
+    <w:abstractNumId w:val="13521763"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17580,51 +17580,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId546438070" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId449467763" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId986268fd55611b68f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/" TargetMode="External"/><Relationship Id="rId146168fd55611b6f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/categorization" TargetMode="External"/><Relationship Id="rId988268fd55611be67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/photos" TargetMode="External"/><Relationship Id="rId885968fd55611de27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032" TargetMode="External"/><Relationship Id="rId166368fd55611de8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naldc.nal.usda.gov/download/CAT86200834/PDF" TargetMode="External"/><Relationship Id="rId522568fd55611dee7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90" TargetMode="External"/><Relationship Id="rId284568fd55611df76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422" TargetMode="External"/><Relationship Id="rId855468fd55611dfb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf" TargetMode="External"/><Relationship Id="rId432868fd55611e051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769" TargetMode="External"/><Relationship Id="rId624468fd55611e0b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf" TargetMode="External"/><Relationship Id="rId579968fd55611e0f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10" TargetMode="External"/><Relationship Id="rId876768fd55611e17d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/ee/article/14/6/855/336712" TargetMode="External"/><Relationship Id="rId933268fd55611e264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf" TargetMode="External"/><Relationship Id="rId280368fd55611e2a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf" TargetMode="External"/><Relationship Id="rId988568fd55611e405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf" TargetMode="External"/><Relationship Id="rId152568fd55611e549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf" TargetMode="External"/><Relationship Id="rId125868fd55611e67d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf" TargetMode="External"/><Relationship Id="rId331568fd55611e71f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.flvc.org/flaent/article/view/55145/52824" TargetMode="External"/><Relationship Id="rId899768fd55611e7dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/jee/article/26/1/137/880974" TargetMode="External"/><Relationship Id="rId278768fd55611e8be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94" TargetMode="External"/><Relationship Id="rId984668fd55611e980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId997668fd55611ea44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12026" TargetMode="External"/><Relationship Id="rId579768fd55611bd85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId579768fd55611bd85.jpg"/><Relationship Id="rId326568fd55611d377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId326568fd55611d377.jpg"/><Relationship Id="rId719768fd55611ee6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId719768fd55611ee6c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId155059233" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId101895955" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8238691822b2a8e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/" TargetMode="External"/><Relationship Id="rId1206691822b2a8f1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/categorization" TargetMode="External"/><Relationship Id="rId9780691822b2a97c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/photos" TargetMode="External"/><Relationship Id="rId4541691822b2ab741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032" TargetMode="External"/><Relationship Id="rId9180691822b2ab7b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naldc.nal.usda.gov/download/CAT86200834/PDF" TargetMode="External"/><Relationship Id="rId9883691822b2ab812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90" TargetMode="External"/><Relationship Id="rId4228691822b2ab8a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422" TargetMode="External"/><Relationship Id="rId5304691822b2ab8e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf" TargetMode="External"/><Relationship Id="rId9902691822b2ab985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769" TargetMode="External"/><Relationship Id="rId7057691822b2ab9e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf" TargetMode="External"/><Relationship Id="rId9192691822b2aba27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10" TargetMode="External"/><Relationship Id="rId2005691822b2abab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/ee/article/14/6/855/336712" TargetMode="External"/><Relationship Id="rId8852691822b2abba8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf" TargetMode="External"/><Relationship Id="rId4950691822b2abbe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf" TargetMode="External"/><Relationship Id="rId6497691822b2abd55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf" TargetMode="External"/><Relationship Id="rId5569691822b2abea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf" TargetMode="External"/><Relationship Id="rId1058691822b2abfe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf" TargetMode="External"/><Relationship Id="rId4790691822b2ac07f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.flvc.org/flaent/article/view/55145/52824" TargetMode="External"/><Relationship Id="rId5949691822b2ac13c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/jee/article/26/1/137/880974" TargetMode="External"/><Relationship Id="rId6805691822b2ac221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94" TargetMode="External"/><Relationship Id="rId9389691822b2ac2e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7048691822b2ac3b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12026" TargetMode="External"/><Relationship Id="rId5587691822b2a9690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5587691822b2a9690.jpg"/><Relationship Id="rId4697691822b2aac3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4697691822b2aac3c.jpg"/><Relationship Id="rId2381691822b2ac515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2381691822b2ac515.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>