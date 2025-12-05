--- v2 (2025-11-15)
+++ v3 (2025-12-05)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Busck</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tomato pinworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8238691822b2a8e93" w:history="1">
+            <w:hyperlink r:id="rId989969330a241cd09" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1206691822b2a8f1a" w:history="1">
+            <w:hyperlink r:id="rId114469330a241cd74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GNORLY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="84281187" name="name6191691822b2a9692" descr="858.jpg"/>
+                  <wp:docPr id="99132513" name="name945369330a241d5e9" descr="858.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="858.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5587691822b2a9690" cstate="print"/>
+                          <a:blip r:embed="rId198669330a241d5e7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9780691822b2a97c9" w:history="1">
+            <w:hyperlink r:id="rId382469330a241d720" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1608,63 +1608,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">K. lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was reported in Italy in 2008 in a tomato field crop, but the pest did not establish, and no further detections were made (Sannino &amp; Espinosa, 2009).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="41977498" name="name8682691822b2aac3f" descr="GNORLY_distribution_map.jpg"/>
+            <wp:docPr id="78466186" name="name915469330a241ed51" descr="GNORLY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GNORLY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4697691822b2aac3c" cstate="print"/>
+                    <a:blip r:embed="rId243469330a241ed4f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3003,51 +3003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-2), 17–47. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4541691822b2ab741" w:history="1">
+      <w:hyperlink r:id="rId787069330a241f89c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3062,51 +3062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elmore JC &amp; Howland AF (1943) Life history and control of the tomato pinworm. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Technical Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">841, 30 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9180691822b2ab7b2" w:history="1">
+      <w:hyperlink r:id="rId131769330a241f900" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://naldc.nal.usda.gov/download/CAT86200834/PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed April 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3121,51 +3121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9883691822b2ab812" w:history="1">
+      <w:hyperlink r:id="rId384969330a241f961" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3211,90 +3211,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4228691822b2ab8a5" w:history="1">
+      <w:hyperlink r:id="rId682869330a241f9f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Garland JA (ed) (1989) Intercepted Plant Pests 1988-89/Ravageurs interceptés 1988/1989. (Chapter 3. Disease and pest management). Agriculture Canada, Plant Protection Division, Ottawa. 41 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5304691822b2ab8e7" w:history="1">
+      <w:hyperlink r:id="rId938369330a241fa33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Last accessed May 2022). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3349,51 +3349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Venezuela </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 329-339. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9902691822b2ab985" w:history="1">
+      <w:hyperlink r:id="rId370969330a241fad1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3408,90 +3408,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guevara CHF (2000) Dinámica poblacional y sincronía biológica de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walsingham) en el cultivo del tomate variedad entero grande en los Santos, Panamá, durante 1999, Tesis en opción al grado académico de Maestría en entomología. Universidad de Panamá. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7057691822b2ab9e6" w:history="1">
+      <w:hyperlink r:id="rId279769330a241fb32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jiménez JM, Toscano CN, Flaherty LD, Ilic P, Zalom GF &amp; Kido K (1988) Controlling tomato pinworm by mating disruption. California Agriculture, November – December 1988. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9192691822b2aba27" w:history="1">
+      <w:hyperlink r:id="rId444469330a241fb71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3537,51 +3537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomogical Society of America </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 65–74. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2005691822b2abab9" w:history="1">
+      <w:hyperlink r:id="rId779469330a241fc01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academic.oup.com/ee/article/14/6/855/336712</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed April 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3683,90 +3683,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI, Wallingford, UK, 583 pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mossler MA (2010) Crop Profile for Eggplant in Florida. IPM data. Southern IPM Center &amp; USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8852691822b2abba8" w:history="1">
+      <w:hyperlink r:id="rId869469330a241fcea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2015) NAPPO Surveillance Protocols. SP 02 Trapping Protocols for Pests of Fruit entering into NAPPO Member Countries. The Secretariat of the North American Plant Protection Organization, Ottawa, Ontario, Canada. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4950691822b2abbe9" w:history="1">
+      <w:hyperlink r:id="rId363269330a241fd2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3944,51 +3944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Poe SL (1999) Tomato Pinworm, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walshingham) (Insecta: Lepidoptera: Gelechiidae). EENY074 (originally published as DPI Entomology Circular No. 131). UF/IFAS Extension, University of Florida, 4 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6497691822b2abd55" w:history="1">
+      <w:hyperlink r:id="rId580669330a241fe93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schuster D (undated) Tomato pinworm: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5569691822b2abea8" w:history="1">
+      <w:hyperlink r:id="rId829069330a241ffc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4334,51 +4334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 63-68. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1058691822b2abfe1" w:history="1">
+      <w:hyperlink r:id="rId904869330a24200fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 33-42. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4790691822b2ac07f" w:history="1">
+      <w:hyperlink r:id="rId944469330a2420196" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journals.flvc.org/flaent/article/view/55145/52824</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4552,51 +4552,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–143. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5949691822b2ac13c" w:history="1">
+      <w:hyperlink r:id="rId307069330a2420259" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academic.oup.com/jee/article/26/1/137/880974</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4689,51 +4689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 245–246.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zimmerman EC (1978) Insects of Hawaii a manual of the insects of the Hawaiian Islands, including an enumeration of the species and notes on their origin, distribution, hosts, parasites, etc. Vol. 9. Part II. Gelechioidea. University Press of Hawaii, Honolulu (US), 883-1903. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6805691822b2ac221" w:history="1">
+      <w:hyperlink r:id="rId928469330a242033e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4808,51 +4808,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9389691822b2ac2e4" w:history="1">
+      <w:hyperlink r:id="rId424169330a2420413" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4928,81 +4928,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 141-143. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7048691822b2ac3b8" w:history="1">
+      <w:hyperlink r:id="rId871369330a24204d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41220612" name="name3383691822b2ac517" descr="eu_funding_250.png"/>
+            <wp:docPr id="7776227" name="name489769330a2420572" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2381691822b2ac515" cstate="print"/>
+                    <a:blip r:embed="rId887469330a2420571" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5100,137 +5100,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="13521763">
+  <w:abstractNum w:abstractNumId="86306930">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28844799">
+    <w:lvl w:ilvl="0" w:tplc="51661507">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28844799" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51661507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28844799" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51661507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28844799" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51661507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28844799" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51661507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28844799" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51661507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28844799" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51661507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28844799" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51661507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28844799" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51661507" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13521762">
+  <w:abstractNum w:abstractNumId="86306929">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12613982">
+    <w:lvl w:ilvl="0" w:tplc="99244294">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5982,55 +5982,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13521762">
-    <w:abstractNumId w:val="13521762"/>
+  <w:num w:numId="86306929">
+    <w:abstractNumId w:val="86306929"/>
   </w:num>
-  <w:num w:numId="13521763">
-    <w:abstractNumId w:val="13521763"/>
+  <w:num w:numId="86306930">
+    <w:abstractNumId w:val="86306930"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17580,51 +17580,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId155059233" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId101895955" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8238691822b2a8e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/" TargetMode="External"/><Relationship Id="rId1206691822b2a8f1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/categorization" TargetMode="External"/><Relationship Id="rId9780691822b2a97c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/photos" TargetMode="External"/><Relationship Id="rId4541691822b2ab741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032" TargetMode="External"/><Relationship Id="rId9180691822b2ab7b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naldc.nal.usda.gov/download/CAT86200834/PDF" TargetMode="External"/><Relationship Id="rId9883691822b2ab812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90" TargetMode="External"/><Relationship Id="rId4228691822b2ab8a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422" TargetMode="External"/><Relationship Id="rId5304691822b2ab8e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf" TargetMode="External"/><Relationship Id="rId9902691822b2ab985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769" TargetMode="External"/><Relationship Id="rId7057691822b2ab9e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf" TargetMode="External"/><Relationship Id="rId9192691822b2aba27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10" TargetMode="External"/><Relationship Id="rId2005691822b2abab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/ee/article/14/6/855/336712" TargetMode="External"/><Relationship Id="rId8852691822b2abba8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf" TargetMode="External"/><Relationship Id="rId4950691822b2abbe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf" TargetMode="External"/><Relationship Id="rId6497691822b2abd55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf" TargetMode="External"/><Relationship Id="rId5569691822b2abea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf" TargetMode="External"/><Relationship Id="rId1058691822b2abfe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf" TargetMode="External"/><Relationship Id="rId4790691822b2ac07f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.flvc.org/flaent/article/view/55145/52824" TargetMode="External"/><Relationship Id="rId5949691822b2ac13c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/jee/article/26/1/137/880974" TargetMode="External"/><Relationship Id="rId6805691822b2ac221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94" TargetMode="External"/><Relationship Id="rId9389691822b2ac2e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7048691822b2ac3b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12026" TargetMode="External"/><Relationship Id="rId5587691822b2a9690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5587691822b2a9690.jpg"/><Relationship Id="rId4697691822b2aac3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4697691822b2aac3c.jpg"/><Relationship Id="rId2381691822b2ac515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2381691822b2ac515.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId234555488" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId521361546" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId989969330a241cd09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/" TargetMode="External"/><Relationship Id="rId114469330a241cd74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/categorization" TargetMode="External"/><Relationship Id="rId382469330a241d720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/photos" TargetMode="External"/><Relationship Id="rId787069330a241f89c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032" TargetMode="External"/><Relationship Id="rId131769330a241f900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naldc.nal.usda.gov/download/CAT86200834/PDF" TargetMode="External"/><Relationship Id="rId384969330a241f961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90" TargetMode="External"/><Relationship Id="rId682869330a241f9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422" TargetMode="External"/><Relationship Id="rId938369330a241fa33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf" TargetMode="External"/><Relationship Id="rId370969330a241fad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769" TargetMode="External"/><Relationship Id="rId279769330a241fb32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf" TargetMode="External"/><Relationship Id="rId444469330a241fb71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10" TargetMode="External"/><Relationship Id="rId779469330a241fc01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/ee/article/14/6/855/336712" TargetMode="External"/><Relationship Id="rId869469330a241fcea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf" TargetMode="External"/><Relationship Id="rId363269330a241fd2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf" TargetMode="External"/><Relationship Id="rId580669330a241fe93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf" TargetMode="External"/><Relationship Id="rId829069330a241ffc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf" TargetMode="External"/><Relationship Id="rId904869330a24200fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf" TargetMode="External"/><Relationship Id="rId944469330a2420196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.flvc.org/flaent/article/view/55145/52824" TargetMode="External"/><Relationship Id="rId307069330a2420259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/jee/article/26/1/137/880974" TargetMode="External"/><Relationship Id="rId928469330a242033e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94" TargetMode="External"/><Relationship Id="rId424169330a2420413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId871369330a24204d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12026" TargetMode="External"/><Relationship Id="rId198669330a241d5e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId198669330a241d5e7.jpg"/><Relationship Id="rId243469330a241ed4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId243469330a241ed4f.jpg"/><Relationship Id="rId887469330a2420571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId887469330a2420571.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>