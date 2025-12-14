--- v3 (2025-12-05)
+++ v4 (2025-12-14)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Busck</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tomato pinworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId989969330a241cd09" w:history="1">
+            <w:hyperlink r:id="rId3567693ed7bad0507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114469330a241cd74" w:history="1">
+            <w:hyperlink r:id="rId9059693ed7bad0572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GNORLY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99132513" name="name945369330a241d5e9" descr="858.jpg"/>
+                  <wp:docPr id="86682643" name="name2420693ed7bad0b63" descr="858.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="858.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId198669330a241d5e7" cstate="print"/>
+                          <a:blip r:embed="rId1201693ed7bad0b61" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId382469330a241d720" w:history="1">
+            <w:hyperlink r:id="rId7467693ed7bad0c5b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1608,63 +1608,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">K. lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was reported in Italy in 2008 in a tomato field crop, but the pest did not establish, and no further detections were made (Sannino &amp; Espinosa, 2009).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78466186" name="name915469330a241ed51" descr="GNORLY_distribution_map.jpg"/>
+            <wp:docPr id="73829673" name="name3391693ed7bad2335" descr="GNORLY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GNORLY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId243469330a241ed4f" cstate="print"/>
+                    <a:blip r:embed="rId1033693ed7bad2333" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3003,51 +3003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-2), 17–47. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId787069330a241f89c" w:history="1">
+      <w:hyperlink r:id="rId4265693ed7bad311d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3062,51 +3062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elmore JC &amp; Howland AF (1943) Life history and control of the tomato pinworm. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Technical Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">841, 30 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131769330a241f900" w:history="1">
+      <w:hyperlink r:id="rId2113693ed7bad31a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://naldc.nal.usda.gov/download/CAT86200834/PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed April 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3121,51 +3121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId384969330a241f961" w:history="1">
+      <w:hyperlink r:id="rId9207693ed7bad3206" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3211,90 +3211,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId682869330a241f9f3" w:history="1">
+      <w:hyperlink r:id="rId1377693ed7bad3298" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Garland JA (ed) (1989) Intercepted Plant Pests 1988-89/Ravageurs interceptés 1988/1989. (Chapter 3. Disease and pest management). Agriculture Canada, Plant Protection Division, Ottawa. 41 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId938369330a241fa33" w:history="1">
+      <w:hyperlink r:id="rId3391693ed7bad32d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Last accessed May 2022). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3349,51 +3349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Venezuela </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 329-339. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId370969330a241fad1" w:history="1">
+      <w:hyperlink r:id="rId5727693ed7bad33b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3408,90 +3408,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guevara CHF (2000) Dinámica poblacional y sincronía biológica de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walsingham) en el cultivo del tomate variedad entero grande en los Santos, Panamá, durante 1999, Tesis en opción al grado académico de Maestría en entomología. Universidad de Panamá. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId279769330a241fb32" w:history="1">
+      <w:hyperlink r:id="rId8575693ed7bad341d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jiménez JM, Toscano CN, Flaherty LD, Ilic P, Zalom GF &amp; Kido K (1988) Controlling tomato pinworm by mating disruption. California Agriculture, November – December 1988. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId444469330a241fb71" w:history="1">
+      <w:hyperlink r:id="rId2736693ed7bad345f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3537,51 +3537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomogical Society of America </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 65–74. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId779469330a241fc01" w:history="1">
+      <w:hyperlink r:id="rId6783693ed7bad352c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academic.oup.com/ee/article/14/6/855/336712</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed April 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3683,90 +3683,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI, Wallingford, UK, 583 pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mossler MA (2010) Crop Profile for Eggplant in Florida. IPM data. Southern IPM Center &amp; USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId869469330a241fcea" w:history="1">
+      <w:hyperlink r:id="rId7039693ed7bad3623" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2015) NAPPO Surveillance Protocols. SP 02 Trapping Protocols for Pests of Fruit entering into NAPPO Member Countries. The Secretariat of the North American Plant Protection Organization, Ottawa, Ontario, Canada. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId363269330a241fd2a" w:history="1">
+      <w:hyperlink r:id="rId2824693ed7bad3664" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3944,51 +3944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Poe SL (1999) Tomato Pinworm, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walshingham) (Insecta: Lepidoptera: Gelechiidae). EENY074 (originally published as DPI Entomology Circular No. 131). UF/IFAS Extension, University of Florida, 4 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId580669330a241fe93" w:history="1">
+      <w:hyperlink r:id="rId3586693ed7bad37fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schuster D (undated) Tomato pinworm: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId829069330a241ffc8" w:history="1">
+      <w:hyperlink r:id="rId8873693ed7bad3937" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4334,51 +4334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 63-68. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId904869330a24200fb" w:history="1">
+      <w:hyperlink r:id="rId4769693ed7bad3a73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 33-42. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId944469330a2420196" w:history="1">
+      <w:hyperlink r:id="rId8044693ed7bad3b12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journals.flvc.org/flaent/article/view/55145/52824</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4552,51 +4552,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–143. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId307069330a2420259" w:history="1">
+      <w:hyperlink r:id="rId8823693ed7bad3bcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academic.oup.com/jee/article/26/1/137/880974</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4689,51 +4689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 245–246.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zimmerman EC (1978) Insects of Hawaii a manual of the insects of the Hawaiian Islands, including an enumeration of the species and notes on their origin, distribution, hosts, parasites, etc. Vol. 9. Part II. Gelechioidea. University Press of Hawaii, Honolulu (US), 883-1903. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId928469330a242033e" w:history="1">
+      <w:hyperlink r:id="rId1827693ed7bad3cd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4808,51 +4808,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId424169330a2420413" w:history="1">
+      <w:hyperlink r:id="rId2335693ed7bad3df6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4928,81 +4928,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 141-143. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId871369330a24204d8" w:history="1">
+      <w:hyperlink r:id="rId1128693ed7bad3f40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7776227" name="name489769330a2420572" descr="eu_funding_250.png"/>
+            <wp:docPr id="16809015" name="name3244693ed7bad403d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId887469330a2420571" cstate="print"/>
+                    <a:blip r:embed="rId9913693ed7bad403c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5100,137 +5100,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86306930">
+  <w:abstractNum w:abstractNumId="25733844">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51661507">
+    <w:lvl w:ilvl="0" w:tplc="60316037">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51661507" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60316037" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51661507" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60316037" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51661507" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60316037" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51661507" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60316037" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51661507" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60316037" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51661507" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60316037" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51661507" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60316037" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51661507" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60316037" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86306929">
+  <w:abstractNum w:abstractNumId="25733843">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99244294">
+    <w:lvl w:ilvl="0" w:tplc="18668566">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5982,55 +5982,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86306929">
-    <w:abstractNumId w:val="86306929"/>
+  <w:num w:numId="25733843">
+    <w:abstractNumId w:val="25733843"/>
   </w:num>
-  <w:num w:numId="86306930">
-    <w:abstractNumId w:val="86306930"/>
+  <w:num w:numId="25733844">
+    <w:abstractNumId w:val="25733844"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17580,51 +17580,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId234555488" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId521361546" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId989969330a241cd09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/" TargetMode="External"/><Relationship Id="rId114469330a241cd74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/categorization" TargetMode="External"/><Relationship Id="rId382469330a241d720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/photos" TargetMode="External"/><Relationship Id="rId787069330a241f89c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032" TargetMode="External"/><Relationship Id="rId131769330a241f900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naldc.nal.usda.gov/download/CAT86200834/PDF" TargetMode="External"/><Relationship Id="rId384969330a241f961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90" TargetMode="External"/><Relationship Id="rId682869330a241f9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422" TargetMode="External"/><Relationship Id="rId938369330a241fa33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf" TargetMode="External"/><Relationship Id="rId370969330a241fad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769" TargetMode="External"/><Relationship Id="rId279769330a241fb32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf" TargetMode="External"/><Relationship Id="rId444469330a241fb71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10" TargetMode="External"/><Relationship Id="rId779469330a241fc01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/ee/article/14/6/855/336712" TargetMode="External"/><Relationship Id="rId869469330a241fcea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf" TargetMode="External"/><Relationship Id="rId363269330a241fd2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf" TargetMode="External"/><Relationship Id="rId580669330a241fe93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf" TargetMode="External"/><Relationship Id="rId829069330a241ffc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf" TargetMode="External"/><Relationship Id="rId904869330a24200fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf" TargetMode="External"/><Relationship Id="rId944469330a2420196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.flvc.org/flaent/article/view/55145/52824" TargetMode="External"/><Relationship Id="rId307069330a2420259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/jee/article/26/1/137/880974" TargetMode="External"/><Relationship Id="rId928469330a242033e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94" TargetMode="External"/><Relationship Id="rId424169330a2420413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId871369330a24204d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12026" TargetMode="External"/><Relationship Id="rId198669330a241d5e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId198669330a241d5e7.jpg"/><Relationship Id="rId243469330a241ed4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId243469330a241ed4f.jpg"/><Relationship Id="rId887469330a2420571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId887469330a2420571.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId128057426" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId476666272" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3567693ed7bad0507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/" TargetMode="External"/><Relationship Id="rId9059693ed7bad0572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/categorization" TargetMode="External"/><Relationship Id="rId7467693ed7bad0c5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/photos" TargetMode="External"/><Relationship Id="rId4265693ed7bad311d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032" TargetMode="External"/><Relationship Id="rId2113693ed7bad31a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naldc.nal.usda.gov/download/CAT86200834/PDF" TargetMode="External"/><Relationship Id="rId9207693ed7bad3206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90" TargetMode="External"/><Relationship Id="rId1377693ed7bad3298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422" TargetMode="External"/><Relationship Id="rId3391693ed7bad32d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf" TargetMode="External"/><Relationship Id="rId5727693ed7bad33b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769" TargetMode="External"/><Relationship Id="rId8575693ed7bad341d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf" TargetMode="External"/><Relationship Id="rId2736693ed7bad345f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10" TargetMode="External"/><Relationship Id="rId6783693ed7bad352c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/ee/article/14/6/855/336712" TargetMode="External"/><Relationship Id="rId7039693ed7bad3623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf" TargetMode="External"/><Relationship Id="rId2824693ed7bad3664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf" TargetMode="External"/><Relationship Id="rId3586693ed7bad37fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf" TargetMode="External"/><Relationship Id="rId8873693ed7bad3937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf" TargetMode="External"/><Relationship Id="rId4769693ed7bad3a73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf" TargetMode="External"/><Relationship Id="rId8044693ed7bad3b12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.flvc.org/flaent/article/view/55145/52824" TargetMode="External"/><Relationship Id="rId8823693ed7bad3bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/jee/article/26/1/137/880974" TargetMode="External"/><Relationship Id="rId1827693ed7bad3cd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94" TargetMode="External"/><Relationship Id="rId2335693ed7bad3df6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1128693ed7bad3f40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12026" TargetMode="External"/><Relationship Id="rId1201693ed7bad0b61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1201693ed7bad0b61.jpg"/><Relationship Id="rId1033693ed7bad2333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1033693ed7bad2333.jpg"/><Relationship Id="rId9913693ed7bad403c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9913693ed7bad403c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>