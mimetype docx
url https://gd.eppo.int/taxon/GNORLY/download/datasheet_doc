--- v4 (2025-12-14)
+++ v5 (2026-01-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Busck</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tomato pinworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3567693ed7bad0507" w:history="1">
+            <w:hyperlink r:id="rId21926968c53e253a2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9059693ed7bad0572" w:history="1">
+            <w:hyperlink r:id="rId82946968c53e2540d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GNORLY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86682643" name="name2420693ed7bad0b63" descr="858.jpg"/>
+                  <wp:docPr id="16060265" name="name73206968c53e25943" descr="858.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="858.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1201693ed7bad0b61" cstate="print"/>
+                          <a:blip r:embed="rId10766968c53e25941" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7467693ed7bad0c5b" w:history="1">
+            <w:hyperlink r:id="rId10046968c53e25a62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1608,63 +1608,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">K. lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was reported in Italy in 2008 in a tomato field crop, but the pest did not establish, and no further detections were made (Sannino &amp; Espinosa, 2009).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73829673" name="name3391693ed7bad2335" descr="GNORLY_distribution_map.jpg"/>
+            <wp:docPr id="45875937" name="name32186968c53e270e9" descr="GNORLY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GNORLY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1033693ed7bad2333" cstate="print"/>
+                    <a:blip r:embed="rId57816968c53e270e5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3003,51 +3003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-2), 17–47. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4265693ed7bad311d" w:history="1">
+      <w:hyperlink r:id="rId70146968c53e27c02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3062,51 +3062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elmore JC &amp; Howland AF (1943) Life history and control of the tomato pinworm. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Technical Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">841, 30 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2113693ed7bad31a1" w:history="1">
+      <w:hyperlink r:id="rId74816968c53e27c68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://naldc.nal.usda.gov/download/CAT86200834/PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed April 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3121,51 +3121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9207693ed7bad3206" w:history="1">
+      <w:hyperlink r:id="rId43646968c53e27cc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3211,90 +3211,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1377693ed7bad3298" w:history="1">
+      <w:hyperlink r:id="rId29676968c53e27d58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Garland JA (ed) (1989) Intercepted Plant Pests 1988-89/Ravageurs interceptés 1988/1989. (Chapter 3. Disease and pest management). Agriculture Canada, Plant Protection Division, Ottawa. 41 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3391693ed7bad32d9" w:history="1">
+      <w:hyperlink r:id="rId52886968c53e27d99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Last accessed May 2022). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3349,51 +3349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Venezuela </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 329-339. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5727693ed7bad33b6" w:history="1">
+      <w:hyperlink r:id="rId55806968c53e27e38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3408,90 +3408,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guevara CHF (2000) Dinámica poblacional y sincronía biológica de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walsingham) en el cultivo del tomate variedad entero grande en los Santos, Panamá, durante 1999, Tesis en opción al grado académico de Maestría en entomología. Universidad de Panamá. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8575693ed7bad341d" w:history="1">
+      <w:hyperlink r:id="rId14576968c53e27e9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jiménez JM, Toscano CN, Flaherty LD, Ilic P, Zalom GF &amp; Kido K (1988) Controlling tomato pinworm by mating disruption. California Agriculture, November – December 1988. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2736693ed7bad345f" w:history="1">
+      <w:hyperlink r:id="rId88026968c53e27ed9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3537,51 +3537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomogical Society of America </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 65–74. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6783693ed7bad352c" w:history="1">
+      <w:hyperlink r:id="rId71726968c53e27f69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academic.oup.com/ee/article/14/6/855/336712</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed April 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3683,90 +3683,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI, Wallingford, UK, 583 pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mossler MA (2010) Crop Profile for Eggplant in Florida. IPM data. Southern IPM Center &amp; USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7039693ed7bad3623" w:history="1">
+      <w:hyperlink r:id="rId90506968c53e28077" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2015) NAPPO Surveillance Protocols. SP 02 Trapping Protocols for Pests of Fruit entering into NAPPO Member Countries. The Secretariat of the North American Plant Protection Organization, Ottawa, Ontario, Canada. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2824693ed7bad3664" w:history="1">
+      <w:hyperlink r:id="rId39456968c53e280bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3944,51 +3944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Poe SL (1999) Tomato Pinworm, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walshingham) (Insecta: Lepidoptera: Gelechiidae). EENY074 (originally published as DPI Entomology Circular No. 131). UF/IFAS Extension, University of Florida, 4 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3586693ed7bad37fd" w:history="1">
+      <w:hyperlink r:id="rId14076968c53e28230" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schuster D (undated) Tomato pinworm: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8873693ed7bad3937" w:history="1">
+      <w:hyperlink r:id="rId90066968c53e2836a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4334,51 +4334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 63-68. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4769693ed7bad3a73" w:history="1">
+      <w:hyperlink r:id="rId96076968c53e284a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 33-42. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8044693ed7bad3b12" w:history="1">
+      <w:hyperlink r:id="rId82146968c53e2853f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journals.flvc.org/flaent/article/view/55145/52824</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4552,51 +4552,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–143. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8823693ed7bad3bcf" w:history="1">
+      <w:hyperlink r:id="rId49566968c53e28606" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academic.oup.com/jee/article/26/1/137/880974</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4689,51 +4689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 245–246.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zimmerman EC (1978) Insects of Hawaii a manual of the insects of the Hawaiian Islands, including an enumeration of the species and notes on their origin, distribution, hosts, parasites, etc. Vol. 9. Part II. Gelechioidea. University Press of Hawaii, Honolulu (US), 883-1903. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1827693ed7bad3cd8" w:history="1">
+      <w:hyperlink r:id="rId25596968c53e286ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4786,73 +4786,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2335693ed7bad3df6" w:history="1">
+      <w:hyperlink r:id="rId23166968c53e287b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4928,81 +4928,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 141-143. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1128693ed7bad3f40" w:history="1">
+      <w:hyperlink r:id="rId68156968c53e28877" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16809015" name="name3244693ed7bad403d" descr="eu_funding_250.png"/>
+            <wp:docPr id="95267525" name="name87146968c53e288f8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9913693ed7bad403c" cstate="print"/>
+                    <a:blip r:embed="rId83746968c53e288f7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5100,137 +5100,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25733844">
+  <w:abstractNum w:abstractNumId="99799271">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60316037">
+    <w:lvl w:ilvl="0" w:tplc="12193651">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60316037" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12193651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60316037" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12193651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60316037" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12193651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60316037" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12193651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60316037" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12193651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60316037" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12193651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60316037" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12193651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60316037" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12193651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25733843">
+  <w:abstractNum w:abstractNumId="99799270">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18668566">
+    <w:lvl w:ilvl="0" w:tplc="28574152">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5982,55 +5982,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25733843">
-    <w:abstractNumId w:val="25733843"/>
+  <w:num w:numId="99799270">
+    <w:abstractNumId w:val="99799270"/>
   </w:num>
-  <w:num w:numId="25733844">
-    <w:abstractNumId w:val="25733844"/>
+  <w:num w:numId="99799271">
+    <w:abstractNumId w:val="99799271"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17580,51 +17580,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId128057426" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId476666272" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3567693ed7bad0507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/" TargetMode="External"/><Relationship Id="rId9059693ed7bad0572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/categorization" TargetMode="External"/><Relationship Id="rId7467693ed7bad0c5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/photos" TargetMode="External"/><Relationship Id="rId4265693ed7bad311d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032" TargetMode="External"/><Relationship Id="rId2113693ed7bad31a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naldc.nal.usda.gov/download/CAT86200834/PDF" TargetMode="External"/><Relationship Id="rId9207693ed7bad3206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90" TargetMode="External"/><Relationship Id="rId1377693ed7bad3298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422" TargetMode="External"/><Relationship Id="rId3391693ed7bad32d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf" TargetMode="External"/><Relationship Id="rId5727693ed7bad33b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769" TargetMode="External"/><Relationship Id="rId8575693ed7bad341d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf" TargetMode="External"/><Relationship Id="rId2736693ed7bad345f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10" TargetMode="External"/><Relationship Id="rId6783693ed7bad352c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/ee/article/14/6/855/336712" TargetMode="External"/><Relationship Id="rId7039693ed7bad3623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf" TargetMode="External"/><Relationship Id="rId2824693ed7bad3664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf" TargetMode="External"/><Relationship Id="rId3586693ed7bad37fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf" TargetMode="External"/><Relationship Id="rId8873693ed7bad3937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf" TargetMode="External"/><Relationship Id="rId4769693ed7bad3a73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf" TargetMode="External"/><Relationship Id="rId8044693ed7bad3b12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.flvc.org/flaent/article/view/55145/52824" TargetMode="External"/><Relationship Id="rId8823693ed7bad3bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/jee/article/26/1/137/880974" TargetMode="External"/><Relationship Id="rId1827693ed7bad3cd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94" TargetMode="External"/><Relationship Id="rId2335693ed7bad3df6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1128693ed7bad3f40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12026" TargetMode="External"/><Relationship Id="rId1201693ed7bad0b61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1201693ed7bad0b61.jpg"/><Relationship Id="rId1033693ed7bad2333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1033693ed7bad2333.jpg"/><Relationship Id="rId9913693ed7bad403c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9913693ed7bad403c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId874175837" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId254646792" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId21926968c53e253a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/" TargetMode="External"/><Relationship Id="rId82946968c53e2540d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/categorization" TargetMode="External"/><Relationship Id="rId10046968c53e25a62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/photos" TargetMode="External"/><Relationship Id="rId70146968c53e27c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032" TargetMode="External"/><Relationship Id="rId74816968c53e27c68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naldc.nal.usda.gov/download/CAT86200834/PDF" TargetMode="External"/><Relationship Id="rId43646968c53e27cc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90" TargetMode="External"/><Relationship Id="rId29676968c53e27d58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422" TargetMode="External"/><Relationship Id="rId52886968c53e27d99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf" TargetMode="External"/><Relationship Id="rId55806968c53e27e38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769" TargetMode="External"/><Relationship Id="rId14576968c53e27e9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf" TargetMode="External"/><Relationship Id="rId88026968c53e27ed9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10" TargetMode="External"/><Relationship Id="rId71726968c53e27f69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/ee/article/14/6/855/336712" TargetMode="External"/><Relationship Id="rId90506968c53e28077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf" TargetMode="External"/><Relationship Id="rId39456968c53e280bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf" TargetMode="External"/><Relationship Id="rId14076968c53e28230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf" TargetMode="External"/><Relationship Id="rId90066968c53e2836a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf" TargetMode="External"/><Relationship Id="rId96076968c53e284a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf" TargetMode="External"/><Relationship Id="rId82146968c53e2853f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.flvc.org/flaent/article/view/55145/52824" TargetMode="External"/><Relationship Id="rId49566968c53e28606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/jee/article/26/1/137/880974" TargetMode="External"/><Relationship Id="rId25596968c53e286ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94" TargetMode="External"/><Relationship Id="rId23166968c53e287b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId68156968c53e28877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12026" TargetMode="External"/><Relationship Id="rId10766968c53e25941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10766968c53e25941.jpg"/><Relationship Id="rId57816968c53e270e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57816968c53e270e5.jpg"/><Relationship Id="rId83746968c53e288f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83746968c53e288f7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>