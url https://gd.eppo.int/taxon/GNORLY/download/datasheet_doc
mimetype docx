--- v5 (2026-01-15)
+++ v6 (2026-02-04)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Busck</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tomato pinworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21926968c53e253a2" w:history="1">
+            <w:hyperlink r:id="rId610169835e2a0b205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82946968c53e2540d" w:history="1">
+            <w:hyperlink r:id="rId281469835e2a0b26e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GNORLY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16060265" name="name73206968c53e25943" descr="858.jpg"/>
+                  <wp:docPr id="43805580" name="name445869835e2a0b7b2" descr="858.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="858.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10766968c53e25941" cstate="print"/>
+                          <a:blip r:embed="rId163169835e2a0b7b0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId10046968c53e25a62" w:history="1">
+            <w:hyperlink r:id="rId908869835e2a0b8c3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1608,63 +1608,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">K. lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was reported in Italy in 2008 in a tomato field crop, but the pest did not establish, and no further detections were made (Sannino &amp; Espinosa, 2009).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45875937" name="name32186968c53e270e9" descr="GNORLY_distribution_map.jpg"/>
+            <wp:docPr id="10541726" name="name536269835e2a0cd8a" descr="GNORLY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GNORLY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId57816968c53e270e5" cstate="print"/>
+                    <a:blip r:embed="rId933569835e2a0cd87" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3003,51 +3003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-2), 17–47. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70146968c53e27c02" w:history="1">
+      <w:hyperlink r:id="rId740869835e2a0d858" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3062,51 +3062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elmore JC &amp; Howland AF (1943) Life history and control of the tomato pinworm. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Technical Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">841, 30 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74816968c53e27c68" w:history="1">
+      <w:hyperlink r:id="rId872769835e2a0d8c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://naldc.nal.usda.gov/download/CAT86200834/PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed April 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3121,51 +3121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43646968c53e27cc7" w:history="1">
+      <w:hyperlink r:id="rId455569835e2a0d922" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3211,90 +3211,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29676968c53e27d58" w:history="1">
+      <w:hyperlink r:id="rId380569835e2a0d9b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Garland JA (ed) (1989) Intercepted Plant Pests 1988-89/Ravageurs interceptés 1988/1989. (Chapter 3. Disease and pest management). Agriculture Canada, Plant Protection Division, Ottawa. 41 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52886968c53e27d99" w:history="1">
+      <w:hyperlink r:id="rId218469835e2a0d9f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Last accessed May 2022). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3349,51 +3349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Venezuela </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 329-339. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55806968c53e27e38" w:history="1">
+      <w:hyperlink r:id="rId514069835e2a0daaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3408,90 +3408,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guevara CHF (2000) Dinámica poblacional y sincronía biológica de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walsingham) en el cultivo del tomate variedad entero grande en los Santos, Panamá, durante 1999, Tesis en opción al grado académico de Maestría en entomología. Universidad de Panamá. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14576968c53e27e9a" w:history="1">
+      <w:hyperlink r:id="rId240569835e2a0db10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jiménez JM, Toscano CN, Flaherty LD, Ilic P, Zalom GF &amp; Kido K (1988) Controlling tomato pinworm by mating disruption. California Agriculture, November – December 1988. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88026968c53e27ed9" w:history="1">
+      <w:hyperlink r:id="rId234169835e2a0db50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3537,51 +3537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomogical Society of America </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 65–74. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71726968c53e27f69" w:history="1">
+      <w:hyperlink r:id="rId941269835e2a0dbe1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academic.oup.com/ee/article/14/6/855/336712</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed April 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3683,90 +3683,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI, Wallingford, UK, 583 pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mossler MA (2010) Crop Profile for Eggplant in Florida. IPM data. Southern IPM Center &amp; USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90506968c53e28077" w:history="1">
+      <w:hyperlink r:id="rId159869835e2a0dccd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2015) NAPPO Surveillance Protocols. SP 02 Trapping Protocols for Pests of Fruit entering into NAPPO Member Countries. The Secretariat of the North American Plant Protection Organization, Ottawa, Ontario, Canada. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39456968c53e280bf" w:history="1">
+      <w:hyperlink r:id="rId252469835e2a0dd0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3944,51 +3944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Poe SL (1999) Tomato Pinworm, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walshingham) (Insecta: Lepidoptera: Gelechiidae). EENY074 (originally published as DPI Entomology Circular No. 131). UF/IFAS Extension, University of Florida, 4 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14076968c53e28230" w:history="1">
+      <w:hyperlink r:id="rId921469835e2a0de75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schuster D (undated) Tomato pinworm: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90066968c53e2836a" w:history="1">
+      <w:hyperlink r:id="rId682169835e2a0dfa7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4334,51 +4334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 63-68. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96076968c53e284a3" w:history="1">
+      <w:hyperlink r:id="rId189569835e2a0e0db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 33-42. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82146968c53e2853f" w:history="1">
+      <w:hyperlink r:id="rId516769835e2a0e175" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journals.flvc.org/flaent/article/view/55145/52824</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4552,51 +4552,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–143. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49566968c53e28606" w:history="1">
+      <w:hyperlink r:id="rId281069835e2a0e23a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academic.oup.com/jee/article/26/1/137/880974</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4689,51 +4689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 245–246.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zimmerman EC (1978) Insects of Hawaii a manual of the insects of the Hawaiian Islands, including an enumeration of the species and notes on their origin, distribution, hosts, parasites, etc. Vol. 9. Part II. Gelechioidea. University Press of Hawaii, Honolulu (US), 883-1903. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25596968c53e286ed" w:history="1">
+      <w:hyperlink r:id="rId511969835e2a0e31f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4808,51 +4808,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23166968c53e287b1" w:history="1">
+      <w:hyperlink r:id="rId245969835e2a0e3e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4928,81 +4928,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 141-143. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68156968c53e28877" w:history="1">
+      <w:hyperlink r:id="rId658669835e2a0e4aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="95267525" name="name87146968c53e288f8" descr="eu_funding_250.png"/>
+            <wp:docPr id="70185505" name="name823569835e2a0e505" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId83746968c53e288f7" cstate="print"/>
+                    <a:blip r:embed="rId704469835e2a0e504" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5100,137 +5100,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99799271">
+  <w:abstractNum w:abstractNumId="33717832">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12193651">
+    <w:lvl w:ilvl="0" w:tplc="85531142">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12193651" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85531142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12193651" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85531142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12193651" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85531142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12193651" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85531142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12193651" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85531142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12193651" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85531142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12193651" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85531142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12193651" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85531142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99799270">
+  <w:abstractNum w:abstractNumId="33717831">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28574152">
+    <w:lvl w:ilvl="0" w:tplc="61288802">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5982,55 +5982,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99799270">
-    <w:abstractNumId w:val="99799270"/>
+  <w:num w:numId="33717831">
+    <w:abstractNumId w:val="33717831"/>
   </w:num>
-  <w:num w:numId="99799271">
-    <w:abstractNumId w:val="99799271"/>
+  <w:num w:numId="33717832">
+    <w:abstractNumId w:val="33717832"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17580,51 +17580,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId874175837" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId254646792" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId21926968c53e253a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/" TargetMode="External"/><Relationship Id="rId82946968c53e2540d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/categorization" TargetMode="External"/><Relationship Id="rId10046968c53e25a62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/photos" TargetMode="External"/><Relationship Id="rId70146968c53e27c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032" TargetMode="External"/><Relationship Id="rId74816968c53e27c68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naldc.nal.usda.gov/download/CAT86200834/PDF" TargetMode="External"/><Relationship Id="rId43646968c53e27cc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90" TargetMode="External"/><Relationship Id="rId29676968c53e27d58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422" TargetMode="External"/><Relationship Id="rId52886968c53e27d99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf" TargetMode="External"/><Relationship Id="rId55806968c53e27e38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769" TargetMode="External"/><Relationship Id="rId14576968c53e27e9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf" TargetMode="External"/><Relationship Id="rId88026968c53e27ed9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10" TargetMode="External"/><Relationship Id="rId71726968c53e27f69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/ee/article/14/6/855/336712" TargetMode="External"/><Relationship Id="rId90506968c53e28077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf" TargetMode="External"/><Relationship Id="rId39456968c53e280bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf" TargetMode="External"/><Relationship Id="rId14076968c53e28230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf" TargetMode="External"/><Relationship Id="rId90066968c53e2836a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf" TargetMode="External"/><Relationship Id="rId96076968c53e284a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf" TargetMode="External"/><Relationship Id="rId82146968c53e2853f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.flvc.org/flaent/article/view/55145/52824" TargetMode="External"/><Relationship Id="rId49566968c53e28606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/jee/article/26/1/137/880974" TargetMode="External"/><Relationship Id="rId25596968c53e286ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94" TargetMode="External"/><Relationship Id="rId23166968c53e287b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId68156968c53e28877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12026" TargetMode="External"/><Relationship Id="rId10766968c53e25941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10766968c53e25941.jpg"/><Relationship Id="rId57816968c53e270e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57816968c53e270e5.jpg"/><Relationship Id="rId83746968c53e288f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83746968c53e288f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId452047799" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId605123296" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId610169835e2a0b205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/" TargetMode="External"/><Relationship Id="rId281469835e2a0b26e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/categorization" TargetMode="External"/><Relationship Id="rId908869835e2a0b8c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/photos" TargetMode="External"/><Relationship Id="rId740869835e2a0d858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032" TargetMode="External"/><Relationship Id="rId872769835e2a0d8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naldc.nal.usda.gov/download/CAT86200834/PDF" TargetMode="External"/><Relationship Id="rId455569835e2a0d922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90" TargetMode="External"/><Relationship Id="rId380569835e2a0d9b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422" TargetMode="External"/><Relationship Id="rId218469835e2a0d9f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf" TargetMode="External"/><Relationship Id="rId514069835e2a0daaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769" TargetMode="External"/><Relationship Id="rId240569835e2a0db10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf" TargetMode="External"/><Relationship Id="rId234169835e2a0db50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10" TargetMode="External"/><Relationship Id="rId941269835e2a0dbe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/ee/article/14/6/855/336712" TargetMode="External"/><Relationship Id="rId159869835e2a0dccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf" TargetMode="External"/><Relationship Id="rId252469835e2a0dd0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf" TargetMode="External"/><Relationship Id="rId921469835e2a0de75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf" TargetMode="External"/><Relationship Id="rId682169835e2a0dfa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf" TargetMode="External"/><Relationship Id="rId189569835e2a0e0db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf" TargetMode="External"/><Relationship Id="rId516769835e2a0e175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.flvc.org/flaent/article/view/55145/52824" TargetMode="External"/><Relationship Id="rId281069835e2a0e23a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/jee/article/26/1/137/880974" TargetMode="External"/><Relationship Id="rId511969835e2a0e31f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94" TargetMode="External"/><Relationship Id="rId245969835e2a0e3e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId658669835e2a0e4aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12026" TargetMode="External"/><Relationship Id="rId163169835e2a0b7b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId163169835e2a0b7b0.jpg"/><Relationship Id="rId933569835e2a0cd87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId933569835e2a0cd87.jpg"/><Relationship Id="rId704469835e2a0e504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId704469835e2a0e504.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>