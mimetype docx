--- v6 (2026-02-04)
+++ v7 (2026-02-25)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Busck</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tomato pinworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId610169835e2a0b205" w:history="1">
+            <w:hyperlink r:id="rId7252699f70c2354ab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281469835e2a0b26e" w:history="1">
+            <w:hyperlink r:id="rId3323699f70c235515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GNORLY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43805580" name="name445869835e2a0b7b2" descr="858.jpg"/>
+                  <wp:docPr id="99104056" name="name5452699f70c235a6d" descr="858.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="858.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId163169835e2a0b7b0" cstate="print"/>
+                          <a:blip r:embed="rId1702699f70c235a6b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId908869835e2a0b8c3" w:history="1">
+            <w:hyperlink r:id="rId6197699f70c235ba4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1608,63 +1608,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">K. lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was reported in Italy in 2008 in a tomato field crop, but the pest did not establish, and no further detections were made (Sannino &amp; Espinosa, 2009).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="10541726" name="name536269835e2a0cd8a" descr="GNORLY_distribution_map.jpg"/>
+            <wp:docPr id="57842352" name="name7630699f70c236df4" descr="GNORLY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GNORLY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId933569835e2a0cd87" cstate="print"/>
+                    <a:blip r:embed="rId4725699f70c236df1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3003,51 +3003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-2), 17–47. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId740869835e2a0d858" w:history="1">
+      <w:hyperlink r:id="rId7615699f70c237905" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3062,51 +3062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elmore JC &amp; Howland AF (1943) Life history and control of the tomato pinworm. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Technical Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">841, 30 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId872769835e2a0d8c2" w:history="1">
+      <w:hyperlink r:id="rId6351699f70c237974" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://naldc.nal.usda.gov/download/CAT86200834/PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed April 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3121,51 +3121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId455569835e2a0d922" w:history="1">
+      <w:hyperlink r:id="rId6197699f70c2379d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3211,90 +3211,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId380569835e2a0d9b4" w:history="1">
+      <w:hyperlink r:id="rId5417699f70c237a72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Garland JA (ed) (1989) Intercepted Plant Pests 1988-89/Ravageurs interceptés 1988/1989. (Chapter 3. Disease and pest management). Agriculture Canada, Plant Protection Division, Ottawa. 41 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId218469835e2a0d9f5" w:history="1">
+      <w:hyperlink r:id="rId1952699f70c237ab5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Last accessed May 2022). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3349,51 +3349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Venezuela </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 329-339. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId514069835e2a0daaa" w:history="1">
+      <w:hyperlink r:id="rId8607699f70c237b52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3408,90 +3408,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guevara CHF (2000) Dinámica poblacional y sincronía biológica de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walsingham) en el cultivo del tomate variedad entero grande en los Santos, Panamá, durante 1999, Tesis en opción al grado académico de Maestría en entomología. Universidad de Panamá. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId240569835e2a0db10" w:history="1">
+      <w:hyperlink r:id="rId8906699f70c237bb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jiménez JM, Toscano CN, Flaherty LD, Ilic P, Zalom GF &amp; Kido K (1988) Controlling tomato pinworm by mating disruption. California Agriculture, November – December 1988. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId234169835e2a0db50" w:history="1">
+      <w:hyperlink r:id="rId4499699f70c237bf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3537,51 +3537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomogical Society of America </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 65–74. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId941269835e2a0dbe1" w:history="1">
+      <w:hyperlink r:id="rId5781699f70c237c80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academic.oup.com/ee/article/14/6/855/336712</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed April 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3683,90 +3683,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI, Wallingford, UK, 583 pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mossler MA (2010) Crop Profile for Eggplant in Florida. IPM data. Southern IPM Center &amp; USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159869835e2a0dccd" w:history="1">
+      <w:hyperlink r:id="rId5291699f70c237d6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2015) NAPPO Surveillance Protocols. SP 02 Trapping Protocols for Pests of Fruit entering into NAPPO Member Countries. The Secretariat of the North American Plant Protection Organization, Ottawa, Ontario, Canada. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId252469835e2a0dd0c" w:history="1">
+      <w:hyperlink r:id="rId5677699f70c237da9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3944,51 +3944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Poe SL (1999) Tomato Pinworm, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walshingham) (Insecta: Lepidoptera: Gelechiidae). EENY074 (originally published as DPI Entomology Circular No. 131). UF/IFAS Extension, University of Florida, 4 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId921469835e2a0de75" w:history="1">
+      <w:hyperlink r:id="rId5431699f70c237f10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schuster D (undated) Tomato pinworm: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId682169835e2a0dfa7" w:history="1">
+      <w:hyperlink r:id="rId5853699f70c238041" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4334,51 +4334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 63-68. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId189569835e2a0e0db" w:history="1">
+      <w:hyperlink r:id="rId6160699f70c238172" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 33-42. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId516769835e2a0e175" w:history="1">
+      <w:hyperlink r:id="rId2123699f70c23820c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journals.flvc.org/flaent/article/view/55145/52824</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4552,51 +4552,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–143. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId281069835e2a0e23a" w:history="1">
+      <w:hyperlink r:id="rId6572699f70c2382c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academic.oup.com/jee/article/26/1/137/880974</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4689,51 +4689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 245–246.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zimmerman EC (1978) Insects of Hawaii a manual of the insects of the Hawaiian Islands, including an enumeration of the species and notes on their origin, distribution, hosts, parasites, etc. Vol. 9. Part II. Gelechioidea. University Press of Hawaii, Honolulu (US), 883-1903. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId511969835e2a0e31f" w:history="1">
+      <w:hyperlink r:id="rId7974699f70c2383b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4808,51 +4808,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId245969835e2a0e3e4" w:history="1">
+      <w:hyperlink r:id="rId7730699f70c238474" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4928,81 +4928,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 141-143. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId658669835e2a0e4aa" w:history="1">
+      <w:hyperlink r:id="rId8685699f70c238537" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70185505" name="name823569835e2a0e505" descr="eu_funding_250.png"/>
+            <wp:docPr id="84624200" name="name1070699f70c2385a1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId704469835e2a0e504" cstate="print"/>
+                    <a:blip r:embed="rId8253699f70c2385a0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5100,137 +5100,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33717832">
+  <w:abstractNum w:abstractNumId="64079956">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85531142">
+    <w:lvl w:ilvl="0" w:tplc="98017716">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85531142" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98017716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85531142" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98017716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85531142" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98017716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85531142" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98017716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85531142" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98017716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85531142" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98017716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85531142" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98017716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85531142" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98017716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33717831">
+  <w:abstractNum w:abstractNumId="64079955">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61288802">
+    <w:lvl w:ilvl="0" w:tplc="94323087">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5982,55 +5982,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33717831">
-    <w:abstractNumId w:val="33717831"/>
+  <w:num w:numId="64079955">
+    <w:abstractNumId w:val="64079955"/>
   </w:num>
-  <w:num w:numId="33717832">
-    <w:abstractNumId w:val="33717832"/>
+  <w:num w:numId="64079956">
+    <w:abstractNumId w:val="64079956"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17580,51 +17580,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId452047799" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId605123296" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId610169835e2a0b205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/" TargetMode="External"/><Relationship Id="rId281469835e2a0b26e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/categorization" TargetMode="External"/><Relationship Id="rId908869835e2a0b8c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/photos" TargetMode="External"/><Relationship Id="rId740869835e2a0d858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032" TargetMode="External"/><Relationship Id="rId872769835e2a0d8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naldc.nal.usda.gov/download/CAT86200834/PDF" TargetMode="External"/><Relationship Id="rId455569835e2a0d922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90" TargetMode="External"/><Relationship Id="rId380569835e2a0d9b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422" TargetMode="External"/><Relationship Id="rId218469835e2a0d9f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf" TargetMode="External"/><Relationship Id="rId514069835e2a0daaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769" TargetMode="External"/><Relationship Id="rId240569835e2a0db10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf" TargetMode="External"/><Relationship Id="rId234169835e2a0db50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10" TargetMode="External"/><Relationship Id="rId941269835e2a0dbe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/ee/article/14/6/855/336712" TargetMode="External"/><Relationship Id="rId159869835e2a0dccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf" TargetMode="External"/><Relationship Id="rId252469835e2a0dd0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf" TargetMode="External"/><Relationship Id="rId921469835e2a0de75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf" TargetMode="External"/><Relationship Id="rId682169835e2a0dfa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf" TargetMode="External"/><Relationship Id="rId189569835e2a0e0db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf" TargetMode="External"/><Relationship Id="rId516769835e2a0e175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.flvc.org/flaent/article/view/55145/52824" TargetMode="External"/><Relationship Id="rId281069835e2a0e23a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/jee/article/26/1/137/880974" TargetMode="External"/><Relationship Id="rId511969835e2a0e31f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94" TargetMode="External"/><Relationship Id="rId245969835e2a0e3e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId658669835e2a0e4aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12026" TargetMode="External"/><Relationship Id="rId163169835e2a0b7b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId163169835e2a0b7b0.jpg"/><Relationship Id="rId933569835e2a0cd87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId933569835e2a0cd87.jpg"/><Relationship Id="rId704469835e2a0e504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId704469835e2a0e504.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId202704634" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId480578205" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7252699f70c2354ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/" TargetMode="External"/><Relationship Id="rId3323699f70c235515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/categorization" TargetMode="External"/><Relationship Id="rId6197699f70c235ba4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/photos" TargetMode="External"/><Relationship Id="rId7615699f70c237905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032" TargetMode="External"/><Relationship Id="rId6351699f70c237974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naldc.nal.usda.gov/download/CAT86200834/PDF" TargetMode="External"/><Relationship Id="rId6197699f70c2379d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90" TargetMode="External"/><Relationship Id="rId5417699f70c237a72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422" TargetMode="External"/><Relationship Id="rId1952699f70c237ab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf" TargetMode="External"/><Relationship Id="rId8607699f70c237b52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769" TargetMode="External"/><Relationship Id="rId8906699f70c237bb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf" TargetMode="External"/><Relationship Id="rId4499699f70c237bf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10" TargetMode="External"/><Relationship Id="rId5781699f70c237c80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/ee/article/14/6/855/336712" TargetMode="External"/><Relationship Id="rId5291699f70c237d6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf" TargetMode="External"/><Relationship Id="rId5677699f70c237da9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf" TargetMode="External"/><Relationship Id="rId5431699f70c237f10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf" TargetMode="External"/><Relationship Id="rId5853699f70c238041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf" TargetMode="External"/><Relationship Id="rId6160699f70c238172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf" TargetMode="External"/><Relationship Id="rId2123699f70c23820c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.flvc.org/flaent/article/view/55145/52824" TargetMode="External"/><Relationship Id="rId6572699f70c2382c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/jee/article/26/1/137/880974" TargetMode="External"/><Relationship Id="rId7974699f70c2383b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94" TargetMode="External"/><Relationship Id="rId7730699f70c238474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8685699f70c238537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12026" TargetMode="External"/><Relationship Id="rId1702699f70c235a6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1702699f70c235a6b.jpg"/><Relationship Id="rId4725699f70c236df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4725699f70c236df1.jpg"/><Relationship Id="rId8253699f70c2385a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8253699f70c2385a0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>