--- v7 (2026-02-25)
+++ v8 (2026-03-22)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Busck</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tomato pinworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7252699f70c2354ab" w:history="1">
+            <w:hyperlink r:id="rId108469c0477dea7b0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3323699f70c235515" w:history="1">
+            <w:hyperlink r:id="rId415769c0477dea81a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GNORLY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99104056" name="name5452699f70c235a6d" descr="858.jpg"/>
+                  <wp:docPr id="55888647" name="name782869c0477deb138" descr="858.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="858.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1702699f70c235a6b" cstate="print"/>
+                          <a:blip r:embed="rId799169c0477deb136" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6197699f70c235ba4" w:history="1">
+            <w:hyperlink r:id="rId401669c0477deb272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1608,63 +1608,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">K. lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was reported in Italy in 2008 in a tomato field crop, but the pest did not establish, and no further detections were made (Sannino &amp; Espinosa, 2009).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57842352" name="name7630699f70c236df4" descr="GNORLY_distribution_map.jpg"/>
+            <wp:docPr id="35379253" name="name659869c0477dec94a" descr="GNORLY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GNORLY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4725699f70c236df1" cstate="print"/>
+                    <a:blip r:embed="rId118869c0477dec947" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3003,51 +3003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-2), 17–47. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7615699f70c237905" w:history="1">
+      <w:hyperlink r:id="rId104669c0477ded453" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3062,51 +3062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elmore JC &amp; Howland AF (1943) Life history and control of the tomato pinworm. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Technical Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">841, 30 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6351699f70c237974" w:history="1">
+      <w:hyperlink r:id="rId413569c0477ded4ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://naldc.nal.usda.gov/download/CAT86200834/PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed April 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3121,51 +3121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6197699f70c2379d4" w:history="1">
+      <w:hyperlink r:id="rId392169c0477ded52d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3211,90 +3211,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5417699f70c237a72" w:history="1">
+      <w:hyperlink r:id="rId121669c0477ded5c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Garland JA (ed) (1989) Intercepted Plant Pests 1988-89/Ravageurs interceptés 1988/1989. (Chapter 3. Disease and pest management). Agriculture Canada, Plant Protection Division, Ottawa. 41 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1952699f70c237ab5" w:history="1">
+      <w:hyperlink r:id="rId860769c0477ded609" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Last accessed May 2022). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3349,51 +3349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Venezuela </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 329-339. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8607699f70c237b52" w:history="1">
+      <w:hyperlink r:id="rId283969c0477ded6ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3408,90 +3408,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guevara CHF (2000) Dinámica poblacional y sincronía biológica de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walsingham) en el cultivo del tomate variedad entero grande en los Santos, Panamá, durante 1999, Tesis en opción al grado académico de Maestría en entomología. Universidad de Panamá. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8906699f70c237bb3" w:history="1">
+      <w:hyperlink r:id="rId424269c0477ded711" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jiménez JM, Toscano CN, Flaherty LD, Ilic P, Zalom GF &amp; Kido K (1988) Controlling tomato pinworm by mating disruption. California Agriculture, November – December 1988. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4499699f70c237bf3" w:history="1">
+      <w:hyperlink r:id="rId537069c0477ded752" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3537,51 +3537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomogical Society of America </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 65–74. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5781699f70c237c80" w:history="1">
+      <w:hyperlink r:id="rId536469c0477ded7e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academic.oup.com/ee/article/14/6/855/336712</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed April 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3683,90 +3683,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI, Wallingford, UK, 583 pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mossler MA (2010) Crop Profile for Eggplant in Florida. IPM data. Southern IPM Center &amp; USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5291699f70c237d6a" w:history="1">
+      <w:hyperlink r:id="rId244369c0477ded8d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2015) NAPPO Surveillance Protocols. SP 02 Trapping Protocols for Pests of Fruit entering into NAPPO Member Countries. The Secretariat of the North American Plant Protection Organization, Ottawa, Ontario, Canada. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5677699f70c237da9" w:history="1">
+      <w:hyperlink r:id="rId643969c0477ded913" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3944,51 +3944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Poe SL (1999) Tomato Pinworm, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walshingham) (Insecta: Lepidoptera: Gelechiidae). EENY074 (originally published as DPI Entomology Circular No. 131). UF/IFAS Extension, University of Florida, 4 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5431699f70c237f10" w:history="1">
+      <w:hyperlink r:id="rId269369c0477deda84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schuster D (undated) Tomato pinworm: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5853699f70c238041" w:history="1">
+      <w:hyperlink r:id="rId975369c0477dedbbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4334,51 +4334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 63-68. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6160699f70c238172" w:history="1">
+      <w:hyperlink r:id="rId103169c0477dedcf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 33-42. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2123699f70c23820c" w:history="1">
+      <w:hyperlink r:id="rId175769c0477dedd98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journals.flvc.org/flaent/article/view/55145/52824</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4552,51 +4552,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–143. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6572699f70c2382c4" w:history="1">
+      <w:hyperlink r:id="rId544269c0477dede54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://academic.oup.com/jee/article/26/1/137/880974</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4689,51 +4689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 245–246.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zimmerman EC (1978) Insects of Hawaii a manual of the insects of the Hawaiian Islands, including an enumeration of the species and notes on their origin, distribution, hosts, parasites, etc. Vol. 9. Part II. Gelechioidea. University Press of Hawaii, Honolulu (US), 883-1903. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7974699f70c2383b2" w:history="1">
+      <w:hyperlink r:id="rId408569c0477dedf49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed May 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4808,51 +4808,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiferia lycopersicella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7730699f70c238474" w:history="1">
+      <w:hyperlink r:id="rId447369c0477dee00f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4928,81 +4928,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 141-143. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8685699f70c238537" w:history="1">
+      <w:hyperlink r:id="rId191669c0477dee0d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84624200" name="name1070699f70c2385a1" descr="eu_funding_250.png"/>
+            <wp:docPr id="6516080" name="name381769c0477dee159" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8253699f70c2385a0" cstate="print"/>
+                    <a:blip r:embed="rId464969c0477dee157" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5100,137 +5100,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64079956">
+  <w:abstractNum w:abstractNumId="15874177">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98017716">
+    <w:lvl w:ilvl="0" w:tplc="36827882">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98017716" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36827882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98017716" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36827882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98017716" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36827882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98017716" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36827882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98017716" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36827882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98017716" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36827882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98017716" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36827882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98017716" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36827882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64079955">
+  <w:abstractNum w:abstractNumId="15874176">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94323087">
+    <w:lvl w:ilvl="0" w:tplc="25605393">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5982,55 +5982,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64079955">
-    <w:abstractNumId w:val="64079955"/>
+  <w:num w:numId="15874176">
+    <w:abstractNumId w:val="15874176"/>
   </w:num>
-  <w:num w:numId="64079956">
-    <w:abstractNumId w:val="64079956"/>
+  <w:num w:numId="15874177">
+    <w:abstractNumId w:val="15874177"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17580,51 +17580,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId202704634" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId480578205" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7252699f70c2354ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/" TargetMode="External"/><Relationship Id="rId3323699f70c235515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/categorization" TargetMode="External"/><Relationship Id="rId6197699f70c235ba4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/photos" TargetMode="External"/><Relationship Id="rId7615699f70c237905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032" TargetMode="External"/><Relationship Id="rId6351699f70c237974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naldc.nal.usda.gov/download/CAT86200834/PDF" TargetMode="External"/><Relationship Id="rId6197699f70c2379d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90" TargetMode="External"/><Relationship Id="rId5417699f70c237a72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422" TargetMode="External"/><Relationship Id="rId1952699f70c237ab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf" TargetMode="External"/><Relationship Id="rId8607699f70c237b52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769" TargetMode="External"/><Relationship Id="rId8906699f70c237bb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf" TargetMode="External"/><Relationship Id="rId4499699f70c237bf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10" TargetMode="External"/><Relationship Id="rId5781699f70c237c80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/ee/article/14/6/855/336712" TargetMode="External"/><Relationship Id="rId5291699f70c237d6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf" TargetMode="External"/><Relationship Id="rId5677699f70c237da9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf" TargetMode="External"/><Relationship Id="rId5431699f70c237f10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf" TargetMode="External"/><Relationship Id="rId5853699f70c238041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf" TargetMode="External"/><Relationship Id="rId6160699f70c238172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf" TargetMode="External"/><Relationship Id="rId2123699f70c23820c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.flvc.org/flaent/article/view/55145/52824" TargetMode="External"/><Relationship Id="rId6572699f70c2382c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/jee/article/26/1/137/880974" TargetMode="External"/><Relationship Id="rId7974699f70c2383b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94" TargetMode="External"/><Relationship Id="rId7730699f70c238474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8685699f70c238537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12026" TargetMode="External"/><Relationship Id="rId1702699f70c235a6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1702699f70c235a6b.jpg"/><Relationship Id="rId4725699f70c236df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4725699f70c236df1.jpg"/><Relationship Id="rId8253699f70c2385a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8253699f70c2385a0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId103028678" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId465089158" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId108469c0477dea7b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/" TargetMode="External"/><Relationship Id="rId415769c0477dea81a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/categorization" TargetMode="External"/><Relationship Id="rId401669c0477deb272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GNORLY/photos" TargetMode="External"/><Relationship Id="rId104669c0477ded453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/48950/50032" TargetMode="External"/><Relationship Id="rId413569c0477ded4ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naldc.nal.usda.gov/download/CAT86200834/PDF" TargetMode="External"/><Relationship Id="rId392169c0477ded52d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/e6e981ee-b9d3-4aa4-80e1-8acd5fa48a90" TargetMode="External"/><Relationship Id="rId121669c0477ded5c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unal.edu.co/index.php/acta_agronomica/article/view/49438/50422" TargetMode="External"/><Relationship Id="rId860769c0477ded609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phytopath.ca/wp-content/uploads/2015/03/DPVCC-Chapter-3-pest-management.pdf" TargetMode="External"/><Relationship Id="rId283969c0477ded6ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://produccioncientificaluz.org/index.php/agronomia/article/view/26143/26769" TargetMode="External"/><Relationship Id="rId424269c0477ded711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://up-rid.up.ac.pa/3003/1/filadelfo_guevara.pdf" TargetMode="External"/><Relationship Id="rId537069c0477ded752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calag.ucanr.edu/archive/?type=pdf&amp;article=ca.v042n06p10" TargetMode="External"/><Relationship Id="rId536469c0477ded7e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/ee/article/14/6/855/336712" TargetMode="External"/><Relationship Id="rId244369c0477ded8d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/FLeggplant2010.pdf" TargetMode="External"/><Relationship Id="rId643969c0477ded913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nappo.org/application/files/8015/8322/7237/PV02_Fruit_trapping_Protocols-03-2015-e.pdf" TargetMode="External"/><Relationship Id="rId269369c0477deda84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdf/IN/IN23100.pdf" TargetMode="External"/><Relationship Id="rId975369c0477dedbbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ifas.ufl.edu/resources/success_stories/T&amp;PGuide/pdfs/Chapter4/Tomato_Pinworm.pdf" TargetMode="External"/><Relationship Id="rId103169c0477dedcf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cagricola.uclv.edu.cu/descargas/pdf/V39-Numero_4/cag124121885.pdf" TargetMode="External"/><Relationship Id="rId175769c0477dedd98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.flvc.org/flaent/article/view/55145/52824" TargetMode="External"/><Relationship Id="rId544269c0477dede54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/jee/article/26/1/137/880974" TargetMode="External"/><Relationship Id="rId408569c0477dedf49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarspace.manoa.hawaii.edu/items/d865dd6c-9e33-455f-8f11-a059bfc19d94" TargetMode="External"/><Relationship Id="rId447369c0477dee00f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId191669c0477dee0d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12026" TargetMode="External"/><Relationship Id="rId799169c0477deb136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId799169c0477deb136.jpg"/><Relationship Id="rId118869c0477dec947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId118869c0477dec947.jpg"/><Relationship Id="rId464969c0477dee157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId464969c0477dee157.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>