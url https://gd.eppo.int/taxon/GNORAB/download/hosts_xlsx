--- v0 (2025-10-08)
+++ v1 (2026-02-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GNORAB" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
   <si>
     <t>* Idriss GEA, du Plessis H, Khamis FM, Ekesi S, Tanga CM, Mohamed SA (2020) Host range and effects of plant speices on preference and fitness of Tuta absoluta (Lepidoptera: Gelechiidae). Journal of Economic Entomology 113(3), 1279-1289.
 ------- Tomato is the preferred host.</t>
   </si>
@@ -239,102 +239,122 @@
   <si>
     <t>SOLTU</t>
   </si>
   <si>
     <t>Solanum tuberosum</t>
   </si>
   <si>
     <t>SPQOL</t>
   </si>
   <si>
     <t>Spinacia oleracea</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>ATRBE</t>
   </si>
   <si>
     <t>Atropa belladonna</t>
   </si>
   <si>
     <t>* Bawin T, Dujeu D, De Backer L, Fauconnier ML, Lognay G, Delaplace P, Francis F, Verheggen FJ (2015) Could alternative solanaceous hosts act as refuges for the tomato leafminer, Tuta absoluta? Arthropod-plant interactions 9, 425-435.</t>
   </si>
   <si>
+    <t>PHBPU</t>
+  </si>
+  <si>
+    <t>Ipomoea purpurea</t>
+  </si>
+  <si>
+    <t>* Dalbianco AB, Santos DM, de Lima Alvarez D, da Silva NN, Daniel DF, Benvenga SR, Pratissoli D, Júnior SS, de Oliveira RC (2025) Development of Tuta absoluta (Meyrick, 1917)(Lepidoptera: Gelechiidae) on spontaneous plant species. Scientia Plena 21(10), https://doi.org/10.14808/sci.plena.2025.100201</t>
+  </si>
+  <si>
     <t>LYUHA</t>
   </si>
   <si>
     <t>Lycium barbarum</t>
   </si>
   <si>
     <t>NIORU</t>
   </si>
   <si>
     <t>Nicotiana rustica</t>
   </si>
   <si>
     <t>SOLAC</t>
   </si>
   <si>
     <t>Solanum aculeatissimum</t>
   </si>
   <si>
     <t>* Silva GA, Queiroz EA, Arcanjo LP, Lopes MC, Araújo TA, Galdino TS, Samuels RI, Rodrigues-Silva N, Picanço MC.(2025) Biological performance and oviposition preference of tomato pinworm Tuta absoluta when offered a range of Solanaceous host plants. Scientific reports 11(1), 1153.</t>
   </si>
   <si>
     <t>SOLAM</t>
   </si>
   <si>
     <t>Solanum americanum</t>
   </si>
   <si>
+    <t xml:space="preserve">* Dalbianco AB, Santos DM, de Lima Alvarez D, da Silva NN, Daniel DF, Benvenga SR, Pratissoli D, Júnior SS, de Oliveira RC (2025) Development of Tuta absoluta (Meyrick, 1917)(Lepidoptera: Gelechiidae) on spontaneous plant species. Scientia Plena 21(10), https://doi.org/10.14808/sci.plena.2025.100201
+* Silva GA, Queiroz EA, Arcanjo LP, Lopes MC, Araújo TA, Galdino TS, Samuels RI, Rodrigues-Silva N, Picanço MC.(2025) Biological performance and oviposition preference of tomato pinworm Tuta absoluta when offered a range of Solanaceous host plants. Scientific reports 11(1), 1153.
+</t>
+  </si>
+  <si>
     <t>SOLAW</t>
   </si>
   <si>
     <t>Solanum arcanum</t>
   </si>
   <si>
     <t>* Aslan B, Birgücü AK, Uluişik S, Karaca I (2022) Life table parameters of Tuta absoluta (Meyrick, 1917)(Lepidoptera: Gelechiidae) on four wild tomato species. Turkish Journal of Entomology 46(2), 175-186.</t>
   </si>
   <si>
     <t>SOLDU</t>
   </si>
   <si>
     <t>Solanum dulcamara</t>
   </si>
   <si>
     <t>LYPPE</t>
   </si>
   <si>
     <t>Solanum peruvianum</t>
   </si>
   <si>
     <t>LYPPI</t>
   </si>
   <si>
     <t>Solanum pimpinellifolium</t>
+  </si>
+  <si>
+    <t>SOLVI</t>
+  </si>
+  <si>
+    <t>Solanum viarum</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -638,62 +658,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D36"/>
+  <dimension ref="A1:D38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="336.061" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="355.056" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -1021,149 +1041,177 @@
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>68</v>
       </c>
       <c r="B28" t="s">
         <v>69</v>
       </c>
       <c r="C28" t="s">
         <v>70</v>
       </c>
       <c r="D28" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>68</v>
       </c>
       <c r="B29" t="s">
         <v>72</v>
       </c>
       <c r="C29" t="s">
         <v>73</v>
       </c>
       <c r="D29" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>68</v>
       </c>
       <c r="B30" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C30" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D30" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>68</v>
       </c>
       <c r="B31" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C31" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D31" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>79</v>
       </c>
       <c r="C32" t="s">
         <v>80</v>
       </c>
       <c r="D32" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>68</v>
       </c>
       <c r="B33" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C33" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D33" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>68</v>
       </c>
       <c r="B34" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C34" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D34" t="s">
-        <v>71</v>
+        <v>87</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>68</v>
       </c>
       <c r="B35" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C35" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D35" t="s">
-        <v>83</v>
+        <v>71</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>68</v>
       </c>
       <c r="B36" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C36" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D36" t="s">
-        <v>83</v>
+        <v>87</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>68</v>
+      </c>
+      <c r="B37" t="s">
+        <v>92</v>
+      </c>
+      <c r="C37" t="s">
+        <v>93</v>
+      </c>
+      <c r="D37" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>68</v>
+      </c>
+      <c r="B38" t="s">
+        <v>94</v>
+      </c>
+      <c r="C38" t="s">
+        <v>95</v>
+      </c>
+      <c r="D38" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">