--- v1 (2026-02-11)
+++ v2 (2026-03-17)
@@ -12,275 +12,255 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GNORAB" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
   <si>
     <t>* Idriss GEA, du Plessis H, Khamis FM, Ekesi S, Tanga CM, Mohamed SA (2020) Host range and effects of plant speices on preference and fitness of Tuta absoluta (Lepidoptera: Gelechiidae). Journal of Economic Entomology 113(3), 1279-1289.
 ------- Tomato is the preferred host.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
-    <t>AMASP</t>
-[...22 lines deleted...]
-  <si>
     <t>LYUCH</t>
   </si>
   <si>
     <t>Lycium chilense</t>
   </si>
   <si>
+    <t>* Wickramasinghe MP, Yen SH (2026) A Review of the Host Plant Records of Phthorimaea absoluta (= Tuta absoluta)(Lepidoptera: Gelechiidae) . Journal of Entomological Science 61(1), 166-192. doi:10.18474/JES25-10
+-------no information on life cycle</t>
+  </si>
+  <si>
     <t>NIOGL</t>
   </si>
   <si>
     <t>Nicotiana glauca</t>
+  </si>
+  <si>
+    <t>* Wickramasinghe MP, Yen SH (2026) A Review of the Host Plant Records of Phthorimaea absoluta (= Tuta absoluta)(Lepidoptera: Gelechiidae) . Journal of Entomological Science 61(1), 166-192. doi:10.18474/JES25-10
+------- Complete life cycle</t>
   </si>
   <si>
     <t>CHERU</t>
   </si>
   <si>
     <t>Oxybasis rubra</t>
   </si>
   <si>
     <t>SOLDB</t>
   </si>
   <si>
     <t>Solanum coagulans</t>
   </si>
   <si>
     <t>* Idriss GEA, du Plessis H, Khamis FM, Ekesi S, Tanga CM, Mohamed SA (2020) Host range and effects of plant speices on preference and fitness of Tuta absoluta (Lepidoptera: Gelechiidae). Journal of Economic Entomology 113(3), 1279-1289.
 -------- Confirmed host.</t>
   </si>
   <si>
     <t>SOLEL</t>
   </si>
   <si>
     <t>Solanum elaeagnifolium</t>
   </si>
   <si>
     <t>LYPHI</t>
   </si>
   <si>
     <t>Solanum habrochaites</t>
   </si>
   <si>
     <t>* Aslan B, Birgücü AK, Uluişik S, Karaca I (2022) Life table parameters of Tuta absoluta (Meyrick, 1917)(Lepidoptera: Gelechiidae) on four wild tomato species. Turkish Journal of Entomology 46(2), 175-186.
 ------- in experimental studies.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Solanum lyratum</t>
   </si>
   <si>
     <t>SOLNI</t>
   </si>
   <si>
     <t>Solanum nigrum</t>
   </si>
   <si>
     <t>* Arnó J, Gabarra R, Molina P, Godfrey KE, Zalom FG (2019) Tuta absoluta (Lepidoptera: Gelechiidae) success on common solanaceous species from California tomato poduction areas. Environmental Entomology, 48(6), 1394–1400, https://doi.org/10.1093/ee/nvz109
 ------- Confirmed host in experiments.
 * Idriss GEA, du Plessis H, Khamis FM, Ekesi S, Tanga CM, Mohamed SA (2020) Host range and effects of plant speices on preference and fitness of Tuta absoluta (Lepidoptera: Gelechiidae). Journal of Economic Entomology 113(3), 1279-1289.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>SOLSA</t>
   </si>
   <si>
     <t>Solanum sarrachoides</t>
   </si>
   <si>
     <t>* Arnó J, Gabarra R, Molina P, Godfrey KE, Zalom FG (2019) Tuta absoluta (Lepidoptera: Gelechiidae) success on common solanaceous species from California tomato poduction areas. Environmental Entomology, 48(6), 1394–1400, https://doi.org/10.1093/ee/nvz109
 ------- confirmed host in experiments.</t>
   </si>
   <si>
-    <t>XANST</t>
-[...4 lines deleted...]
-  <si>
     <t>Host</t>
-  </si>
-[...22 lines deleted...]
-    <t>Medicago sativa</t>
   </si>
   <si>
     <t>PHSVX</t>
   </si>
   <si>
     <t>Phaseolus vulgaris</t>
   </si>
   <si>
     <t>* Idriss GEA, du Plessis H, Khamis FM, Ekesi S, Tanga CM, Mohamed SA (2020) Host range and effects of plant speices on preference and fitness of Tuta absoluta (Lepidoptera: Gelechiidae). Journal of Economic Entomology 113(3), 1279-1289.</t>
   </si>
   <si>
     <t>SOLAE</t>
   </si>
   <si>
     <t>Solanum aethiopicum</t>
   </si>
   <si>
     <t xml:space="preserve">* Sawadogo WM, Ahissou BR, Somda I, Nacro S, Legrève A, Verheggen F (2022) Identification of alternative hosts of the tomato leafminer Tuta absoluta (Meyrick, 1917)(Lepidoptera: Gelechiidae) in West Africa. African Entomology 30, 1-5. http://dx.doi.org/10.17159/2254-8854/2022/a12056 
 ------- confirmed host in greenhouse tests. </t>
   </si>
   <si>
     <t>SOLFE</t>
   </si>
   <si>
     <t>Solanum lasiocarpum</t>
   </si>
   <si>
     <t>* Vivekanandhan P, Swathy K, Siripan T, Sarayut P, Patcharin K (2025) First report of Solanum indicum as a new host of Tuta absoluta (Lepidoptera: Gelechiidae).  Journal of Integrated Pest Management 16(1), 8 https://doi.org/10.1093/jipm/pmaf011</t>
   </si>
   <si>
     <t>SOLME</t>
   </si>
   <si>
     <t>Solanum melongena</t>
   </si>
   <si>
     <t>* Idriss GEA, du Plessis H, Khamis FM, Ekesi S, Tanga CM, Mohamed SA (2020) Host range and effects of plant speices on preference and fitness of Tuta absoluta (Lepidoptera: Gelechiidae). Journal of Economic Entomology 113(3), 1279-1289.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>SOLMU</t>
   </si>
   <si>
     <t>Solanum muricatum</t>
   </si>
   <si>
+    <t>* Wickramasinghe MP, Yen SH (2026) A Review of the Host Plant Records of Phthorimaea absoluta (= Tuta absoluta)(Lepidoptera: Gelechiidae) . Journal of Entomological Science 61(1), 166-192. doi:10.18474/JES25-10
+-------Complete life cycle in experiments.</t>
+  </si>
+  <si>
     <t>SOLTU</t>
   </si>
   <si>
     <t>Solanum tuberosum</t>
   </si>
   <si>
-    <t>SPQOL</t>
-[...2 lines deleted...]
-    <t>Spinacia oleracea</t>
+    <t>* Wickramasinghe MP, Yen SH (2026) A Review of the Host Plant Records of Phthorimaea absoluta (= Tuta absoluta)(Lepidoptera: Gelechiidae) . Journal of Entomological Science 61(1), 166-192. doi:10.18474/JES25-10
+------- Complete life cycle in lab and field experiments.</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>ATRBE</t>
   </si>
   <si>
     <t>Atropa belladonna</t>
   </si>
   <si>
     <t>* Bawin T, Dujeu D, De Backer L, Fauconnier ML, Lognay G, Delaplace P, Francis F, Verheggen FJ (2015) Could alternative solanaceous hosts act as refuges for the tomato leafminer, Tuta absoluta? Arthropod-plant interactions 9, 425-435.</t>
+  </si>
+  <si>
+    <t>BEAVX</t>
+  </si>
+  <si>
+    <t>Beta vulgaris</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Wickramasinghe MP, Yen SH (2026) A Review of the Host Plant Records of Phthorimaea absoluta (= Tuta absoluta)(Lepidoptera: Gelechiidae) . Journal of Entomological Science 61(1), 166-192. doi:10.18474/JES25-10
+-------no oviposition observed. </t>
+  </si>
+  <si>
+    <t>DATFE</t>
+  </si>
+  <si>
+    <t>Datura ferox</t>
+  </si>
+  <si>
+    <t>* Wickramasinghe MP, Yen SH (2026) A Review of the Host Plant Records of Phthorimaea absoluta (= Tuta absoluta)(Lepidoptera: Gelechiidae) . Journal of Entomological Science 61(1), 166-192. doi:10.18474/JES25-10
+------- No oviposition observed.</t>
+  </si>
+  <si>
+    <t>DATST</t>
+  </si>
+  <si>
+    <t>Datura stramonium</t>
+  </si>
+  <si>
+    <t>* Wickramasinghe MP, Yen SH (2026) A Review of the Host Plant Records of Phthorimaea absoluta (= Tuta absoluta)(Lepidoptera: Gelechiidae) . Journal of Entomological Science 61(1), 166-192. doi:10.18474/JES25-10
+------- no completion on life cycle in experiments</t>
   </si>
   <si>
     <t>PHBPU</t>
   </si>
   <si>
     <t>Ipomoea purpurea</t>
   </si>
   <si>
     <t>* Dalbianco AB, Santos DM, de Lima Alvarez D, da Silva NN, Daniel DF, Benvenga SR, Pratissoli D, Júnior SS, de Oliveira RC (2025) Development of Tuta absoluta (Meyrick, 1917)(Lepidoptera: Gelechiidae) on spontaneous plant species. Scientia Plena 21(10), https://doi.org/10.14808/sci.plena.2025.100201</t>
   </si>
   <si>
     <t>LYUHA</t>
   </si>
   <si>
     <t>Lycium barbarum</t>
   </si>
   <si>
     <t>NIORU</t>
   </si>
   <si>
     <t>Nicotiana rustica</t>
   </si>
   <si>
     <t>SOLAC</t>
   </si>
@@ -311,50 +291,111 @@
     <t>* Aslan B, Birgücü AK, Uluişik S, Karaca I (2022) Life table parameters of Tuta absoluta (Meyrick, 1917)(Lepidoptera: Gelechiidae) on four wild tomato species. Turkish Journal of Entomology 46(2), 175-186.</t>
   </si>
   <si>
     <t>SOLDU</t>
   </si>
   <si>
     <t>Solanum dulcamara</t>
   </si>
   <si>
     <t>LYPPE</t>
   </si>
   <si>
     <t>Solanum peruvianum</t>
   </si>
   <si>
     <t>LYPPI</t>
   </si>
   <si>
     <t>Solanum pimpinellifolium</t>
   </si>
   <si>
     <t>SOLVI</t>
   </si>
   <si>
     <t>Solanum viarum</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>AMASP</t>
+  </si>
+  <si>
+    <t>Amaranthus spinosus</t>
+  </si>
+  <si>
+    <t>CHEBH</t>
+  </si>
+  <si>
+    <t>Blitum bonus-henricus</t>
+  </si>
+  <si>
+    <t>CITLA</t>
+  </si>
+  <si>
+    <t>Citrullus lanatus</t>
+  </si>
+  <si>
+    <t>CUUPE</t>
+  </si>
+  <si>
+    <t>Cucurbita pepo</t>
+  </si>
+  <si>
+    <t>* Wickramasinghe MP, Yen SH (2026) A Review of the Host Plant Records of Phthorimaea absoluta (= Tuta absoluta)(Lepidoptera: Gelechiidae) . Journal of Entomological Science 61(1), 166-192. doi:10.18474/JES25-10
+-------oviposition but no completion of life cycle in experiments</t>
+  </si>
+  <si>
+    <t>IATCU</t>
+  </si>
+  <si>
+    <t>Jatropha curcas</t>
+  </si>
+  <si>
+    <t>MEDSA</t>
+  </si>
+  <si>
+    <t>Medicago sativa</t>
+  </si>
+  <si>
+    <t>SOLLR</t>
+  </si>
+  <si>
+    <t>Solanum lyratum</t>
+  </si>
+  <si>
+    <t>SPQOL</t>
+  </si>
+  <si>
+    <t>Spinacia oleracea</t>
+  </si>
+  <si>
+    <t>XANST</t>
+  </si>
+  <si>
+    <t>Xanthium strumarium</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -658,560 +699,606 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D38"/>
+  <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="355.056" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D4"/>
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D5"/>
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D6"/>
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D8"/>
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="D9"/>
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D11"/>
+        <v>33</v>
+      </c>
+      <c r="D11" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="D13"/>
+        <v>39</v>
+      </c>
+      <c r="D13" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="B15" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="B16" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D16"/>
+        <v>48</v>
+      </c>
+      <c r="D16" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B17" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>52</v>
+      </c>
+      <c r="D17" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B18" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D18"/>
+        <v>55</v>
+      </c>
+      <c r="D18" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B19" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="D19"/>
+        <v>58</v>
+      </c>
+      <c r="D19" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B20" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="D20"/>
+        <v>61</v>
+      </c>
+      <c r="D20" t="s">
+        <v>62</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B21" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B22" t="s">
+        <v>66</v>
+      </c>
+      <c r="C22" t="s">
+        <v>67</v>
+      </c>
+      <c r="D22" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="C23" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="D23" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="C24" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="D24" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B25" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="C25" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="D25"/>
+        <v>74</v>
+      </c>
+      <c r="D25" t="s">
+        <v>75</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B26" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="C26" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D26"/>
+        <v>77</v>
+      </c>
+      <c r="D26" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B27" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="C27" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D27"/>
+        <v>80</v>
+      </c>
+      <c r="D27" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="B28" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="C28" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="D28" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="B29" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="C29" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="D29" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="B30" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="C30" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D30" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="B31" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="C31" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="D31" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="B32" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="C32" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="D32" t="s">
-        <v>81</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="B33" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="C33" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="D33" t="s">
-        <v>84</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="B34" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C34" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="D34" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="B35" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="C35" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="D35" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="B36" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="C36" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="D36" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="B37" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="C37" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="D37" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="B38" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="C38" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="D38" t="s">
-        <v>74</v>
+        <v>11</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>87</v>
+      </c>
+      <c r="B39" t="s">
+        <v>105</v>
+      </c>
+      <c r="C39" t="s">
+        <v>106</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">