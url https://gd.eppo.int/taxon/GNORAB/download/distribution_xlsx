--- v0 (2025-10-04)
+++ v1 (2026-02-04)
@@ -1034,51 +1034,51 @@
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>