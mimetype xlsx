--- v1 (2026-02-04)
+++ v2 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GNORAB" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="367">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="366">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
@@ -936,53 +936,50 @@
     <t>Absent, intercepted only</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Corse</t>
   </si>
   <si>
     <t>cc</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
-  </si>
-[...1 lines deleted...]
-    <t>Transient</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Kriti</t>
   </si>
   <si>
     <t>Guernsey</t>
   </si>
   <si>
     <t>GG</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
@@ -3525,51 +3522,51 @@
       <c r="B114" t="s">
         <v>237</v>
       </c>
       <c r="C114"/>
       <c r="D114" t="s">
         <v>238</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
         <v>136</v>
       </c>
       <c r="B115" t="s">
         <v>239</v>
       </c>
       <c r="C115"/>
       <c r="D115" t="s">
         <v>240</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>141</v>
+        <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
         <v>136</v>
       </c>
       <c r="B116" t="s">
         <v>241</v>
       </c>
       <c r="C116"/>
       <c r="D116" t="s">
         <v>242</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
         <v>136</v>
       </c>
       <c r="B117" t="s">
         <v>243</v>
       </c>
@@ -4041,576 +4038,576 @@
       <c r="B146" t="s">
         <v>304</v>
       </c>
       <c r="C146"/>
       <c r="D146" t="s">
         <v>305</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
         <v>271</v>
       </c>
       <c r="B147" t="s">
         <v>306</v>
       </c>
       <c r="C147"/>
       <c r="D147" t="s">
         <v>307</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>308</v>
+        <v>12</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
         <v>271</v>
       </c>
       <c r="B148" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="C148"/>
       <c r="D148" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
         <v>271</v>
       </c>
       <c r="B149" t="s">
+        <v>308</v>
+      </c>
+      <c r="C149" t="s">
+        <v>310</v>
+      </c>
+      <c r="D149" t="s">
         <v>309</v>
-      </c>
-[...4 lines deleted...]
-        <v>310</v>
       </c>
       <c r="E149" t="s">
         <v>196</v>
       </c>
       <c r="F149" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
         <v>271</v>
       </c>
       <c r="B150" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="C150"/>
       <c r="D150" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
         <v>271</v>
       </c>
       <c r="B151" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C151"/>
       <c r="D151" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
         <v>271</v>
       </c>
       <c r="B152" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="C152"/>
       <c r="D152" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
         <v>271</v>
       </c>
       <c r="B153" t="s">
+        <v>315</v>
+      </c>
+      <c r="C153" t="s">
+        <v>317</v>
+      </c>
+      <c r="D153" t="s">
         <v>316</v>
-      </c>
-[...4 lines deleted...]
-        <v>317</v>
       </c>
       <c r="E153" t="s">
         <v>183</v>
       </c>
       <c r="F153" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
         <v>271</v>
       </c>
       <c r="B154" t="s">
+        <v>315</v>
+      </c>
+      <c r="C154" t="s">
+        <v>318</v>
+      </c>
+      <c r="D154" t="s">
         <v>316</v>
-      </c>
-[...4 lines deleted...]
-        <v>317</v>
       </c>
       <c r="E154" t="s">
         <v>111</v>
       </c>
       <c r="F154" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
         <v>271</v>
       </c>
       <c r="B155" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="C155"/>
       <c r="D155" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
         <v>271</v>
       </c>
       <c r="B156" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="C156"/>
       <c r="D156" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
         <v>271</v>
       </c>
       <c r="B157" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="C157"/>
       <c r="D157" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
         <v>271</v>
       </c>
       <c r="B158" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="C158"/>
       <c r="D158" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
         <v>271</v>
       </c>
       <c r="B159" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="C159"/>
       <c r="D159" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
         <v>271</v>
       </c>
       <c r="B160" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="C160"/>
       <c r="D160" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
         <v>271</v>
       </c>
       <c r="B161" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="C161"/>
       <c r="D161" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="E161"/>
       <c r="F161" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
         <v>271</v>
       </c>
       <c r="B162" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="C162"/>
       <c r="D162" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
         <v>271</v>
       </c>
       <c r="B163" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="C163"/>
       <c r="D163" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="E163"/>
       <c r="F163" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
         <v>271</v>
       </c>
       <c r="B164" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="C164"/>
       <c r="D164" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="E164"/>
       <c r="F164" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
         <v>271</v>
       </c>
       <c r="B165" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="C165"/>
       <c r="D165" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="E165"/>
       <c r="F165" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
         <v>271</v>
       </c>
       <c r="B166" t="s">
+        <v>339</v>
+      </c>
+      <c r="C166" t="s">
+        <v>341</v>
+      </c>
+      <c r="D166" t="s">
         <v>340</v>
-      </c>
-[...4 lines deleted...]
-        <v>341</v>
       </c>
       <c r="E166" t="s">
         <v>95</v>
       </c>
       <c r="F166" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
         <v>271</v>
       </c>
       <c r="B167" t="s">
+        <v>339</v>
+      </c>
+      <c r="C167" t="s">
+        <v>342</v>
+      </c>
+      <c r="D167" t="s">
         <v>340</v>
       </c>
-      <c r="C167" t="s">
+      <c r="E167" t="s">
         <v>343</v>
-      </c>
-[...4 lines deleted...]
-        <v>344</v>
       </c>
       <c r="F167" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
         <v>271</v>
       </c>
       <c r="B168" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="C168"/>
       <c r="D168" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="E168"/>
       <c r="F168" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
         <v>271</v>
       </c>
       <c r="B169" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="C169"/>
       <c r="D169" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="E169"/>
       <c r="F169" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
         <v>271</v>
       </c>
       <c r="B170" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="C170"/>
       <c r="D170" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="E170"/>
       <c r="F170" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
         <v>271</v>
       </c>
       <c r="B171" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="C171"/>
       <c r="D171" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="E171"/>
       <c r="F171" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
         <v>271</v>
       </c>
       <c r="B172" t="s">
+        <v>350</v>
+      </c>
+      <c r="C172" t="s">
+        <v>352</v>
+      </c>
+      <c r="D172" t="s">
         <v>351</v>
       </c>
-      <c r="C172" t="s">
+      <c r="E172" t="s">
         <v>353</v>
-      </c>
-[...4 lines deleted...]
-        <v>354</v>
       </c>
       <c r="F172" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
         <v>271</v>
       </c>
       <c r="B173" t="s">
+        <v>350</v>
+      </c>
+      <c r="C173" t="s">
+        <v>354</v>
+      </c>
+      <c r="D173" t="s">
         <v>351</v>
       </c>
-      <c r="C173" t="s">
+      <c r="E173" t="s">
         <v>355</v>
-      </c>
-[...4 lines deleted...]
-        <v>356</v>
       </c>
       <c r="F173" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
         <v>271</v>
       </c>
       <c r="B174" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="C174"/>
       <c r="D174" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="E174"/>
       <c r="F174" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
         <v>271</v>
       </c>
       <c r="B175" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="C175"/>
       <c r="D175" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="E175"/>
       <c r="F175" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
         <v>271</v>
       </c>
       <c r="B176" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="C176"/>
       <c r="D176" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="E176"/>
       <c r="F176" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
         <v>271</v>
       </c>
       <c r="B177" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="C177"/>
       <c r="D177" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="E177"/>
       <c r="F177" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
         <v>271</v>
       </c>
       <c r="B178" t="s">
+        <v>362</v>
+      </c>
+      <c r="C178" t="s">
+        <v>364</v>
+      </c>
+      <c r="D178" t="s">
         <v>363</v>
       </c>
-      <c r="C178" t="s">
+      <c r="E178" t="s">
         <v>365</v>
-      </c>
-[...4 lines deleted...]
-        <v>366</v>
       </c>
       <c r="F178" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>