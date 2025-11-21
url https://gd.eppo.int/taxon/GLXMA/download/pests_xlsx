--- v0 (2025-10-17)
+++ v1 (2025-11-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GLXMA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="226">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TORSV0</t>
   </si>
   <si>
     <t>Nepovirus lycopersici</t>
   </si>
   <si>
     <t>* Kahn RP (1956) Seed transmission of the tomato ringspot virus in the Lincoln variety of soybeans. Phytopathology 46, 295.
 ------- This is the only reference to Glycine max as a potential host of ToRSV. This has not been confirmed by more recent work and might have been a confusion with tobacco ringspot virus (TRSV),</t>
   </si>
@@ -92,50 +92,61 @@
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>APLOBE</t>
   </si>
   <si>
     <t>Aphelenchoides besseyi</t>
   </si>
   <si>
     <t>* Calandrelli A, Silva MT, Miamoto A, Rinaldi LK, Favoreto L, Meyer MC, Machado AC, Silva SA, Dias-Arieira CR (2022) Host-parasite relationship between Aphelenchoides besseyi and soybean. Nematology 25(1), 33-44.
 ------- Confirmed host. 
 * Meyer MC, Favoreto L, Klepker D, Marcelino-Guimaraes (2017) Soybean green stem and foliar retention syndrome caused by Aphelenchoides besseyi. Tropical Plant Pathology 42, 403-409.
 ------- Field infestations (some uncertainties about the identity of the nematode).
 * Oliveira CJ, Subbotin SA, Alvarez-Ortega S, Desaeger J, Brito JA, Xavier KV, Freitas LG, Vau S, Inserra RN (2019) Morphological and molecular identification of two Florida populations of foliar nematodes (Aphelenchoides spp.) isolated from strawberry with the description of Aphelenchoides pseudogoodeyi sp. n. (Nematoda: Aphelenchoididae) and notes on their bionomics. Plant Disease 103(11), 2825-2842.
 ------- Laboratory experiment.</t>
   </si>
   <si>
+    <t>BGMV00</t>
+  </si>
+  <si>
+    <t>Begomovirus costai</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Fernandes FR, Cruz A, Faria J, Zerbini F, Aragão FJ (2009) Three distinct begomoviruses associated with soybean in central Brazil. Archives of Virology 154, 1567-1570.
+* Rodríguez-Pardina PE, Zerbini FM, Ducasse DA (2006) Genetic diversity of begomoviruses infecting soybean, bean and associated weeds in Northwestern Argentina. Fitopatologia Brasileira 31, 342-348.
+</t>
+  </si>
+  <si>
     <t>TOLCND</t>
   </si>
   <si>
     <t>Begomovirus solanumdelhiense</t>
   </si>
   <si>
     <t xml:space="preserve">* Jamil N, Rehman A, Hamza M, Hafeez A, Ismail H, Zubair M, Mansoor S, Amin I (2017) First report of Tomato leaf curl New Delhi virus, a bipartite begomovirus, infecting soybean (Glycine max). Plant Disease 101(5), p 845.
 ------- confirmed host. </t>
   </si>
   <si>
     <t>TOSRV0</t>
   </si>
   <si>
     <t>Begomovirus solanumseverugosi</t>
   </si>
   <si>
     <t>* Macedo MA, Barreto SS, Costa TM, Rocha GA, Dianese EC, Gilbertson RL, Inoue-Nagata AK (2017) First report of Tomato severe rugose virus, a tomato-infecting begomovirus, in soybean plants in Brazil. Plant Disease 101(11), 1959. https://doi.org/10.1094/PDIS-05-17-0644-PDN
 ------- symptomless.</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci</t>
   </si>
@@ -351,54 +362,60 @@
     <t>Megalurothrips usitatus</t>
   </si>
   <si>
     <t>* Chang NT (1988) Population trends of Megalurothrips usitatus (Bagnall) (Thysanoptera: Thripidae) on adzuki bean and soybean examined by four sampling methods. Plant Protection Bulletin, Taiwan 30(3), 289-302.
 * Miyazaki M, Kudo I, Iqbal A (1984) Notes on the thrips (Thysanoptera) occurring on the soybean in Java. Kontyu 52(4),482-486.
 * Reyes CP (1994) Thysanoptera (Hexapoda) of the Philippine Islands. Raffles Bulletin of Zoology 42(2), 107-507.</t>
   </si>
   <si>
     <t>MELGET</t>
   </si>
   <si>
     <t>Meloidogyne ethiopica</t>
   </si>
   <si>
     <t>* O’Bannon J H (1975) Nematode survey in Ethiopia. Institute of Agricultural Research, Addis Ababa, Ethiopia and FAO, Rome, [unpubl.].
 * Castro JMC, Lima RD de &amp; Carneiro RMDG (2003) Isoenzymatic variability in Brazilian populations of Meloidogyne spp. from soybean. Nematologia Brasileira 27, 1-12.
 * Carneiro R M D G, Gomes C B, Almeida M R A, Gomes A C M M &amp; Martins I (2003) First record of Meloidogyne ethiopica Whitehead, 1968 on kiwi in Brazil and reaction of different plant species. (Primeiro Registro de Meloidogyne ethiopica Whitehead, 1968, em plantas de quivi no Brasil e reação em diferentes plantas cultivadas.). Nematologia Brasileira, 27(2), 151-158.</t>
   </si>
   <si>
     <t>MELGGC</t>
   </si>
   <si>
     <t>Meloidogyne graminicola</t>
   </si>
   <si>
-    <t>* Long HB, Sun YF, Feng TZ, Pei YL, Peng DL (2017) First report of Meloidogyne graminicola on soybean (Glycine max) in China. Plant Disease 101(8), p 1554.
+    <t>* EPPO (2023) Report of a pest risk analysis for Meloidogyne graminicola. EPPO, Paris. Available at https://gd.eppo.int/taxon/MELGGC/documents
+------- conflicting publications on host status.
+* Long HB, Sun YF, Feng TZ, Pei YL, Peng DL (2017) First report of Meloidogyne graminicola on soybean (Glycine max) in China. Plant Disease 101(8), p 1554.
+------- confirmed host (reproduction factor = 6.9). 
+* Roy AK (1977) Host suitability of some crops to Meloidogyne graminicola. Indian Phytopathology 30, 483–485. (abst.)
+------- good host.
 * Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
+------- mentioned as host in section 5 on host plants, and as "non-host" in section 8 on management.
 * Soares MR, Carneiro RM, Dias-Arieira C (2022) Response of different crops and weeds to three biotypes of Meloidogyne graminicola: crop rotation and succession strategies for irrigated rice fields. Nematology 24(5), 589-597.
-------- in experiment in Brazil, soybean is recorded as a 'non-host'.</t>
+------- in experiment in Brazil, soybean is recorded as a 'non-host' (RF&lt;1)</t>
   </si>
   <si>
     <t>MELGLC</t>
   </si>
   <si>
     <t>Meloidogyne luci</t>
   </si>
   <si>
     <t>* Sen F, Aydinli (2021) Host status of cultivated crops to Meloidogyne luci. European Journal of Plant Pathology 161(3), 607-618.
 ------- In experiments, cv. Ansoy was found to be a non-host (no galls - no reproduction), but when inoculated with another isolate (Mi-virulent isolate), cv. Ansoy was found to be a good host.
 * Bellé C, Brum D, Groth M Z, Barros D R, Kaspary T E, Schafer J T &amp; Gomes C B (2016)
 First Report of Meloidogyne luci Parasitizing Glycine max in Brazil. Plant Disease 100, 2174.</t>
   </si>
   <si>
     <t>MELGMA</t>
   </si>
   <si>
     <t>Meloidogyne mali</t>
   </si>
   <si>
     <t>MELGNA</t>
   </si>
   <si>
     <t>Meloidogyne naasi</t>
   </si>
@@ -1110,51 +1127,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D79"/>
+  <dimension ref="A1:D80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="478.883" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1284,119 +1301,119 @@
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>17</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
       <c r="D11" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>17</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>17</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D13" t="s">
         <v>39</v>
       </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>17</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>17</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" t="s">
         <v>44</v>
       </c>
       <c r="D15" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>17</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" t="s">
         <v>47</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>17</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="D17" t="s">
         <v>50</v>
       </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>17</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s">
         <v>55</v>
       </c>
@@ -1476,65 +1493,65 @@
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>17</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
       </c>
       <c r="C25" t="s">
         <v>73</v>
       </c>
       <c r="D25" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>17</v>
       </c>
       <c r="B26" t="s">
         <v>75</v>
       </c>
       <c r="C26" t="s">
         <v>76</v>
       </c>
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>17</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C27" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="D27" t="s">
         <v>79</v>
       </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>17</v>
       </c>
       <c r="B28" t="s">
         <v>80</v>
       </c>
       <c r="C28" t="s">
         <v>81</v>
       </c>
       <c r="D28" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>17</v>
       </c>
       <c r="B29" t="s">
         <v>83</v>
       </c>
       <c r="C29" t="s">
         <v>84</v>
       </c>
@@ -1614,77 +1631,77 @@
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>17</v>
       </c>
       <c r="B35" t="s">
         <v>101</v>
       </c>
       <c r="C35" t="s">
         <v>102</v>
       </c>
       <c r="D35" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>17</v>
       </c>
       <c r="B36" t="s">
         <v>104</v>
       </c>
       <c r="C36" t="s">
         <v>105</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>106</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>17</v>
       </c>
       <c r="B37" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C37" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>17</v>
       </c>
       <c r="B38" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C38" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D38" t="s">
         <v>110</v>
       </c>
+      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>17</v>
       </c>
       <c r="B39" t="s">
         <v>111</v>
       </c>
       <c r="C39" t="s">
         <v>112</v>
       </c>
       <c r="D39" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>17</v>
       </c>
       <c r="B40" t="s">
         <v>114</v>
       </c>
       <c r="C40" t="s">
         <v>115</v>
       </c>
@@ -1750,105 +1767,105 @@
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>17</v>
       </c>
       <c r="B45" t="s">
         <v>129</v>
       </c>
       <c r="C45" t="s">
         <v>130</v>
       </c>
       <c r="D45" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>17</v>
       </c>
       <c r="B46" t="s">
         <v>132</v>
       </c>
       <c r="C46" t="s">
         <v>133</v>
       </c>
-      <c r="D46"/>
+      <c r="D46" t="s">
+        <v>134</v>
+      </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>17</v>
       </c>
       <c r="B47" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C47" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D47" t="s">
         <v>136</v>
       </c>
+      <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>17</v>
       </c>
       <c r="B48" t="s">
         <v>137</v>
       </c>
       <c r="C48" t="s">
         <v>138</v>
       </c>
       <c r="D48" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>17</v>
       </c>
       <c r="B49" t="s">
         <v>140</v>
       </c>
       <c r="C49" t="s">
         <v>141</v>
       </c>
-      <c r="D49"/>
+      <c r="D49" t="s">
+        <v>142</v>
+      </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>17</v>
       </c>
       <c r="B50" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C50" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="D50" t="s">
         <v>144</v>
       </c>
+      <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>17</v>
       </c>
       <c r="B51" t="s">
         <v>145</v>
       </c>
       <c r="C51" t="s">
         <v>146</v>
       </c>
       <c r="D51" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>17</v>
       </c>
       <c r="B52" t="s">
         <v>148</v>
       </c>
       <c r="C52" t="s">
         <v>149</v>
       </c>
@@ -1878,360 +1895,374 @@
         <v>154</v>
       </c>
       <c r="C54" t="s">
         <v>155</v>
       </c>
       <c r="D54" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>17</v>
       </c>
       <c r="B55" t="s">
         <v>157</v>
       </c>
       <c r="C55" t="s">
         <v>158</v>
       </c>
       <c r="D55" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>17</v>
+      </c>
+      <c r="B56" t="s">
         <v>160</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>161</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>162</v>
       </c>
-      <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B57" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C57" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B58" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C58" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B59" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C59" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="D59" t="s">
         <v>169</v>
       </c>
+      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B60" t="s">
         <v>170</v>
       </c>
       <c r="C60" t="s">
         <v>171</v>
       </c>
       <c r="D60" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B61" t="s">
         <v>173</v>
       </c>
       <c r="C61" t="s">
         <v>174</v>
       </c>
       <c r="D61" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B62" t="s">
         <v>176</v>
       </c>
       <c r="C62" t="s">
         <v>177</v>
       </c>
-      <c r="D62"/>
+      <c r="D62" t="s">
+        <v>178</v>
+      </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B63" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C63" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B64" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C64" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B65" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C65" t="s">
-        <v>183</v>
-[...1 lines deleted...]
-      <c r="D65" t="s">
         <v>184</v>
       </c>
+      <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B66" t="s">
         <v>185</v>
       </c>
       <c r="C66" t="s">
         <v>186</v>
       </c>
-      <c r="D66"/>
+      <c r="D66" t="s">
+        <v>187</v>
+      </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B67" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C67" t="s">
-        <v>188</v>
-[...1 lines deleted...]
-      <c r="D67" t="s">
         <v>189</v>
       </c>
+      <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B68" t="s">
         <v>190</v>
       </c>
       <c r="C68" t="s">
         <v>191</v>
       </c>
-      <c r="D68"/>
+      <c r="D68" t="s">
+        <v>192</v>
+      </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B69" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C69" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D69" t="s">
         <v>194</v>
       </c>
+      <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B70" t="s">
         <v>195</v>
       </c>
       <c r="C70" t="s">
         <v>196</v>
       </c>
       <c r="D70" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B71" t="s">
         <v>198</v>
       </c>
       <c r="C71" t="s">
         <v>199</v>
       </c>
-      <c r="D71"/>
+      <c r="D71" t="s">
+        <v>200</v>
+      </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B72" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C72" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="D72" t="s">
         <v>202</v>
       </c>
+      <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B73" t="s">
         <v>203</v>
       </c>
       <c r="C73" t="s">
         <v>204</v>
       </c>
-      <c r="D73"/>
+      <c r="D73" t="s">
+        <v>205</v>
+      </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B74" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C74" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="D74" t="s">
         <v>207</v>
       </c>
+      <c r="D74"/>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B75" t="s">
         <v>208</v>
       </c>
       <c r="C75" t="s">
         <v>209</v>
       </c>
-      <c r="D75"/>
+      <c r="D75" t="s">
+        <v>210</v>
+      </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B76" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C76" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="D76" t="s">
         <v>212</v>
       </c>
+      <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B77" t="s">
         <v>213</v>
       </c>
       <c r="C77" t="s">
         <v>214</v>
       </c>
       <c r="D77" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B78" t="s">
         <v>216</v>
       </c>
       <c r="C78" t="s">
         <v>217</v>
       </c>
       <c r="D78" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>163</v>
+      </c>
+      <c r="B79" t="s">
         <v>219</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>220</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
         <v>221</v>
       </c>
-      <c r="D79" t="s">
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" t="s">
         <v>222</v>
+      </c>
+      <c r="B80" t="s">
+        <v>223</v>
+      </c>
+      <c r="C80" t="s">
+        <v>224</v>
+      </c>
+      <c r="D80" t="s">
+        <v>225</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">