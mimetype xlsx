--- v1 (2025-11-21)
+++ v2 (2026-02-16)
@@ -12,114 +12,126 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GLXMA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TORSV0</t>
   </si>
   <si>
     <t>Nepovirus lycopersici</t>
   </si>
   <si>
     <t>* Kahn RP (1956) Seed transmission of the tomato ringspot virus in the Lincoln variety of soybeans. Phytopathology 46, 295.
 ------- This is the only reference to Glycine max as a potential host of ToRSV. This has not been confirmed by more recent work and might have been a confusion with tobacco ringspot virus (TRSV),</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* EPPO (2023) Pest risk analysis for Tetranychus mexicanus. EPPO, Paris
 ------- uncertain host (see PRA for details)
 * Mendonça RS, Navia D, Diniz IR &amp; Flechtmann CHW (2011) South American spider mites: New hosts and localities. Journal of Insect Science, 11(121), 1–18.</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>RADOSI</t>
   </si>
   <si>
     <t>Radopholus similis</t>
   </si>
   <si>
+    <t>* O'Bannon JH (1977) Worldwide dissemination of Radopholus similis and its importance in crop production. Journal of nematology.9(1), 16-25</t>
+  </si>
+  <si>
     <t>XANTPH</t>
   </si>
   <si>
     <t>Xanthomonas phaseoli pv. phaseoli</t>
   </si>
   <si>
     <t xml:space="preserve">* Bradbury JF (1986) Guide to plant pathogenic bacteria. CAB international, Walllingford, UK.
 </t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Afreen I, Manik MM, Miah MR, Ahmed M, Hossain MS (2025) Pest status, abundance and diversity of insect pests harboring on soybean. Annals of Bangladesh Agriculture 29(1), 13-22. https://doi.org/10.3329/aba.v29i1.81639</t>
   </si>
   <si>
     <t>APLOBE</t>
   </si>
   <si>
     <t>Aphelenchoides besseyi</t>
   </si>
   <si>
     <t>* Calandrelli A, Silva MT, Miamoto A, Rinaldi LK, Favoreto L, Meyer MC, Machado AC, Silva SA, Dias-Arieira CR (2022) Host-parasite relationship between Aphelenchoides besseyi and soybean. Nematology 25(1), 33-44.
 ------- Confirmed host. 
 * Meyer MC, Favoreto L, Klepker D, Marcelino-Guimaraes (2017) Soybean green stem and foliar retention syndrome caused by Aphelenchoides besseyi. Tropical Plant Pathology 42, 403-409.
 ------- Field infestations (some uncertainties about the identity of the nematode).
 * Oliveira CJ, Subbotin SA, Alvarez-Ortega S, Desaeger J, Brito JA, Xavier KV, Freitas LG, Vau S, Inserra RN (2019) Morphological and molecular identification of two Florida populations of foliar nematodes (Aphelenchoides spp.) isolated from strawberry with the description of Aphelenchoides pseudogoodeyi sp. n. (Nematoda: Aphelenchoididae) and notes on their bionomics. Plant Disease 103(11), 2825-2842.
 ------- Laboratory experiment.</t>
   </si>
   <si>
     <t>BGMV00</t>
   </si>
   <si>
     <t>Begomovirus costai</t>
   </si>
   <si>
     <t xml:space="preserve">* Fernandes FR, Cruz A, Faria J, Zerbini F, Aragão FJ (2009) Three distinct begomoviruses associated with soybean in central Brazil. Archives of Virology 154, 1567-1570.
 * Rodríguez-Pardina PE, Zerbini FM, Ducasse DA (2006) Genetic diversity of begomoviruses infecting soybean, bean and associated weeds in Northwestern Argentina. Fitopatologia Brasileira 31, 342-348.
 </t>
@@ -1127,51 +1139,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D80"/>
+  <dimension ref="A1:D81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="478.883" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1193,1076 +1205,1092 @@
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="D4"/>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D13"/>
+        <v>40</v>
+      </c>
+      <c r="D13" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D16" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C17" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>51</v>
+      </c>
+      <c r="D17" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D24" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D25" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C26" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C27" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="D27"/>
+        <v>80</v>
+      </c>
+      <c r="D27" t="s">
+        <v>81</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C28" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C31" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C32" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C33" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D33" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C34" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D34" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C35" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D35" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B36" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C36" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D36" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C37" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D37"/>
+        <v>109</v>
+      </c>
+      <c r="D37" t="s">
+        <v>110</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C38" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B39" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C39" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C40" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D40" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B41" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C41" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D41" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B42" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C42" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D42" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B43" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C43" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D43" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B44" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D44" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B45" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C45" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D45" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B46" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C46" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D46" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C47" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="D47"/>
+        <v>137</v>
+      </c>
+      <c r="D47" t="s">
+        <v>138</v>
+      </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B48" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C48" t="s">
-        <v>138</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C49" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D49" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B50" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C50" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D50"/>
+        <v>145</v>
+      </c>
+      <c r="D50" t="s">
+        <v>146</v>
+      </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B51" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C51" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B52" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C52" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D52" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B53" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C53" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D53" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B54" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C54" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D54" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B55" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C55" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D55" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B56" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C56" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D56" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>163</v>
+        <v>18</v>
       </c>
       <c r="B57" t="s">
         <v>164</v>
       </c>
       <c r="C57" t="s">
         <v>165</v>
       </c>
-      <c r="D57"/>
+      <c r="D57" t="s">
+        <v>166</v>
+      </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B58" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C58" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B59" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C59" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B60" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C60" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B61" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C61" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D61" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B62" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C62" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D62" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B63" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C63" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="D63"/>
+        <v>181</v>
+      </c>
+      <c r="D63" t="s">
+        <v>182</v>
+      </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B64" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C64" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B65" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C65" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B66" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C66" t="s">
-        <v>186</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B67" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C67" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="D67"/>
+        <v>190</v>
+      </c>
+      <c r="D67" t="s">
+        <v>191</v>
+      </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B68" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C68" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B69" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C69" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="D69"/>
+        <v>195</v>
+      </c>
+      <c r="D69" t="s">
+        <v>196</v>
+      </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B70" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C70" t="s">
-        <v>196</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B71" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C71" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D71" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B72" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C72" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="D72"/>
+        <v>203</v>
+      </c>
+      <c r="D72" t="s">
+        <v>204</v>
+      </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B73" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C73" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>206</v>
+      </c>
+      <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B74" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C74" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="D74"/>
+        <v>208</v>
+      </c>
+      <c r="D74" t="s">
+        <v>209</v>
+      </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B75" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C75" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="D75"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B76" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C76" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="D76"/>
+        <v>213</v>
+      </c>
+      <c r="D76" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B77" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C77" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B78" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C78" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D78" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B79" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C79" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D79" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>222</v>
+        <v>167</v>
       </c>
       <c r="B80" t="s">
         <v>223</v>
       </c>
       <c r="C80" t="s">
         <v>224</v>
       </c>
       <c r="D80" t="s">
         <v>225</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81" t="s">
+        <v>226</v>
+      </c>
+      <c r="B81" t="s">
+        <v>227</v>
+      </c>
+      <c r="C81" t="s">
+        <v>228</v>
+      </c>
+      <c r="D81" t="s">
+        <v>229</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">