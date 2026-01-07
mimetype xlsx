--- v0 (2025-10-08)
+++ v1 (2026-01-07)
@@ -749,54 +749,54 @@
   <si>
     <t>Sicilia</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Russian Federation (the)</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
-    <t>European Russia</t>
-[...2 lines deleted...]
-    <t>ru</t>
+    <t>Southern Russia</t>
+  </si>
+  <si>
+    <t>sr</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Queensland</t>
   </si>
   <si>
     <t>ql</t>
   </si>
   <si>
     <t>Absent, unreliable record</t>
   </si>