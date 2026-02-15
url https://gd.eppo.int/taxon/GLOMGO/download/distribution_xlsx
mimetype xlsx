--- v1 (2026-01-07)
+++ v2 (2026-02-15)
@@ -743,51 +743,51 @@
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Sicilia</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>