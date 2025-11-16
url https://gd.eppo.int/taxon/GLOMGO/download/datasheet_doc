--- v0 (2025-10-08)
+++ v1 (2025-11-16)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Edgerton</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> anthracnose of cotton, pink boll rot of cotton, seedling blight of cotton</w:t>
             </w:r>
-            <w:hyperlink r:id="rId808868e677d044bc3" w:history="1">
+            <w:hyperlink r:id="rId2915691a3e429cf4d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105768e677d044c2b" w:history="1">
+            <w:hyperlink r:id="rId8336691a3e429cfb8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GLOMGO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38816230" name="name588068e677d045258" descr="783.jpg"/>
+                  <wp:docPr id="10166552" name="name5327691a3e429d097" descr="783.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="783.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId301768e677d045256" cstate="print"/>
+                          <a:blip r:embed="rId1515691a3e429d096" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId611168e677d045353" w:history="1">
+            <w:hyperlink r:id="rId4661691a3e429d184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1642,63 +1642,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. gossypii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was originally reported from the USA (Southworth, 1891, Edgerton, 1909) and now occurs in most cotton-growing areas throughout the world, although it tends to be localised in the higher rainfall areas (Hillocks, 2001). There are uncertainties as to the current distribution of the pathogen as many records held by EPPO date back to before 1975.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80495338" name="name714668e677d0467ef" descr="GLOMGO_distribution_map.jpg"/>
+            <wp:docPr id="15635836" name="name7599691a3e429eab1" descr="GLOMGO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GLOMGO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId568268e677d0467ec" cstate="print"/>
+                    <a:blip r:embed="rId4349691a3e429eaad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4315,51 +4315,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Colletotrichum gossypii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (anthracnose of cotton). PlantwisePlus Knowledge Bank. CABI International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId469968e677d047b0d" w:history="1">
+      <w:hyperlink r:id="rId3002691a3e429fe20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/pwkb.species.25358.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4976,81 +4976,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/41 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Glomerella gossypii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, inspection and test methods for cotton seeds. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId680568e677d047f2a" w:history="1">
+      <w:hyperlink r:id="rId8419691a3e42a026e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/GLOMGO/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAOSTAT (2023) Production Data, Crops and Livestock.  Seed cotton, unginned. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId592768e677d047f5c" w:history="1">
+      <w:hyperlink r:id="rId5908691a3e42a02a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/faostat/en/#data </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Accessed 2023-01-23).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5116,81 +5116,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Seed Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e202042012. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId675668e677d04800a" w:history="1">
+      <w:hyperlink r:id="rId3043691a3e42a0359" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/2317-1545v42229530</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Goulart ACP (2021) Principais doenças iniciais do algodoeiro - Identificação e manejo. Documentos 145. Embrapa Agropecuária Oeste, Dourados, Brazil. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159968e677d04803d" w:history="1">
+      <w:hyperlink r:id="rId8923691a3e42a038d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.embrapa.br/busca-de-publicacoes/-/publicacao/1138158/principais-doencas-iniciais-do-algodoeiro-identificacao-e-manejo</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6859,51 +6859,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Colletotrichum gossypii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId428368e677d048d69" w:history="1">
+      <w:hyperlink r:id="rId7705691a3e42a108b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7056,90 +7056,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 73-75. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId232468e677d048ea9" w:history="1">
+      <w:hyperlink r:id="rId1663691a3e42a11cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01958.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22105297" name="name865868e677d048f48" descr="eu_funding_250.png"/>
+            <wp:docPr id="66061117" name="name1639691a3e42a1252" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId796468e677d048f47" cstate="print"/>
+                    <a:blip r:embed="rId2325691a3e42a1251" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7237,137 +7237,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94653444">
+  <w:abstractNum w:abstractNumId="94746991">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68645558">
+    <w:lvl w:ilvl="0" w:tplc="45899240">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68645558" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45899240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68645558" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45899240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68645558" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45899240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68645558" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45899240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68645558" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45899240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68645558" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45899240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68645558" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45899240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68645558" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45899240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94653443">
+  <w:abstractNum w:abstractNumId="94746990">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92415721">
+    <w:lvl w:ilvl="0" w:tplc="87601764">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8119,55 +8119,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94653443">
-    <w:abstractNumId w:val="94653443"/>
+  <w:num w:numId="94746990">
+    <w:abstractNumId w:val="94746990"/>
   </w:num>
-  <w:num w:numId="94653444">
-    <w:abstractNumId w:val="94653444"/>
+  <w:num w:numId="94746991">
+    <w:abstractNumId w:val="94746991"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19717,51 +19717,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId910386362" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId296230271" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId808868e677d044bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/" TargetMode="External"/><Relationship Id="rId105768e677d044c2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/categorization" TargetMode="External"/><Relationship Id="rId611168e677d045353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/photos" TargetMode="External"/><Relationship Id="rId469968e677d047b0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.25358." TargetMode="External"/><Relationship Id="rId680568e677d047f2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/documents" TargetMode="External"/><Relationship Id="rId592768e677d047f5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/#data" TargetMode="External"/><Relationship Id="rId675668e677d04800a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/2317-1545v42229530" TargetMode="External"/><Relationship Id="rId159968e677d04803d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embrapa.br/busca-de-publicacoes/-/publicacao/1138158/principais-doencas-iniciais-do-algodoeiro-identificacao-e-manejo" TargetMode="External"/><Relationship Id="rId428368e677d048d69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId232468e677d048ea9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01958.x" TargetMode="External"/><Relationship Id="rId301768e677d045256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId301768e677d045256.jpg"/><Relationship Id="rId568268e677d0467ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId568268e677d0467ec.jpg"/><Relationship Id="rId796468e677d048f47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId796468e677d048f47.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId303279019" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId200527702" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2915691a3e429cf4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/" TargetMode="External"/><Relationship Id="rId8336691a3e429cfb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/categorization" TargetMode="External"/><Relationship Id="rId4661691a3e429d184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/photos" TargetMode="External"/><Relationship Id="rId3002691a3e429fe20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.25358." TargetMode="External"/><Relationship Id="rId8419691a3e42a026e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/documents" TargetMode="External"/><Relationship Id="rId5908691a3e42a02a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/#data" TargetMode="External"/><Relationship Id="rId3043691a3e42a0359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/2317-1545v42229530" TargetMode="External"/><Relationship Id="rId8923691a3e42a038d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embrapa.br/busca-de-publicacoes/-/publicacao/1138158/principais-doencas-iniciais-do-algodoeiro-identificacao-e-manejo" TargetMode="External"/><Relationship Id="rId7705691a3e42a108b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1663691a3e42a11cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01958.x" TargetMode="External"/><Relationship Id="rId1515691a3e429d096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1515691a3e429d096.jpg"/><Relationship Id="rId4349691a3e429eaad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4349691a3e429eaad.jpg"/><Relationship Id="rId2325691a3e42a1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2325691a3e42a1251.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>