--- v1 (2025-11-16)
+++ v2 (2026-01-17)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Edgerton</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> anthracnose of cotton, pink boll rot of cotton, seedling blight of cotton</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2915691a3e429cf4d" w:history="1">
+            <w:hyperlink r:id="rId1546696ae78f48099" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8336691a3e429cfb8" w:history="1">
+            <w:hyperlink r:id="rId1461696ae78f48102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GLOMGO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="10166552" name="name5327691a3e429d097" descr="783.jpg"/>
+                  <wp:docPr id="89045787" name="name5321696ae78f485c1" descr="783.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="783.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1515691a3e429d096" cstate="print"/>
+                          <a:blip r:embed="rId4977696ae78f485bf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4661691a3e429d184" w:history="1">
+            <w:hyperlink r:id="rId3544696ae78f486bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1642,63 +1642,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. gossypii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was originally reported from the USA (Southworth, 1891, Edgerton, 1909) and now occurs in most cotton-growing areas throughout the world, although it tends to be localised in the higher rainfall areas (Hillocks, 2001). There are uncertainties as to the current distribution of the pathogen as many records held by EPPO date back to before 1975.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15635836" name="name7599691a3e429eab1" descr="GLOMGO_distribution_map.jpg"/>
+            <wp:docPr id="17879120" name="name7370696ae78f49eef" descr="GLOMGO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GLOMGO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4349691a3e429eaad" cstate="print"/>
+                    <a:blip r:embed="rId6284696ae78f49eec" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4315,51 +4315,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Colletotrichum gossypii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (anthracnose of cotton). PlantwisePlus Knowledge Bank. CABI International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3002691a3e429fe20" w:history="1">
+      <w:hyperlink r:id="rId2888696ae78f4b6b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/pwkb.species.25358.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4976,81 +4976,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/41 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Glomerella gossypii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, inspection and test methods for cotton seeds. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8419691a3e42a026e" w:history="1">
+      <w:hyperlink r:id="rId6183696ae78f4bbba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/GLOMGO/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAOSTAT (2023) Production Data, Crops and Livestock.  Seed cotton, unginned. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5908691a3e42a02a5" w:history="1">
+      <w:hyperlink r:id="rId8222696ae78f4bbf0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/faostat/en/#data </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Accessed 2023-01-23).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5116,81 +5116,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Seed Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e202042012. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3043691a3e42a0359" w:history="1">
+      <w:hyperlink r:id="rId6434696ae78f4bca1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/2317-1545v42229530</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Goulart ACP (2021) Principais doenças iniciais do algodoeiro - Identificação e manejo. Documentos 145. Embrapa Agropecuária Oeste, Dourados, Brazil. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8923691a3e42a038d" w:history="1">
+      <w:hyperlink r:id="rId7594696ae78f4bcfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.embrapa.br/busca-de-publicacoes/-/publicacao/1138158/principais-doencas-iniciais-do-algodoeiro-identificacao-e-manejo</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6837,73 +6837,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Colletotrichum gossypii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7705691a3e42a108b" w:history="1">
+      <w:hyperlink r:id="rId7252696ae78f4cc0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7056,90 +7056,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 73-75. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1663691a3e42a11cf" w:history="1">
+      <w:hyperlink r:id="rId8902696ae78f4cd93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01958.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66061117" name="name1639691a3e42a1252" descr="eu_funding_250.png"/>
+            <wp:docPr id="31058735" name="name8061696ae78f4ce33" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2325691a3e42a1251" cstate="print"/>
+                    <a:blip r:embed="rId1288696ae78f4ce31" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7237,137 +7237,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94746991">
+  <w:abstractNum w:abstractNumId="69439308">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45899240">
+    <w:lvl w:ilvl="0" w:tplc="92412470">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45899240" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92412470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45899240" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92412470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45899240" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92412470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45899240" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92412470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45899240" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92412470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45899240" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92412470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45899240" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92412470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45899240" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92412470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94746990">
+  <w:abstractNum w:abstractNumId="69439307">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87601764">
+    <w:lvl w:ilvl="0" w:tplc="23112309">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8119,55 +8119,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94746990">
-    <w:abstractNumId w:val="94746990"/>
+  <w:num w:numId="69439307">
+    <w:abstractNumId w:val="69439307"/>
   </w:num>
-  <w:num w:numId="94746991">
-    <w:abstractNumId w:val="94746991"/>
+  <w:num w:numId="69439308">
+    <w:abstractNumId w:val="69439308"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19717,51 +19717,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId303279019" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId200527702" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2915691a3e429cf4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/" TargetMode="External"/><Relationship Id="rId8336691a3e429cfb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/categorization" TargetMode="External"/><Relationship Id="rId4661691a3e429d184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/photos" TargetMode="External"/><Relationship Id="rId3002691a3e429fe20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.25358." TargetMode="External"/><Relationship Id="rId8419691a3e42a026e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/documents" TargetMode="External"/><Relationship Id="rId5908691a3e42a02a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/#data" TargetMode="External"/><Relationship Id="rId3043691a3e42a0359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/2317-1545v42229530" TargetMode="External"/><Relationship Id="rId8923691a3e42a038d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embrapa.br/busca-de-publicacoes/-/publicacao/1138158/principais-doencas-iniciais-do-algodoeiro-identificacao-e-manejo" TargetMode="External"/><Relationship Id="rId7705691a3e42a108b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1663691a3e42a11cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01958.x" TargetMode="External"/><Relationship Id="rId1515691a3e429d096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1515691a3e429d096.jpg"/><Relationship Id="rId4349691a3e429eaad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4349691a3e429eaad.jpg"/><Relationship Id="rId2325691a3e42a1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2325691a3e42a1251.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId293317719" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId309439263" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1546696ae78f48099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/" TargetMode="External"/><Relationship Id="rId1461696ae78f48102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/categorization" TargetMode="External"/><Relationship Id="rId3544696ae78f486bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/photos" TargetMode="External"/><Relationship Id="rId2888696ae78f4b6b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.25358." TargetMode="External"/><Relationship Id="rId6183696ae78f4bbba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/documents" TargetMode="External"/><Relationship Id="rId8222696ae78f4bbf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/#data" TargetMode="External"/><Relationship Id="rId6434696ae78f4bca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/2317-1545v42229530" TargetMode="External"/><Relationship Id="rId7594696ae78f4bcfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embrapa.br/busca-de-publicacoes/-/publicacao/1138158/principais-doencas-iniciais-do-algodoeiro-identificacao-e-manejo" TargetMode="External"/><Relationship Id="rId7252696ae78f4cc0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8902696ae78f4cd93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01958.x" TargetMode="External"/><Relationship Id="rId4977696ae78f485bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4977696ae78f485bf.jpg"/><Relationship Id="rId6284696ae78f49eec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6284696ae78f49eec.jpg"/><Relationship Id="rId1288696ae78f4ce31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1288696ae78f4ce31.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>