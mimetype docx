--- v2 (2026-01-17)
+++ v3 (2026-02-09)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Edgerton</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> anthracnose of cotton, pink boll rot of cotton, seedling blight of cotton</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1546696ae78f48099" w:history="1">
+            <w:hyperlink r:id="rId72416989fa864976b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1461696ae78f48102" w:history="1">
+            <w:hyperlink r:id="rId68696989fa86497d8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GLOMGO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="89045787" name="name5321696ae78f485c1" descr="783.jpg"/>
+                  <wp:docPr id="82607976" name="name94376989fa8649d96" descr="783.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="783.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4977696ae78f485bf" cstate="print"/>
+                          <a:blip r:embed="rId20346989fa8649d94" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3544696ae78f486bc" w:history="1">
+            <w:hyperlink r:id="rId34956989fa8649ee8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1642,63 +1642,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. gossypii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was originally reported from the USA (Southworth, 1891, Edgerton, 1909) and now occurs in most cotton-growing areas throughout the world, although it tends to be localised in the higher rainfall areas (Hillocks, 2001). There are uncertainties as to the current distribution of the pathogen as many records held by EPPO date back to before 1975.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17879120" name="name7370696ae78f49eef" descr="GLOMGO_distribution_map.jpg"/>
+            <wp:docPr id="32826151" name="name71856989fa864b4c3" descr="GLOMGO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GLOMGO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6284696ae78f49eec" cstate="print"/>
+                    <a:blip r:embed="rId92536989fa864b4bf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4315,51 +4315,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Colletotrichum gossypii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (anthracnose of cotton). PlantwisePlus Knowledge Bank. CABI International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2888696ae78f4b6b1" w:history="1">
+      <w:hyperlink r:id="rId93456989fa864c9ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/pwkb.species.25358.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4976,81 +4976,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/41 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Glomerella gossypii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, inspection and test methods for cotton seeds. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6183696ae78f4bbba" w:history="1">
+      <w:hyperlink r:id="rId37826989fa864ce1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/GLOMGO/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAOSTAT (2023) Production Data, Crops and Livestock.  Seed cotton, unginned. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8222696ae78f4bbf0" w:history="1">
+      <w:hyperlink r:id="rId19376989fa864ce64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/faostat/en/#data </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Accessed 2023-01-23).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5116,81 +5116,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Seed Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e202042012. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6434696ae78f4bca1" w:history="1">
+      <w:hyperlink r:id="rId53816989fa864cf1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/2317-1545v42229530</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Goulart ACP (2021) Principais doenças iniciais do algodoeiro - Identificação e manejo. Documentos 145. Embrapa Agropecuária Oeste, Dourados, Brazil. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7594696ae78f4bcfe" w:history="1">
+      <w:hyperlink r:id="rId93866989fa864cf4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.embrapa.br/busca-de-publicacoes/-/publicacao/1138158/principais-doencas-iniciais-do-algodoeiro-identificacao-e-manejo</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6859,51 +6859,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Colletotrichum gossypii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7252696ae78f4cc0e" w:history="1">
+      <w:hyperlink r:id="rId45346989fa864dded" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7056,90 +7056,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 73-75. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8902696ae78f4cd93" w:history="1">
+      <w:hyperlink r:id="rId48206989fa864df37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01958.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31058735" name="name8061696ae78f4ce33" descr="eu_funding_250.png"/>
+            <wp:docPr id="8196286" name="name55636989fa864dfce" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1288696ae78f4ce31" cstate="print"/>
+                    <a:blip r:embed="rId87296989fa864dfcd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7237,137 +7237,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69439308">
+  <w:abstractNum w:abstractNumId="54817460">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92412470">
+    <w:lvl w:ilvl="0" w:tplc="69446082">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92412470" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69446082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92412470" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69446082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92412470" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69446082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92412470" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69446082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92412470" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69446082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92412470" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69446082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92412470" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69446082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92412470" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69446082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69439307">
+  <w:abstractNum w:abstractNumId="54817459">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23112309">
+    <w:lvl w:ilvl="0" w:tplc="41841946">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8119,55 +8119,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69439307">
-    <w:abstractNumId w:val="69439307"/>
+  <w:num w:numId="54817459">
+    <w:abstractNumId w:val="54817459"/>
   </w:num>
-  <w:num w:numId="69439308">
-    <w:abstractNumId w:val="69439308"/>
+  <w:num w:numId="54817460">
+    <w:abstractNumId w:val="54817460"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19717,51 +19717,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId293317719" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId309439263" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1546696ae78f48099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/" TargetMode="External"/><Relationship Id="rId1461696ae78f48102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/categorization" TargetMode="External"/><Relationship Id="rId3544696ae78f486bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/photos" TargetMode="External"/><Relationship Id="rId2888696ae78f4b6b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.25358." TargetMode="External"/><Relationship Id="rId6183696ae78f4bbba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/documents" TargetMode="External"/><Relationship Id="rId8222696ae78f4bbf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/#data" TargetMode="External"/><Relationship Id="rId6434696ae78f4bca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/2317-1545v42229530" TargetMode="External"/><Relationship Id="rId7594696ae78f4bcfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embrapa.br/busca-de-publicacoes/-/publicacao/1138158/principais-doencas-iniciais-do-algodoeiro-identificacao-e-manejo" TargetMode="External"/><Relationship Id="rId7252696ae78f4cc0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8902696ae78f4cd93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01958.x" TargetMode="External"/><Relationship Id="rId4977696ae78f485bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4977696ae78f485bf.jpg"/><Relationship Id="rId6284696ae78f49eec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6284696ae78f49eec.jpg"/><Relationship Id="rId1288696ae78f4ce31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1288696ae78f4ce31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId190940827" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId288341960" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId72416989fa864976b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/" TargetMode="External"/><Relationship Id="rId68696989fa86497d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/categorization" TargetMode="External"/><Relationship Id="rId34956989fa8649ee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/photos" TargetMode="External"/><Relationship Id="rId93456989fa864c9ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.25358." TargetMode="External"/><Relationship Id="rId37826989fa864ce1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/documents" TargetMode="External"/><Relationship Id="rId19376989fa864ce64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/#data" TargetMode="External"/><Relationship Id="rId53816989fa864cf1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/2317-1545v42229530" TargetMode="External"/><Relationship Id="rId93866989fa864cf4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embrapa.br/busca-de-publicacoes/-/publicacao/1138158/principais-doencas-iniciais-do-algodoeiro-identificacao-e-manejo" TargetMode="External"/><Relationship Id="rId45346989fa864dded" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId48206989fa864df37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01958.x" TargetMode="External"/><Relationship Id="rId20346989fa8649d94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20346989fa8649d94.jpg"/><Relationship Id="rId92536989fa864b4bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92536989fa864b4bf.jpg"/><Relationship Id="rId87296989fa864dfcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87296989fa864dfcd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>