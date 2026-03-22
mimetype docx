--- v3 (2026-02-09)
+++ v4 (2026-03-22)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Edgerton</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> anthracnose of cotton, pink boll rot of cotton, seedling blight of cotton</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72416989fa864976b" w:history="1">
+            <w:hyperlink r:id="rId280969bfe00505f91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68696989fa86497d8" w:history="1">
+            <w:hyperlink r:id="rId178769bfe00505ff8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GLOMGO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="82607976" name="name94376989fa8649d96" descr="783.jpg"/>
+                  <wp:docPr id="5238905" name="name204369bfe005065f1" descr="783.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="783.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId20346989fa8649d94" cstate="print"/>
+                          <a:blip r:embed="rId161669bfe005065ef" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId34956989fa8649ee8" w:history="1">
+            <w:hyperlink r:id="rId574369bfe005066dc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1642,63 +1642,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. gossypii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was originally reported from the USA (Southworth, 1891, Edgerton, 1909) and now occurs in most cotton-growing areas throughout the world, although it tends to be localised in the higher rainfall areas (Hillocks, 2001). There are uncertainties as to the current distribution of the pathogen as many records held by EPPO date back to before 1975.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32826151" name="name71856989fa864b4c3" descr="GLOMGO_distribution_map.jpg"/>
+            <wp:docPr id="2922000" name="name590569bfe00507bcc" descr="GLOMGO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GLOMGO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId92536989fa864b4bf" cstate="print"/>
+                    <a:blip r:embed="rId612469bfe00507bc9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4315,51 +4315,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Colletotrichum gossypii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (anthracnose of cotton). PlantwisePlus Knowledge Bank. CABI International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93456989fa864c9ab" w:history="1">
+      <w:hyperlink r:id="rId660469bfe00508ebe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/pwkb.species.25358.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4976,81 +4976,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 3/41 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Glomerella gossypii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, inspection and test methods for cotton seeds. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37826989fa864ce1d" w:history="1">
+      <w:hyperlink r:id="rId113269bfe005092fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/GLOMGO/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAOSTAT (2023) Production Data, Crops and Livestock.  Seed cotton, unginned. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19376989fa864ce64" w:history="1">
+      <w:hyperlink r:id="rId102069bfe0050932f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/faostat/en/#data </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Accessed 2023-01-23).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5116,81 +5116,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Seed Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e202042012. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53816989fa864cf1b" w:history="1">
+      <w:hyperlink r:id="rId626369bfe005093e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/2317-1545v42229530</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Goulart ACP (2021) Principais doenças iniciais do algodoeiro - Identificação e manejo. Documentos 145. Embrapa Agropecuária Oeste, Dourados, Brazil. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93866989fa864cf4f" w:history="1">
+      <w:hyperlink r:id="rId392269bfe00509415" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.embrapa.br/busca-de-publicacoes/-/publicacao/1138158/principais-doencas-iniciais-do-algodoeiro-identificacao-e-manejo</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6859,51 +6859,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Colletotrichum gossypii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45346989fa864dded" w:history="1">
+      <w:hyperlink r:id="rId578169bfe0050a0dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7056,90 +7056,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 73-75. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48206989fa864df37" w:history="1">
+      <w:hyperlink r:id="rId365869bfe0050a21d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01958.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="8196286" name="name55636989fa864dfce" descr="eu_funding_250.png"/>
+            <wp:docPr id="5219012" name="name363269bfe0050a2c4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId87296989fa864dfcd" cstate="print"/>
+                    <a:blip r:embed="rId600069bfe0050a2c2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7237,137 +7237,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54817460">
+  <w:abstractNum w:abstractNumId="10738312">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69446082">
+    <w:lvl w:ilvl="0" w:tplc="62521601">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69446082" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62521601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69446082" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62521601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69446082" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62521601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69446082" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62521601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69446082" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62521601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69446082" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62521601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69446082" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62521601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69446082" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62521601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54817459">
+  <w:abstractNum w:abstractNumId="10738311">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41841946">
+    <w:lvl w:ilvl="0" w:tplc="16292448">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8119,55 +8119,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54817459">
-    <w:abstractNumId w:val="54817459"/>
+  <w:num w:numId="10738311">
+    <w:abstractNumId w:val="10738311"/>
   </w:num>
-  <w:num w:numId="54817460">
-    <w:abstractNumId w:val="54817460"/>
+  <w:num w:numId="10738312">
+    <w:abstractNumId w:val="10738312"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19717,51 +19717,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId190940827" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId288341960" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId72416989fa864976b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/" TargetMode="External"/><Relationship Id="rId68696989fa86497d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/categorization" TargetMode="External"/><Relationship Id="rId34956989fa8649ee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/photos" TargetMode="External"/><Relationship Id="rId93456989fa864c9ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.25358." TargetMode="External"/><Relationship Id="rId37826989fa864ce1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/documents" TargetMode="External"/><Relationship Id="rId19376989fa864ce64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/#data" TargetMode="External"/><Relationship Id="rId53816989fa864cf1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/2317-1545v42229530" TargetMode="External"/><Relationship Id="rId93866989fa864cf4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embrapa.br/busca-de-publicacoes/-/publicacao/1138158/principais-doencas-iniciais-do-algodoeiro-identificacao-e-manejo" TargetMode="External"/><Relationship Id="rId45346989fa864dded" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId48206989fa864df37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01958.x" TargetMode="External"/><Relationship Id="rId20346989fa8649d94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20346989fa8649d94.jpg"/><Relationship Id="rId92536989fa864b4bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92536989fa864b4bf.jpg"/><Relationship Id="rId87296989fa864dfcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87296989fa864dfcd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId485115448" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId862486420" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId280969bfe00505f91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/" TargetMode="External"/><Relationship Id="rId178769bfe00505ff8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/categorization" TargetMode="External"/><Relationship Id="rId574369bfe005066dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/photos" TargetMode="External"/><Relationship Id="rId660469bfe00508ebe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.25358." TargetMode="External"/><Relationship Id="rId113269bfe005092fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GLOMGO/documents" TargetMode="External"/><Relationship Id="rId102069bfe0050932f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/#data" TargetMode="External"/><Relationship Id="rId626369bfe005093e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/2317-1545v42229530" TargetMode="External"/><Relationship Id="rId392269bfe00509415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embrapa.br/busca-de-publicacoes/-/publicacao/1138158/principais-doencas-iniciais-do-algodoeiro-identificacao-e-manejo" TargetMode="External"/><Relationship Id="rId578169bfe0050a0dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId365869bfe0050a21d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01958.x" TargetMode="External"/><Relationship Id="rId161669bfe005065ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId161669bfe005065ef.jpg"/><Relationship Id="rId612469bfe00507bc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId612469bfe00507bc9.jpg"/><Relationship Id="rId600069bfe0050a2c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId600069bfe0050a2c2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>