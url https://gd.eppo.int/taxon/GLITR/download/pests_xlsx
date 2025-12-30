--- v0 (2025-10-13)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GLITR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata</t>
   </si>
   <si>
     <t>* EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBFE/documents
 ------- very uncertain host (record refers only to adults, and it may also relate to other species in the femorata complex as it pre-dates Wellso &amp; Manley, 2007)
 * MacRae TC (1991) The Buprestidae (Coleoptera) of Missouri. Insecta Mundi, 5(2), 101–126. 
@@ -201,50 +201,56 @@
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Hızal E, Öztemiz S, Gjonov I (2023) Phenology and host preferences of the invasive Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Ricaniidae), a risk for agriculture and forest areas in the West-Palaearctic Region. Acta Zoologica Bulgarica 75(2), 251-258. https://www.acta-zoologica-bulgarica.eu/2023/002673</t>
   </si>
   <si>
     <t>HESOCA</t>
+  </si>
+  <si>
+    <t>Trichoferus campestris</t>
+  </si>
+  <si>
+    <t>* Cocquempot C, Henin JM, Jourez B, Rapuzzi P, Roques A, Drumont A (2022) État de l’invasion de Trichoferus campestris (Faldermann, 1835) au plan international et réflexion sur sa première interception en Belgique (Coleoptera, Cerambycidae, Cerambycinae, Hesperophanini). Belgian Journal of Entomology, 129, 1–24.</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Gleditsia)</t>
   </si>
   <si>
     <t>* Exotic Wood Borer/Bark beetle. Survey Reference (undated) Trichoferus campestris. http://download.ceris.purdue.edu/file/3109
 -------Living host.</t>
   </si>
   <si>
     <t>AELSSA</t>
   </si>
   <si>
     <t>Trirachys sartus</t>
   </si>
   <si>
     <t>* Temreshev II (2023) New records of Aeolesthes sarta (Solsky, 1871) (Coleoptera, Cerambycidae) in Kazakhstan. Acta Biologica Sibirica 9, 831–843. https://doi.org/10.5281/zenodo.10069433</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* Lloyd A, Bechtel CN (2020) First report of bacterial leaf scorch caused by Xylella fastidiosa on Gleditsia triacanthos var. inermis in Pennsylvania. Plant Disease 104(4), p 1249.
@@ -594,51 +600,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D22"/>
+  <dimension ref="A1:D23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -865,98 +871,112 @@
         <v>52</v>
       </c>
       <c r="D17" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>54</v>
       </c>
       <c r="C18" t="s">
         <v>55</v>
       </c>
       <c r="D18" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" t="s">
         <v>57</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
+        <v>59</v>
+      </c>
+      <c r="C20" t="s">
         <v>60</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
+        <v>62</v>
+      </c>
+      <c r="C21" t="s">
         <v>63</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>65</v>
+      </c>
+      <c r="C22" t="s">
         <v>66</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22" t="s">
         <v>67</v>
       </c>
-      <c r="C22" t="s">
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" t="s">
         <v>68</v>
       </c>
-      <c r="D22"/>
+      <c r="B23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D23"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>