--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -348,88 +348,88 @@
               <w:t xml:space="preserve">Lophyrus polytomos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European spruce sawfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182868e09d48f3937" w:history="1">
+            <w:hyperlink r:id="rId308268fe9de458406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId560468e09d48f397d" w:history="1">
+            <w:hyperlink r:id="rId659268fe9de45844a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -443,86 +443,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GILPPO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="95662188" name="name390768e09d48f3a92" descr="778.jpg"/>
+                  <wp:docPr id="59189562" name="name853268fe9de458b80" descr="778.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="778.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId770568e09d48f3a91" cstate="print"/>
+                          <a:blip r:embed="rId966068fe9de458b7f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId539168e09d48f3bad" w:history="1">
+            <w:hyperlink r:id="rId571368fe9de458c76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1539,63 +1539,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014), but that particular specimen cannot be found for verification.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="22724883" name="name789968e09d49012ad" descr="GILPPO_distribution_map.jpg"/>
+            <wp:docPr id="61338535" name="name487768fe9de45a171" descr="GILPPO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GILPPO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId939068e09d49012a9" cstate="print"/>
+                    <a:blip r:embed="rId730568fe9de45a16e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5776,51 +5776,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilpinia hercyniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId300768e09d4903570" w:history="1">
+      <w:hyperlink r:id="rId667468fe9de45d934" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5895,63 +5895,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="47388211" name="name412968e09d4903819" descr="eu_funding_250.png"/>
+            <wp:docPr id="33455401" name="name211868fe9de45dd5b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId648768e09d4903818" cstate="print"/>
+                    <a:blip r:embed="rId868368fe9de45dd57" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6049,137 +6049,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43142032">
+  <w:abstractNum w:abstractNumId="16197662">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83962864">
+    <w:lvl w:ilvl="0" w:tplc="16778307">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83962864" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16778307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83962864" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16778307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83962864" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16778307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83962864" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16778307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83962864" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16778307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83962864" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16778307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83962864" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16778307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83962864" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16778307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43142031">
+  <w:abstractNum w:abstractNumId="16197661">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65394195">
+    <w:lvl w:ilvl="0" w:tplc="65553860">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6931,55 +6931,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43142031">
-    <w:abstractNumId w:val="43142031"/>
+  <w:num w:numId="16197661">
+    <w:abstractNumId w:val="16197661"/>
   </w:num>
-  <w:num w:numId="43142032">
-    <w:abstractNumId w:val="43142032"/>
+  <w:num w:numId="16197662">
+    <w:abstractNumId w:val="16197662"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18529,51 +18529,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId275974981" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId166242700" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId182868e09d48f3937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/" TargetMode="External"/><Relationship Id="rId560468e09d48f397d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/categorization" TargetMode="External"/><Relationship Id="rId539168e09d48f3bad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/photos" TargetMode="External"/><Relationship Id="rId300768e09d4903570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId770568e09d48f3a91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId770568e09d48f3a91.jpg"/><Relationship Id="rId939068e09d49012a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId939068e09d49012a9.jpg"/><Relationship Id="rId648768e09d4903818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId648768e09d4903818.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId859631300" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId508061568" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId308268fe9de458406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/" TargetMode="External"/><Relationship Id="rId659268fe9de45844a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/categorization" TargetMode="External"/><Relationship Id="rId571368fe9de458c76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/photos" TargetMode="External"/><Relationship Id="rId667468fe9de45d934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId966068fe9de458b7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId966068fe9de458b7f.jpg"/><Relationship Id="rId730568fe9de45a16e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId730568fe9de45a16e.jpg"/><Relationship Id="rId868368fe9de45dd57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId868368fe9de45dd57.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>