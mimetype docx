--- v1 (2025-10-26)
+++ v2 (2025-11-19)
@@ -348,88 +348,88 @@
               <w:t xml:space="preserve">Lophyrus polytomos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European spruce sawfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308268fe9de458406" w:history="1">
+            <w:hyperlink r:id="rId5437691d0cafd0150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId659268fe9de45844a" w:history="1">
+            <w:hyperlink r:id="rId2382691d0cafd019a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -443,86 +443,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GILPPO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59189562" name="name853268fe9de458b80" descr="778.jpg"/>
+                  <wp:docPr id="71480067" name="name6769691d0cafd08ed" descr="778.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="778.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId966068fe9de458b7f" cstate="print"/>
+                          <a:blip r:embed="rId8464691d0cafd08eb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId571368fe9de458c76" w:history="1">
+            <w:hyperlink r:id="rId4247691d0cafd0a03" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1539,63 +1539,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014), but that particular specimen cannot be found for verification.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61338535" name="name487768fe9de45a171" descr="GILPPO_distribution_map.jpg"/>
+            <wp:docPr id="1426654" name="name3748691d0cafd1da5" descr="GILPPO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GILPPO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId730568fe9de45a16e" cstate="print"/>
+                    <a:blip r:embed="rId3173691d0cafd1da3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5776,51 +5776,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilpinia hercyniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId667468fe9de45d934" w:history="1">
+      <w:hyperlink r:id="rId1867691d0cafd3bba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5895,63 +5895,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="33455401" name="name211868fe9de45dd5b" descr="eu_funding_250.png"/>
+            <wp:docPr id="38433315" name="name6354691d0cafd3e33" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId868368fe9de45dd57" cstate="print"/>
+                    <a:blip r:embed="rId3094691d0cafd3e31" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6049,137 +6049,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16197662">
+  <w:abstractNum w:abstractNumId="18165966">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16778307">
+    <w:lvl w:ilvl="0" w:tplc="34266329">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16778307" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34266329" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16778307" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34266329" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16778307" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34266329" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16778307" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34266329" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16778307" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34266329" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16778307" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34266329" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16778307" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34266329" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16778307" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34266329" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16197661">
+  <w:abstractNum w:abstractNumId="18165965">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65553860">
+    <w:lvl w:ilvl="0" w:tplc="20067414">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6931,55 +6931,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16197661">
-    <w:abstractNumId w:val="16197661"/>
+  <w:num w:numId="18165965">
+    <w:abstractNumId w:val="18165965"/>
   </w:num>
-  <w:num w:numId="16197662">
-    <w:abstractNumId w:val="16197662"/>
+  <w:num w:numId="18165966">
+    <w:abstractNumId w:val="18165966"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18529,51 +18529,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId859631300" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId508061568" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId308268fe9de458406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/" TargetMode="External"/><Relationship Id="rId659268fe9de45844a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/categorization" TargetMode="External"/><Relationship Id="rId571368fe9de458c76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/photos" TargetMode="External"/><Relationship Id="rId667468fe9de45d934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId966068fe9de458b7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId966068fe9de458b7f.jpg"/><Relationship Id="rId730568fe9de45a16e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId730568fe9de45a16e.jpg"/><Relationship Id="rId868368fe9de45dd57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId868368fe9de45dd57.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId276579006" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId353460539" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5437691d0cafd0150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/" TargetMode="External"/><Relationship Id="rId2382691d0cafd019a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/categorization" TargetMode="External"/><Relationship Id="rId4247691d0cafd0a03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/photos" TargetMode="External"/><Relationship Id="rId1867691d0cafd3bba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8464691d0cafd08eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8464691d0cafd08eb.jpg"/><Relationship Id="rId3173691d0cafd1da3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3173691d0cafd1da3.jpg"/><Relationship Id="rId3094691d0cafd3e31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3094691d0cafd3e31.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>