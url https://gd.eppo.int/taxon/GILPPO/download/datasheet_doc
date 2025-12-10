--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -348,88 +348,88 @@
               <w:t xml:space="preserve">Lophyrus polytomos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European spruce sawfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5437691d0cafd0150" w:history="1">
+            <w:hyperlink r:id="rId19926939d50f97042" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2382691d0cafd019a" w:history="1">
+            <w:hyperlink r:id="rId84676939d50f97088" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -443,86 +443,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GILPPO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="71480067" name="name6769691d0cafd08ed" descr="778.jpg"/>
+                  <wp:docPr id="70832117" name="name71256939d50f9714c" descr="778.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="778.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8464691d0cafd08eb" cstate="print"/>
+                          <a:blip r:embed="rId12226939d50f9714b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4247691d0cafd0a03" w:history="1">
+            <w:hyperlink r:id="rId98866939d50f9727c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1539,63 +1539,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014), but that particular specimen cannot be found for verification.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1426654" name="name3748691d0cafd1da5" descr="GILPPO_distribution_map.jpg"/>
+            <wp:docPr id="97631937" name="name94946939d50f988dc" descr="GILPPO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GILPPO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3173691d0cafd1da3" cstate="print"/>
+                    <a:blip r:embed="rId28286939d50f988d9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5776,51 +5776,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilpinia hercyniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1867691d0cafd3bba" w:history="1">
+      <w:hyperlink r:id="rId53196939d50f9a55b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5895,63 +5895,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38433315" name="name6354691d0cafd3e33" descr="eu_funding_250.png"/>
+            <wp:docPr id="96790564" name="name66786939d50f9a66f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3094691d0cafd3e31" cstate="print"/>
+                    <a:blip r:embed="rId31086939d50f9a66e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6049,137 +6049,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="18165966">
+  <w:abstractNum w:abstractNumId="44073368">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34266329">
+    <w:lvl w:ilvl="0" w:tplc="72032455">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34266329" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72032455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34266329" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72032455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34266329" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72032455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34266329" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72032455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34266329" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72032455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34266329" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72032455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34266329" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72032455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34266329" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72032455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18165965">
+  <w:abstractNum w:abstractNumId="44073367">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20067414">
+    <w:lvl w:ilvl="0" w:tplc="89614629">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6931,55 +6931,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18165965">
-    <w:abstractNumId w:val="18165965"/>
+  <w:num w:numId="44073367">
+    <w:abstractNumId w:val="44073367"/>
   </w:num>
-  <w:num w:numId="18165966">
-    <w:abstractNumId w:val="18165966"/>
+  <w:num w:numId="44073368">
+    <w:abstractNumId w:val="44073368"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18529,51 +18529,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId276579006" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId353460539" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5437691d0cafd0150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/" TargetMode="External"/><Relationship Id="rId2382691d0cafd019a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/categorization" TargetMode="External"/><Relationship Id="rId4247691d0cafd0a03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/photos" TargetMode="External"/><Relationship Id="rId1867691d0cafd3bba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8464691d0cafd08eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8464691d0cafd08eb.jpg"/><Relationship Id="rId3173691d0cafd1da3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3173691d0cafd1da3.jpg"/><Relationship Id="rId3094691d0cafd3e31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3094691d0cafd3e31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId463837448" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId166297976" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId19926939d50f97042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/" TargetMode="External"/><Relationship Id="rId84676939d50f97088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/categorization" TargetMode="External"/><Relationship Id="rId98866939d50f9727c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/photos" TargetMode="External"/><Relationship Id="rId53196939d50f9a55b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId12226939d50f9714b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12226939d50f9714b.jpg"/><Relationship Id="rId28286939d50f988d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28286939d50f988d9.jpg"/><Relationship Id="rId31086939d50f9a66e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31086939d50f9a66e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>