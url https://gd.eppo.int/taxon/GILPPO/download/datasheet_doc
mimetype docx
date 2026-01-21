--- v3 (2025-12-10)
+++ v4 (2026-01-21)
@@ -348,88 +348,88 @@
               <w:t xml:space="preserve">Lophyrus polytomos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European spruce sawfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19926939d50f97042" w:history="1">
+            <w:hyperlink r:id="rId962869710bb3eb4ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84676939d50f97088" w:history="1">
+            <w:hyperlink r:id="rId139669710bb3eb532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -443,86 +443,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GILPPO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70832117" name="name71256939d50f9714c" descr="778.jpg"/>
+                  <wp:docPr id="33903864" name="name405569710bb3eb9d3" descr="778.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="778.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId12226939d50f9714b" cstate="print"/>
+                          <a:blip r:embed="rId774869710bb3eb9d1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId98866939d50f9727c" w:history="1">
+            <w:hyperlink r:id="rId488369710bb3ebadd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1539,63 +1539,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014), but that particular specimen cannot be found for verification.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97631937" name="name94946939d50f988dc" descr="GILPPO_distribution_map.jpg"/>
+            <wp:docPr id="12406252" name="name248269710bb3ecf6b" descr="GILPPO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GILPPO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28286939d50f988d9" cstate="print"/>
+                    <a:blip r:embed="rId390869710bb3ecf68" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5754,73 +5754,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilpinia hercyniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53196939d50f9a55b" w:history="1">
+      <w:hyperlink r:id="rId507969710bb3eeba7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5895,63 +5895,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="96790564" name="name66786939d50f9a66f" descr="eu_funding_250.png"/>
+            <wp:docPr id="91596567" name="name584569710bb3eecb4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31086939d50f9a66e" cstate="print"/>
+                    <a:blip r:embed="rId145869710bb3eecb3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6049,137 +6049,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44073368">
+  <w:abstractNum w:abstractNumId="46668252">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72032455">
+    <w:lvl w:ilvl="0" w:tplc="63626851">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72032455" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63626851" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72032455" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63626851" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72032455" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63626851" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72032455" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63626851" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72032455" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63626851" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72032455" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63626851" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72032455" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63626851" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72032455" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63626851" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44073367">
+  <w:abstractNum w:abstractNumId="46668251">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89614629">
+    <w:lvl w:ilvl="0" w:tplc="37346393">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6931,55 +6931,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44073367">
-    <w:abstractNumId w:val="44073367"/>
+  <w:num w:numId="46668251">
+    <w:abstractNumId w:val="46668251"/>
   </w:num>
-  <w:num w:numId="44073368">
-    <w:abstractNumId w:val="44073368"/>
+  <w:num w:numId="46668252">
+    <w:abstractNumId w:val="46668252"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18529,51 +18529,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId463837448" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId166297976" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId19926939d50f97042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/" TargetMode="External"/><Relationship Id="rId84676939d50f97088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/categorization" TargetMode="External"/><Relationship Id="rId98866939d50f9727c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/photos" TargetMode="External"/><Relationship Id="rId53196939d50f9a55b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId12226939d50f9714b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12226939d50f9714b.jpg"/><Relationship Id="rId28286939d50f988d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28286939d50f988d9.jpg"/><Relationship Id="rId31086939d50f9a66e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31086939d50f9a66e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId146185137" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId345007395" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId962869710bb3eb4ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/" TargetMode="External"/><Relationship Id="rId139669710bb3eb532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/categorization" TargetMode="External"/><Relationship Id="rId488369710bb3ebadd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/photos" TargetMode="External"/><Relationship Id="rId507969710bb3eeba7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId774869710bb3eb9d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId774869710bb3eb9d1.jpg"/><Relationship Id="rId390869710bb3ecf68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId390869710bb3ecf68.jpg"/><Relationship Id="rId145869710bb3eecb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId145869710bb3eecb3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>