--- v4 (2026-01-21)
+++ v5 (2026-02-11)
@@ -348,88 +348,88 @@
               <w:t xml:space="preserve">Lophyrus polytomos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European spruce sawfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId962869710bb3eb4ee" w:history="1">
+            <w:hyperlink r:id="rId3854698c3fa24a42b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139669710bb3eb532" w:history="1">
+            <w:hyperlink r:id="rId7126698c3fa24a471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -443,86 +443,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GILPPO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="33903864" name="name405569710bb3eb9d3" descr="778.jpg"/>
+                  <wp:docPr id="95539338" name="name5288698c3fa24aadb" descr="778.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="778.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId774869710bb3eb9d1" cstate="print"/>
+                          <a:blip r:embed="rId5828698c3fa24aad9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId488369710bb3ebadd" w:history="1">
+            <w:hyperlink r:id="rId9580698c3fa24abd5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1539,105 +1539,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014), but that particular specimen cannot be found for verification.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12406252" name="name248269710bb3ecf6b" descr="GILPPO_distribution_map.jpg"/>
+            <wp:docPr id="95182742" name="name4114698c3fa24c00b" descr="GILPPO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GILPPO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId390869710bb3ecf68" cstate="print"/>
+                    <a:blip r:embed="rId6821698c3fa24c009" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belgium, Czechia, Denmark, Estonia, Finland, France (mainland), Germany, Hungary, Italy (mainland), Latvia, Lithuania, Luxembourg, Netherlands, Norway, Poland, Romania, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Slovakia, Sweden, Switzerland, United Kingdom (England, Wales)</w:t>
+        <w:t xml:space="preserve"> Austria, Belgium, Czechia, Denmark, Estonia, Finland, France (mainland), Germany, Hungary, Italy (mainland), Latvia, Lithuania, Luxembourg, Netherlands, Norway, Poland, Romania, Russian Federation (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Slovakia, Sweden, Switzerland, United Kingdom (England, Wales)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Japan, Korea, Democratic People's Republic of, Korea, Republic of, Mongolia, Pakistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5776,51 +5776,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilpinia hercyniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId507969710bb3eeba7" w:history="1">
+      <w:hyperlink r:id="rId3120698c3fa24dd35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5895,63 +5895,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91596567" name="name584569710bb3eecb4" descr="eu_funding_250.png"/>
+            <wp:docPr id="98180224" name="name4602698c3fa24de75" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId145869710bb3eecb3" cstate="print"/>
+                    <a:blip r:embed="rId3263698c3fa24de74" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6049,137 +6049,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46668252">
+  <w:abstractNum w:abstractNumId="58626886">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63626851">
+    <w:lvl w:ilvl="0" w:tplc="80834551">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63626851" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80834551" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63626851" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80834551" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63626851" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80834551" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63626851" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80834551" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63626851" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80834551" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63626851" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80834551" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63626851" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80834551" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63626851" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80834551" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46668251">
+  <w:abstractNum w:abstractNumId="58626885">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37346393">
+    <w:lvl w:ilvl="0" w:tplc="54361867">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6931,55 +6931,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46668251">
-    <w:abstractNumId w:val="46668251"/>
+  <w:num w:numId="58626885">
+    <w:abstractNumId w:val="58626885"/>
   </w:num>
-  <w:num w:numId="46668252">
-    <w:abstractNumId w:val="46668252"/>
+  <w:num w:numId="58626886">
+    <w:abstractNumId w:val="58626886"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18529,51 +18529,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId146185137" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId345007395" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId962869710bb3eb4ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/" TargetMode="External"/><Relationship Id="rId139669710bb3eb532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/categorization" TargetMode="External"/><Relationship Id="rId488369710bb3ebadd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/photos" TargetMode="External"/><Relationship Id="rId507969710bb3eeba7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId774869710bb3eb9d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId774869710bb3eb9d1.jpg"/><Relationship Id="rId390869710bb3ecf68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId390869710bb3ecf68.jpg"/><Relationship Id="rId145869710bb3eecb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId145869710bb3eecb3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId856582468" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId204333067" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3854698c3fa24a42b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/" TargetMode="External"/><Relationship Id="rId7126698c3fa24a471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/categorization" TargetMode="External"/><Relationship Id="rId9580698c3fa24abd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/photos" TargetMode="External"/><Relationship Id="rId3120698c3fa24dd35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5828698c3fa24aad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5828698c3fa24aad9.jpg"/><Relationship Id="rId6821698c3fa24c009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6821698c3fa24c009.jpg"/><Relationship Id="rId3263698c3fa24de74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3263698c3fa24de74.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>