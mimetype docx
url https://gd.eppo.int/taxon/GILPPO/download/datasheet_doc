--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -348,88 +348,88 @@
               <w:t xml:space="preserve">Lophyrus polytomos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European spruce sawfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3854698c3fa24a42b" w:history="1">
+            <w:hyperlink r:id="rId151669a6b363d2634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7126698c3fa24a471" w:history="1">
+            <w:hyperlink r:id="rId128069a6b363d2678" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -443,86 +443,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GILPPO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="95539338" name="name5288698c3fa24aadb" descr="778.jpg"/>
+                  <wp:docPr id="71676078" name="name455069a6b363d2e69" descr="778.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="778.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5828698c3fa24aad9" cstate="print"/>
+                          <a:blip r:embed="rId191369a6b363d2e67" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9580698c3fa24abd5" w:history="1">
+            <w:hyperlink r:id="rId739069a6b363d2fbf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1539,63 +1539,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014), but that particular specimen cannot be found for verification.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95182742" name="name4114698c3fa24c00b" descr="GILPPO_distribution_map.jpg"/>
+            <wp:docPr id="57509031" name="name180069a6b363d44dc" descr="GILPPO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GILPPO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6821698c3fa24c009" cstate="print"/>
+                    <a:blip r:embed="rId692869a6b363d44d9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5776,51 +5776,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilpinia hercyniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3120698c3fa24dd35" w:history="1">
+      <w:hyperlink r:id="rId398169a6b363d68d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5895,63 +5895,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98180224" name="name4602698c3fa24de75" descr="eu_funding_250.png"/>
+            <wp:docPr id="20367707" name="name576269a6b363d6a2c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3263698c3fa24de74" cstate="print"/>
+                    <a:blip r:embed="rId544169a6b363d6a2b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6049,137 +6049,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58626886">
+  <w:abstractNum w:abstractNumId="33738018">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80834551">
+    <w:lvl w:ilvl="0" w:tplc="53582264">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80834551" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53582264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80834551" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53582264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80834551" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53582264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80834551" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53582264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80834551" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53582264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80834551" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53582264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80834551" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53582264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80834551" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53582264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58626885">
+  <w:abstractNum w:abstractNumId="33738017">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54361867">
+    <w:lvl w:ilvl="0" w:tplc="46881950">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6931,55 +6931,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58626885">
-    <w:abstractNumId w:val="58626885"/>
+  <w:num w:numId="33738017">
+    <w:abstractNumId w:val="33738017"/>
   </w:num>
-  <w:num w:numId="58626886">
-    <w:abstractNumId w:val="58626886"/>
+  <w:num w:numId="33738018">
+    <w:abstractNumId w:val="33738018"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18529,51 +18529,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId856582468" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId204333067" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3854698c3fa24a42b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/" TargetMode="External"/><Relationship Id="rId7126698c3fa24a471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/categorization" TargetMode="External"/><Relationship Id="rId9580698c3fa24abd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/photos" TargetMode="External"/><Relationship Id="rId3120698c3fa24dd35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5828698c3fa24aad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5828698c3fa24aad9.jpg"/><Relationship Id="rId6821698c3fa24c009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6821698c3fa24c009.jpg"/><Relationship Id="rId3263698c3fa24de74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3263698c3fa24de74.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId573072463" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId256302874" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId151669a6b363d2634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/" TargetMode="External"/><Relationship Id="rId128069a6b363d2678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/categorization" TargetMode="External"/><Relationship Id="rId739069a6b363d2fbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/photos" TargetMode="External"/><Relationship Id="rId398169a6b363d68d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId191369a6b363d2e67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId191369a6b363d2e67.jpg"/><Relationship Id="rId692869a6b363d44d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId692869a6b363d44d9.jpg"/><Relationship Id="rId544169a6b363d6a2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId544169a6b363d6a2b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>