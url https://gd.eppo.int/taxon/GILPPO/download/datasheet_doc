--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -348,88 +348,88 @@
               <w:t xml:space="preserve">Lophyrus polytomos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European spruce sawfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151669a6b363d2634" w:history="1">
+            <w:hyperlink r:id="rId730869c15afa20da6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128069a6b363d2678" w:history="1">
+            <w:hyperlink r:id="rId957769c15afa20de9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -443,86 +443,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GILPPO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="71676078" name="name455069a6b363d2e69" descr="778.jpg"/>
+                  <wp:docPr id="66906474" name="name469169c15afa214d5" descr="778.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="778.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId191369a6b363d2e67" cstate="print"/>
+                          <a:blip r:embed="rId799369c15afa214d2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId739069a6b363d2fbf" w:history="1">
+            <w:hyperlink r:id="rId779069c15afa215f5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1539,63 +1539,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014), but that particular specimen cannot be found for verification.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57509031" name="name180069a6b363d44dc" descr="GILPPO_distribution_map.jpg"/>
+            <wp:docPr id="67549955" name="name273369c15afa22b10" descr="GILPPO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GILPPO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId692869a6b363d44d9" cstate="print"/>
+                    <a:blip r:embed="rId919369c15afa22b0c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5776,51 +5776,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilpinia hercyniae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId398169a6b363d68d9" w:history="1">
+      <w:hyperlink r:id="rId999669c15afa25469" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5895,63 +5895,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="20367707" name="name576269a6b363d6a2c" descr="eu_funding_250.png"/>
+            <wp:docPr id="97082042" name="name419369c15afa255dd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId544169a6b363d6a2b" cstate="print"/>
+                    <a:blip r:embed="rId241569c15afa255db" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6049,137 +6049,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33738018">
+  <w:abstractNum w:abstractNumId="51280866">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53582264">
+    <w:lvl w:ilvl="0" w:tplc="88709187">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53582264" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88709187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53582264" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88709187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53582264" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88709187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53582264" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88709187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53582264" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88709187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53582264" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88709187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53582264" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88709187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53582264" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88709187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33738017">
+  <w:abstractNum w:abstractNumId="51280865">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46881950">
+    <w:lvl w:ilvl="0" w:tplc="77835427">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6931,55 +6931,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33738017">
-    <w:abstractNumId w:val="33738017"/>
+  <w:num w:numId="51280865">
+    <w:abstractNumId w:val="51280865"/>
   </w:num>
-  <w:num w:numId="33738018">
-    <w:abstractNumId w:val="33738018"/>
+  <w:num w:numId="51280866">
+    <w:abstractNumId w:val="51280866"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18529,51 +18529,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId573072463" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId256302874" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId151669a6b363d2634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/" TargetMode="External"/><Relationship Id="rId128069a6b363d2678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/categorization" TargetMode="External"/><Relationship Id="rId739069a6b363d2fbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/photos" TargetMode="External"/><Relationship Id="rId398169a6b363d68d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId191369a6b363d2e67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId191369a6b363d2e67.jpg"/><Relationship Id="rId692869a6b363d44d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId692869a6b363d44d9.jpg"/><Relationship Id="rId544169a6b363d6a2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId544169a6b363d6a2b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId305151881" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId257556478" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId730869c15afa20da6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/" TargetMode="External"/><Relationship Id="rId957769c15afa20de9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/categorization" TargetMode="External"/><Relationship Id="rId779069c15afa215f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GILPPO/photos" TargetMode="External"/><Relationship Id="rId999669c15afa25469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId799369c15afa214d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId799369c15afa214d2.jpg"/><Relationship Id="rId919369c15afa22b0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId919369c15afa22b0c.jpg"/><Relationship Id="rId241569c15afa255db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId241569c15afa255db.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>