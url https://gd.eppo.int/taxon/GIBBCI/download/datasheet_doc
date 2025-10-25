--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Nirenberg &amp; O'Donnell</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pitch canker of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290968e095a51c5cc" w:history="1">
+            <w:hyperlink r:id="rId259668fc52a851ae7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId902868e095a51c63a" w:history="1">
+            <w:hyperlink r:id="rId148168fc52a851b55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GIBBCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="71042317" name="name302268e095a51c707" descr="7697.jpg"/>
+                  <wp:docPr id="17692706" name="name849768fc52a851c2d" descr="7697.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7697.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId749868e095a51c706" cstate="print"/>
+                          <a:blip r:embed="rId596968fc52a851c2c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId592968e095a51c814" w:history="1">
+            <w:hyperlink r:id="rId745768fc52a851d59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2569,63 +2569,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">F. circinatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however the pathogen is reported to stop its growth and sporulation as temperatures approach zero Celsius. For this reason, it is presumed that areas with Mediterranean and warm Oceanic climates may be more favourable to the pathogen than continental climates.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="42883068" name="name300668e095a51e3c5" descr="GIBBCI_distribution_map.jpg"/>
+            <wp:docPr id="48464828" name="name711168fc52a8539fb" descr="GIBBCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GIBBCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId642668e095a51e3c1" cstate="print"/>
+                    <a:blip r:embed="rId483868fc52a8539f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10223,51 +10223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, on pines in Chile. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Disease Reports</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Vol. 4 August 2001 – January 2002. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId649868e095a521b6d" w:history="1">
+      <w:hyperlink r:id="rId195568fc52a856d23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bspp.org.uk/ndr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10418,51 +10418,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium circinatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131068e095a521cf3" w:history="1">
+      <w:hyperlink r:id="rId727568fc52a856e86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10547,90 +10547,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 383–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId753168e095a521de8" w:history="1">
+      <w:hyperlink r:id="rId170368fc52a856f6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00905.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="35717114" name="name530368e095a521e68" descr="eu_funding_250.png"/>
+            <wp:docPr id="43469176" name="name405568fc52a857004" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId540768e095a521e67" cstate="print"/>
+                    <a:blip r:embed="rId734068fc52a857002" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10728,137 +10728,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22481116">
+  <w:abstractNum w:abstractNumId="85872445">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79878860">
+    <w:lvl w:ilvl="0" w:tplc="31009821">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79878860" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31009821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79878860" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31009821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79878860" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31009821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79878860" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31009821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79878860" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31009821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79878860" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31009821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79878860" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31009821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79878860" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31009821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22481115">
+  <w:abstractNum w:abstractNumId="85872444">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37293306">
+    <w:lvl w:ilvl="0" w:tplc="75231479">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11610,55 +11610,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22481115">
-    <w:abstractNumId w:val="22481115"/>
+  <w:num w:numId="85872444">
+    <w:abstractNumId w:val="85872444"/>
   </w:num>
-  <w:num w:numId="22481116">
-    <w:abstractNumId w:val="22481116"/>
+  <w:num w:numId="85872445">
+    <w:abstractNumId w:val="85872445"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23208,51 +23208,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId393038230" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId956540927" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId290968e095a51c5cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/" TargetMode="External"/><Relationship Id="rId902868e095a51c63a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/categorization" TargetMode="External"/><Relationship Id="rId592968e095a51c814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/photos" TargetMode="External"/><Relationship Id="rId649868e095a521b6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/" TargetMode="External"/><Relationship Id="rId131068e095a521cf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId753168e095a521de8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00905.x" TargetMode="External"/><Relationship Id="rId749868e095a51c706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId749868e095a51c706.jpg"/><Relationship Id="rId642668e095a51e3c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId642668e095a51e3c1.jpg"/><Relationship Id="rId540768e095a521e67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId540768e095a521e67.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId899488807" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId176083124" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId259668fc52a851ae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/" TargetMode="External"/><Relationship Id="rId148168fc52a851b55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/categorization" TargetMode="External"/><Relationship Id="rId745768fc52a851d59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/photos" TargetMode="External"/><Relationship Id="rId195568fc52a856d23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/" TargetMode="External"/><Relationship Id="rId727568fc52a856e86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId170368fc52a856f6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00905.x" TargetMode="External"/><Relationship Id="rId596968fc52a851c2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId596968fc52a851c2c.jpg"/><Relationship Id="rId483868fc52a8539f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId483868fc52a8539f8.jpg"/><Relationship Id="rId734068fc52a857002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId734068fc52a857002.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>