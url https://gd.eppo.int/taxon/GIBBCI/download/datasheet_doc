--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Nirenberg &amp; O'Donnell</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pitch canker of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259668fc52a851ae7" w:history="1">
+            <w:hyperlink r:id="rId50506917cb6aa931b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148168fc52a851b55" w:history="1">
+            <w:hyperlink r:id="rId29376917cb6aa93c8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GIBBCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="17692706" name="name849768fc52a851c2d" descr="7697.jpg"/>
+                  <wp:docPr id="38960713" name="name45346917cb6aa9c2d" descr="7697.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7697.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId596968fc52a851c2c" cstate="print"/>
+                          <a:blip r:embed="rId28346917cb6aa9c2a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId745768fc52a851d59" w:history="1">
+            <w:hyperlink r:id="rId66376917cb6aa9d79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2569,63 +2569,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">F. circinatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however the pathogen is reported to stop its growth and sporulation as temperatures approach zero Celsius. For this reason, it is presumed that areas with Mediterranean and warm Oceanic climates may be more favourable to the pathogen than continental climates.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48464828" name="name711168fc52a8539fb" descr="GIBBCI_distribution_map.jpg"/>
+            <wp:docPr id="78044742" name="name79536917cb6aab9b5" descr="GIBBCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GIBBCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId483868fc52a8539f8" cstate="print"/>
+                    <a:blip r:embed="rId74946917cb6aab9b2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10223,51 +10223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, on pines in Chile. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Disease Reports</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Vol. 4 August 2001 – January 2002. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId195568fc52a856d23" w:history="1">
+      <w:hyperlink r:id="rId70196917cb6aaefdd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bspp.org.uk/ndr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10418,51 +10418,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium circinatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId727568fc52a856e86" w:history="1">
+      <w:hyperlink r:id="rId40636917cb6aaf132" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10547,90 +10547,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 383–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId170368fc52a856f6d" w:history="1">
+      <w:hyperlink r:id="rId78186917cb6aaf209" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00905.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43469176" name="name405568fc52a857004" descr="eu_funding_250.png"/>
+            <wp:docPr id="64812814" name="name72646917cb6aaf285" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId734068fc52a857002" cstate="print"/>
+                    <a:blip r:embed="rId89506917cb6aaf284" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10728,137 +10728,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85872445">
+  <w:abstractNum w:abstractNumId="90588260">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31009821">
+    <w:lvl w:ilvl="0" w:tplc="27914512">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31009821" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27914512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31009821" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27914512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31009821" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27914512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31009821" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27914512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31009821" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27914512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31009821" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27914512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31009821" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27914512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31009821" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27914512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85872444">
+  <w:abstractNum w:abstractNumId="90588259">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75231479">
+    <w:lvl w:ilvl="0" w:tplc="77049684">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11610,55 +11610,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85872444">
-    <w:abstractNumId w:val="85872444"/>
+  <w:num w:numId="90588259">
+    <w:abstractNumId w:val="90588259"/>
   </w:num>
-  <w:num w:numId="85872445">
-    <w:abstractNumId w:val="85872445"/>
+  <w:num w:numId="90588260">
+    <w:abstractNumId w:val="90588260"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23208,51 +23208,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId899488807" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId176083124" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId259668fc52a851ae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/" TargetMode="External"/><Relationship Id="rId148168fc52a851b55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/categorization" TargetMode="External"/><Relationship Id="rId745768fc52a851d59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/photos" TargetMode="External"/><Relationship Id="rId195568fc52a856d23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/" TargetMode="External"/><Relationship Id="rId727568fc52a856e86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId170368fc52a856f6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00905.x" TargetMode="External"/><Relationship Id="rId596968fc52a851c2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId596968fc52a851c2c.jpg"/><Relationship Id="rId483868fc52a8539f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId483868fc52a8539f8.jpg"/><Relationship Id="rId734068fc52a857002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId734068fc52a857002.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId610410293" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId203742960" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId50506917cb6aa931b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/" TargetMode="External"/><Relationship Id="rId29376917cb6aa93c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/categorization" TargetMode="External"/><Relationship Id="rId66376917cb6aa9d79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/photos" TargetMode="External"/><Relationship Id="rId70196917cb6aaefdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/" TargetMode="External"/><Relationship Id="rId40636917cb6aaf132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId78186917cb6aaf209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00905.x" TargetMode="External"/><Relationship Id="rId28346917cb6aa9c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28346917cb6aa9c2a.jpg"/><Relationship Id="rId74946917cb6aab9b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74946917cb6aab9b2.jpg"/><Relationship Id="rId89506917cb6aaf284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89506917cb6aaf284.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>