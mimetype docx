--- v2 (2025-11-15)
+++ v3 (2025-12-05)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Nirenberg &amp; O'Donnell</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pitch canker of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50506917cb6aa931b" w:history="1">
+            <w:hyperlink r:id="rId10736932d424cd060" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29376917cb6aa93c8" w:history="1">
+            <w:hyperlink r:id="rId68816932d424cd0cb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GIBBCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38960713" name="name45346917cb6aa9c2d" descr="7697.jpg"/>
+                  <wp:docPr id="181293" name="name22476932d424ce487" descr="7697.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7697.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId28346917cb6aa9c2a" cstate="print"/>
+                          <a:blip r:embed="rId47496932d424ce484" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId66376917cb6aa9d79" w:history="1">
+            <w:hyperlink r:id="rId64546932d424ce582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2569,63 +2569,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">F. circinatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however the pathogen is reported to stop its growth and sporulation as temperatures approach zero Celsius. For this reason, it is presumed that areas with Mediterranean and warm Oceanic climates may be more favourable to the pathogen than continental climates.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78044742" name="name79536917cb6aab9b5" descr="GIBBCI_distribution_map.jpg"/>
+            <wp:docPr id="52357699" name="name94556932d424d00a7" descr="GIBBCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GIBBCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId74946917cb6aab9b2" cstate="print"/>
+                    <a:blip r:embed="rId15596932d424d00a4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10223,51 +10223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, on pines in Chile. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Disease Reports</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Vol. 4 August 2001 – January 2002. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70196917cb6aaefdd" w:history="1">
+      <w:hyperlink r:id="rId70036932d424d52f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bspp.org.uk/ndr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10418,51 +10418,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium circinatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40636917cb6aaf132" w:history="1">
+      <w:hyperlink r:id="rId56096932d424d5440" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10547,90 +10547,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 383–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78186917cb6aaf209" w:history="1">
+      <w:hyperlink r:id="rId96736932d424d5515" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00905.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64812814" name="name72646917cb6aaf285" descr="eu_funding_250.png"/>
+            <wp:docPr id="98356193" name="name53396932d424d6d99" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId89506917cb6aaf284" cstate="print"/>
+                    <a:blip r:embed="rId31966932d424d6d96" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10728,137 +10728,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="90588260">
+  <w:abstractNum w:abstractNumId="14549327">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27914512">
+    <w:lvl w:ilvl="0" w:tplc="55690723">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27914512" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55690723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27914512" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55690723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27914512" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55690723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27914512" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55690723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27914512" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55690723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27914512" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55690723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27914512" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55690723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27914512" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55690723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90588259">
+  <w:abstractNum w:abstractNumId="14549326">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77049684">
+    <w:lvl w:ilvl="0" w:tplc="86547862">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11610,55 +11610,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90588259">
-    <w:abstractNumId w:val="90588259"/>
+  <w:num w:numId="14549326">
+    <w:abstractNumId w:val="14549326"/>
   </w:num>
-  <w:num w:numId="90588260">
-    <w:abstractNumId w:val="90588260"/>
+  <w:num w:numId="14549327">
+    <w:abstractNumId w:val="14549327"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23208,51 +23208,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId610410293" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId203742960" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId50506917cb6aa931b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/" TargetMode="External"/><Relationship Id="rId29376917cb6aa93c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/categorization" TargetMode="External"/><Relationship Id="rId66376917cb6aa9d79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/photos" TargetMode="External"/><Relationship Id="rId70196917cb6aaefdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/" TargetMode="External"/><Relationship Id="rId40636917cb6aaf132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId78186917cb6aaf209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00905.x" TargetMode="External"/><Relationship Id="rId28346917cb6aa9c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28346917cb6aa9c2a.jpg"/><Relationship Id="rId74946917cb6aab9b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74946917cb6aab9b2.jpg"/><Relationship Id="rId89506917cb6aaf284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89506917cb6aaf284.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId812355024" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId322010794" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10736932d424cd060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/" TargetMode="External"/><Relationship Id="rId68816932d424cd0cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/categorization" TargetMode="External"/><Relationship Id="rId64546932d424ce582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/photos" TargetMode="External"/><Relationship Id="rId70036932d424d52f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/" TargetMode="External"/><Relationship Id="rId56096932d424d5440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId96736932d424d5515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00905.x" TargetMode="External"/><Relationship Id="rId47496932d424ce484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47496932d424ce484.jpg"/><Relationship Id="rId15596932d424d00a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15596932d424d00a4.jpg"/><Relationship Id="rId31966932d424d6d96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31966932d424d6d96.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>