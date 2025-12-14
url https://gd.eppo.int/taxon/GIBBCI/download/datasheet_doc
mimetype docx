--- v3 (2025-12-05)
+++ v4 (2025-12-14)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Nirenberg &amp; O'Donnell</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pitch canker of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10736932d424cd060" w:history="1">
+            <w:hyperlink r:id="rId5993693ed69cb9749" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68816932d424cd0cb" w:history="1">
+            <w:hyperlink r:id="rId3162693ed69cb97b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GIBBCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="181293" name="name22476932d424ce487" descr="7697.jpg"/>
+                  <wp:docPr id="40049315" name="name3998693ed69cba05a" descr="7697.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7697.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId47496932d424ce484" cstate="print"/>
+                          <a:blip r:embed="rId9630693ed69cba059" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId64546932d424ce582" w:history="1">
+            <w:hyperlink r:id="rId5861693ed69cba17e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2569,63 +2569,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">F. circinatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however the pathogen is reported to stop its growth and sporulation as temperatures approach zero Celsius. For this reason, it is presumed that areas with Mediterranean and warm Oceanic climates may be more favourable to the pathogen than continental climates.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52357699" name="name94556932d424d00a7" descr="GIBBCI_distribution_map.jpg"/>
+            <wp:docPr id="66818408" name="name8412693ed69cbbbc3" descr="GIBBCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GIBBCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15596932d424d00a4" cstate="print"/>
+                    <a:blip r:embed="rId3072693ed69cbbbc0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10223,51 +10223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, on pines in Chile. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Disease Reports</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Vol. 4 August 2001 – January 2002. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70036932d424d52f2" w:history="1">
+      <w:hyperlink r:id="rId6697693ed69cbefb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bspp.org.uk/ndr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10418,51 +10418,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium circinatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56096932d424d5440" w:history="1">
+      <w:hyperlink r:id="rId3764693ed69cbf104" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10547,90 +10547,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 383–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96736932d424d5515" w:history="1">
+      <w:hyperlink r:id="rId3624693ed69cbf1d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00905.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98356193" name="name53396932d424d6d99" descr="eu_funding_250.png"/>
+            <wp:docPr id="94314720" name="name6372693ed69cbf252" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31966932d424d6d96" cstate="print"/>
+                    <a:blip r:embed="rId6196693ed69cbf250" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10728,137 +10728,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14549327">
+  <w:abstractNum w:abstractNumId="95503071">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55690723">
+    <w:lvl w:ilvl="0" w:tplc="63950608">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55690723" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63950608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55690723" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63950608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55690723" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63950608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55690723" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63950608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55690723" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63950608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55690723" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63950608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55690723" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63950608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55690723" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63950608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14549326">
+  <w:abstractNum w:abstractNumId="95503070">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86547862">
+    <w:lvl w:ilvl="0" w:tplc="36939560">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11610,55 +11610,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14549326">
-    <w:abstractNumId w:val="14549326"/>
+  <w:num w:numId="95503070">
+    <w:abstractNumId w:val="95503070"/>
   </w:num>
-  <w:num w:numId="14549327">
-    <w:abstractNumId w:val="14549327"/>
+  <w:num w:numId="95503071">
+    <w:abstractNumId w:val="95503071"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23208,51 +23208,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId812355024" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId322010794" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10736932d424cd060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/" TargetMode="External"/><Relationship Id="rId68816932d424cd0cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/categorization" TargetMode="External"/><Relationship Id="rId64546932d424ce582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/photos" TargetMode="External"/><Relationship Id="rId70036932d424d52f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/" TargetMode="External"/><Relationship Id="rId56096932d424d5440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId96736932d424d5515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00905.x" TargetMode="External"/><Relationship Id="rId47496932d424ce484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47496932d424ce484.jpg"/><Relationship Id="rId15596932d424d00a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15596932d424d00a4.jpg"/><Relationship Id="rId31966932d424d6d96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31966932d424d6d96.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId910181644" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId215105858" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5993693ed69cb9749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/" TargetMode="External"/><Relationship Id="rId3162693ed69cb97b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/categorization" TargetMode="External"/><Relationship Id="rId5861693ed69cba17e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/photos" TargetMode="External"/><Relationship Id="rId6697693ed69cbefb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/" TargetMode="External"/><Relationship Id="rId3764693ed69cbf104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3624693ed69cbf1d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00905.x" TargetMode="External"/><Relationship Id="rId9630693ed69cba059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9630693ed69cba059.jpg"/><Relationship Id="rId3072693ed69cbbbc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3072693ed69cbbbc0.jpg"/><Relationship Id="rId6196693ed69cbf250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6196693ed69cbf250.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>