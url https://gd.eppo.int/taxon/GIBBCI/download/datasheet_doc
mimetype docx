--- v4 (2025-12-14)
+++ v5 (2026-01-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Nirenberg &amp; O'Donnell</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pitch canker of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5993693ed69cb9749" w:history="1">
+            <w:hyperlink r:id="rId11116968802f9c4b1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3162693ed69cb97b7" w:history="1">
+            <w:hyperlink r:id="rId34646968802f9c51e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GIBBCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40049315" name="name3998693ed69cba05a" descr="7697.jpg"/>
+                  <wp:docPr id="23305729" name="name59306968802f9cca7" descr="7697.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7697.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9630693ed69cba059" cstate="print"/>
+                          <a:blip r:embed="rId67376968802f9cca4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5861693ed69cba17e" w:history="1">
+            <w:hyperlink r:id="rId13446968802f9cdd0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2569,63 +2569,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">F. circinatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however the pathogen is reported to stop its growth and sporulation as temperatures approach zero Celsius. For this reason, it is presumed that areas with Mediterranean and warm Oceanic climates may be more favourable to the pathogen than continental climates.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66818408" name="name8412693ed69cbbbc3" descr="GIBBCI_distribution_map.jpg"/>
+            <wp:docPr id="99699057" name="name94426968802f9e7dc" descr="GIBBCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GIBBCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3072693ed69cbbbc0" cstate="print"/>
+                    <a:blip r:embed="rId88926968802f9e7d9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10223,51 +10223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, on pines in Chile. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Disease Reports</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Vol. 4 August 2001 – January 2002. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6697693ed69cbefb1" w:history="1">
+      <w:hyperlink r:id="rId45406968802fa2487" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bspp.org.uk/ndr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10396,73 +10396,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium circinatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3764693ed69cbf104" w:history="1">
+      <w:hyperlink r:id="rId18686968802fa2614" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10547,90 +10547,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 383–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3624693ed69cbf1d9" w:history="1">
+      <w:hyperlink r:id="rId57546968802fa272f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00905.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="94314720" name="name6372693ed69cbf252" descr="eu_funding_250.png"/>
+            <wp:docPr id="98647298" name="name87896968802fa27a4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6196693ed69cbf250" cstate="print"/>
+                    <a:blip r:embed="rId82966968802fa27a3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10728,137 +10728,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95503071">
+  <w:abstractNum w:abstractNumId="28077135">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63950608">
+    <w:lvl w:ilvl="0" w:tplc="66037491">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63950608" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66037491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63950608" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66037491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63950608" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66037491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63950608" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66037491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63950608" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66037491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63950608" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66037491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63950608" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66037491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63950608" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66037491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95503070">
+  <w:abstractNum w:abstractNumId="28077134">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36939560">
+    <w:lvl w:ilvl="0" w:tplc="26012865">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11610,55 +11610,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95503070">
-    <w:abstractNumId w:val="95503070"/>
+  <w:num w:numId="28077134">
+    <w:abstractNumId w:val="28077134"/>
   </w:num>
-  <w:num w:numId="95503071">
-    <w:abstractNumId w:val="95503071"/>
+  <w:num w:numId="28077135">
+    <w:abstractNumId w:val="28077135"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23208,51 +23208,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId910181644" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId215105858" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5993693ed69cb9749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/" TargetMode="External"/><Relationship Id="rId3162693ed69cb97b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/categorization" TargetMode="External"/><Relationship Id="rId5861693ed69cba17e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/photos" TargetMode="External"/><Relationship Id="rId6697693ed69cbefb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/" TargetMode="External"/><Relationship Id="rId3764693ed69cbf104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3624693ed69cbf1d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00905.x" TargetMode="External"/><Relationship Id="rId9630693ed69cba059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9630693ed69cba059.jpg"/><Relationship Id="rId3072693ed69cbbbc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3072693ed69cbbbc0.jpg"/><Relationship Id="rId6196693ed69cbf250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6196693ed69cbf250.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId767483838" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId740844260" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11116968802f9c4b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/" TargetMode="External"/><Relationship Id="rId34646968802f9c51e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/categorization" TargetMode="External"/><Relationship Id="rId13446968802f9cdd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/photos" TargetMode="External"/><Relationship Id="rId45406968802fa2487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/" TargetMode="External"/><Relationship Id="rId18686968802fa2614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57546968802fa272f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00905.x" TargetMode="External"/><Relationship Id="rId67376968802f9cca4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67376968802f9cca4.jpg"/><Relationship Id="rId88926968802f9e7d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88926968802f9e7d9.jpg"/><Relationship Id="rId82966968802fa27a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82966968802fa27a3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>