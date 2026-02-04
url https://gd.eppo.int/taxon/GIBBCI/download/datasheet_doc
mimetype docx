--- v5 (2026-01-15)
+++ v6 (2026-02-04)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Nirenberg &amp; O'Donnell</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pitch canker of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11116968802f9c4b1" w:history="1">
+            <w:hyperlink r:id="rId652069838805e73b5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Emergency measures, Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34646968802f9c51e" w:history="1">
+            <w:hyperlink r:id="rId287169838805e7423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GIBBCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23305729" name="name59306968802f9cca7" descr="7697.jpg"/>
+                  <wp:docPr id="80296323" name="name213869838805e7ed4" descr="7697.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7697.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId67376968802f9cca4" cstate="print"/>
+                          <a:blip r:embed="rId637969838805e7ed1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId13446968802f9cdd0" w:history="1">
+            <w:hyperlink r:id="rId337269838805e88f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2569,63 +2569,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">F. circinatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however the pathogen is reported to stop its growth and sporulation as temperatures approach zero Celsius. For this reason, it is presumed that areas with Mediterranean and warm Oceanic climates may be more favourable to the pathogen than continental climates.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99699057" name="name94426968802f9e7dc" descr="GIBBCI_distribution_map.jpg"/>
+            <wp:docPr id="89354536" name="name594769838805ea560" descr="GIBBCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GIBBCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId88926968802f9e7d9" cstate="print"/>
+                    <a:blip r:embed="rId617869838805ea55d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10223,51 +10223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, on pines in Chile. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Disease Reports</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Vol. 4 August 2001 – January 2002. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45406968802fa2487" w:history="1">
+      <w:hyperlink r:id="rId918669838805eddc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bspp.org.uk/ndr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10418,51 +10418,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium circinatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18686968802fa2614" w:history="1">
+      <w:hyperlink r:id="rId833269838805edf1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10547,90 +10547,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 383–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57546968802fa272f" w:history="1">
+      <w:hyperlink r:id="rId314769838805edff3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00905.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98647298" name="name87896968802fa27a4" descr="eu_funding_250.png"/>
+            <wp:docPr id="54103800" name="name925469838805ee09f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId82966968802fa27a3" cstate="print"/>
+                    <a:blip r:embed="rId735469838805ee09e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10728,137 +10728,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28077135">
+  <w:abstractNum w:abstractNumId="34841120">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66037491">
+    <w:lvl w:ilvl="0" w:tplc="11444133">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66037491" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11444133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66037491" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11444133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66037491" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11444133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66037491" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11444133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66037491" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11444133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66037491" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11444133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66037491" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11444133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66037491" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11444133" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28077134">
+  <w:abstractNum w:abstractNumId="34841119">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26012865">
+    <w:lvl w:ilvl="0" w:tplc="39148104">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11610,55 +11610,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28077134">
-    <w:abstractNumId w:val="28077134"/>
+  <w:num w:numId="34841119">
+    <w:abstractNumId w:val="34841119"/>
   </w:num>
-  <w:num w:numId="28077135">
-    <w:abstractNumId w:val="28077135"/>
+  <w:num w:numId="34841120">
+    <w:abstractNumId w:val="34841120"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23208,51 +23208,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId767483838" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId740844260" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11116968802f9c4b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/" TargetMode="External"/><Relationship Id="rId34646968802f9c51e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/categorization" TargetMode="External"/><Relationship Id="rId13446968802f9cdd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/photos" TargetMode="External"/><Relationship Id="rId45406968802fa2487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/" TargetMode="External"/><Relationship Id="rId18686968802fa2614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57546968802fa272f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00905.x" TargetMode="External"/><Relationship Id="rId67376968802f9cca4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67376968802f9cca4.jpg"/><Relationship Id="rId88926968802f9e7d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88926968802f9e7d9.jpg"/><Relationship Id="rId82966968802fa27a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82966968802fa27a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId820063073" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId155953471" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId652069838805e73b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/" TargetMode="External"/><Relationship Id="rId287169838805e7423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/categorization" TargetMode="External"/><Relationship Id="rId337269838805e88f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/photos" TargetMode="External"/><Relationship Id="rId918669838805eddc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/" TargetMode="External"/><Relationship Id="rId833269838805edf1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId314769838805edff3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00905.x" TargetMode="External"/><Relationship Id="rId637969838805e7ed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId637969838805e7ed1.jpg"/><Relationship Id="rId617869838805ea55d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId617869838805ea55d.jpg"/><Relationship Id="rId735469838805ee09e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId735469838805ee09e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>