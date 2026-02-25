--- v6 (2026-02-04)
+++ v7 (2026-02-25)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Nirenberg &amp; O'Donnell</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pitch canker of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId652069838805e73b5" w:history="1">
+            <w:hyperlink r:id="rId8961699e585205984" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287169838805e7423" w:history="1">
+            <w:hyperlink r:id="rId3499699e5852059f1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GIBBCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80296323" name="name213869838805e7ed4" descr="7697.jpg"/>
+                  <wp:docPr id="75983446" name="name4936699e585205e53" descr="7697.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7697.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId637969838805e7ed1" cstate="print"/>
+                          <a:blip r:embed="rId3829699e585205e51" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId337269838805e88f6" w:history="1">
+            <w:hyperlink r:id="rId8879699e585205fb1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2569,63 +2569,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">F. circinatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however the pathogen is reported to stop its growth and sporulation as temperatures approach zero Celsius. For this reason, it is presumed that areas with Mediterranean and warm Oceanic climates may be more favourable to the pathogen than continental climates.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="89354536" name="name594769838805ea560" descr="GIBBCI_distribution_map.jpg"/>
+            <wp:docPr id="84600251" name="name7664699e5852076fd" descr="GIBBCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GIBBCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId617869838805ea55d" cstate="print"/>
+                    <a:blip r:embed="rId5110699e5852076f9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2728,51 +2728,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Guatemala, Haiti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Brazil (Santa Catarina), Chile, Colombia</w:t>
+        <w:t xml:space="preserve"> Chile, Colombia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -10223,51 +10223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, on pines in Chile. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Disease Reports</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Vol. 4 August 2001 – January 2002. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId918669838805eddc4" w:history="1">
+      <w:hyperlink r:id="rId7998699e58520b74b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bspp.org.uk/ndr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10418,51 +10418,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium circinatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId833269838805edf1c" w:history="1">
+      <w:hyperlink r:id="rId8505699e58520b8a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10547,90 +10547,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 383–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId314769838805edff3" w:history="1">
+      <w:hyperlink r:id="rId9691699e58520b98e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00905.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54103800" name="name925469838805ee09f" descr="eu_funding_250.png"/>
+            <wp:docPr id="90988408" name="name7414699e58520ba1d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId735469838805ee09e" cstate="print"/>
+                    <a:blip r:embed="rId5798699e58520ba1c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10728,137 +10728,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="34841120">
+  <w:abstractNum w:abstractNumId="65103703">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11444133">
+    <w:lvl w:ilvl="0" w:tplc="49652610">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11444133" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49652610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11444133" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49652610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11444133" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49652610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11444133" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49652610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11444133" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49652610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11444133" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49652610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11444133" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49652610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11444133" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49652610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34841119">
+  <w:abstractNum w:abstractNumId="65103702">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39148104">
+    <w:lvl w:ilvl="0" w:tplc="55143758">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11610,55 +11610,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="34841119">
-    <w:abstractNumId w:val="34841119"/>
+  <w:num w:numId="65103702">
+    <w:abstractNumId w:val="65103702"/>
   </w:num>
-  <w:num w:numId="34841120">
-    <w:abstractNumId w:val="34841120"/>
+  <w:num w:numId="65103703">
+    <w:abstractNumId w:val="65103703"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23208,51 +23208,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId820063073" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId155953471" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId652069838805e73b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/" TargetMode="External"/><Relationship Id="rId287169838805e7423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/categorization" TargetMode="External"/><Relationship Id="rId337269838805e88f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/photos" TargetMode="External"/><Relationship Id="rId918669838805eddc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/" TargetMode="External"/><Relationship Id="rId833269838805edf1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId314769838805edff3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00905.x" TargetMode="External"/><Relationship Id="rId637969838805e7ed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId637969838805e7ed1.jpg"/><Relationship Id="rId617869838805ea55d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId617869838805ea55d.jpg"/><Relationship Id="rId735469838805ee09e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId735469838805ee09e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId671253688" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId665813206" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8961699e585205984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/" TargetMode="External"/><Relationship Id="rId3499699e5852059f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/categorization" TargetMode="External"/><Relationship Id="rId8879699e585205fb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/photos" TargetMode="External"/><Relationship Id="rId7998699e58520b74b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/" TargetMode="External"/><Relationship Id="rId8505699e58520b8a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9691699e58520b98e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00905.x" TargetMode="External"/><Relationship Id="rId3829699e585205e51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3829699e585205e51.jpg"/><Relationship Id="rId5110699e5852076f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5110699e5852076f9.jpg"/><Relationship Id="rId5798699e58520ba1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5798699e58520ba1c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>