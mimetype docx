--- v7 (2026-02-25)
+++ v8 (2026-03-17)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Nirenberg &amp; O'Donnell</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pitch canker of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8961699e585205984" w:history="1">
+            <w:hyperlink r:id="rId867169b9051eddb9d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3499699e5852059f1" w:history="1">
+            <w:hyperlink r:id="rId229069b9051eddc0d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GIBBCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="75983446" name="name4936699e585205e53" descr="7697.jpg"/>
+                  <wp:docPr id="16902054" name="name224469b9051ede264" descr="7697.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7697.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3829699e585205e51" cstate="print"/>
+                          <a:blip r:embed="rId398869b9051ede263" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8879699e585205fb1" w:history="1">
+            <w:hyperlink r:id="rId340669b9051ede389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2569,63 +2569,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">F. circinatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however the pathogen is reported to stop its growth and sporulation as temperatures approach zero Celsius. For this reason, it is presumed that areas with Mediterranean and warm Oceanic climates may be more favourable to the pathogen than continental climates.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84600251" name="name7664699e5852076fd" descr="GIBBCI_distribution_map.jpg"/>
+            <wp:docPr id="10830539" name="name703869b9051ee0462" descr="GIBBCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GIBBCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5110699e5852076f9" cstate="print"/>
+                    <a:blip r:embed="rId640069b9051ee0460" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10223,51 +10223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, on pines in Chile. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Disease Reports</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Vol. 4 August 2001 – January 2002. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7998699e58520b74b" w:history="1">
+      <w:hyperlink r:id="rId393169b9051ee3b07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bspp.org.uk/ndr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10418,51 +10418,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium circinatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8505699e58520b8a1" w:history="1">
+      <w:hyperlink r:id="rId546869b9051ee3c56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10547,90 +10547,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 383–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9691699e58520b98e" w:history="1">
+      <w:hyperlink r:id="rId382469b9051ee3d2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00905.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90988408" name="name7414699e58520ba1d" descr="eu_funding_250.png"/>
+            <wp:docPr id="51264377" name="name290069b9051ee3eef" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5798699e58520ba1c" cstate="print"/>
+                    <a:blip r:embed="rId370369b9051ee3eee" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10728,137 +10728,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65103703">
+  <w:abstractNum w:abstractNumId="75985212">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49652610">
+    <w:lvl w:ilvl="0" w:tplc="35633395">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49652610" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35633395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49652610" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35633395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49652610" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35633395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49652610" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35633395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49652610" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35633395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49652610" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35633395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49652610" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35633395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49652610" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35633395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65103702">
+  <w:abstractNum w:abstractNumId="75985211">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55143758">
+    <w:lvl w:ilvl="0" w:tplc="65394174">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11610,55 +11610,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65103702">
-    <w:abstractNumId w:val="65103702"/>
+  <w:num w:numId="75985211">
+    <w:abstractNumId w:val="75985211"/>
   </w:num>
-  <w:num w:numId="65103703">
-    <w:abstractNumId w:val="65103703"/>
+  <w:num w:numId="75985212">
+    <w:abstractNumId w:val="75985212"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23208,51 +23208,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId671253688" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId665813206" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8961699e585205984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/" TargetMode="External"/><Relationship Id="rId3499699e5852059f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/categorization" TargetMode="External"/><Relationship Id="rId8879699e585205fb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/photos" TargetMode="External"/><Relationship Id="rId7998699e58520b74b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/" TargetMode="External"/><Relationship Id="rId8505699e58520b8a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9691699e58520b98e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00905.x" TargetMode="External"/><Relationship Id="rId3829699e585205e51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3829699e585205e51.jpg"/><Relationship Id="rId5110699e5852076f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5110699e5852076f9.jpg"/><Relationship Id="rId5798699e58520ba1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5798699e58520ba1c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId244019630" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId776364179" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId867169b9051eddb9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/" TargetMode="External"/><Relationship Id="rId229069b9051eddc0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/categorization" TargetMode="External"/><Relationship Id="rId340669b9051ede389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GIBBCI/photos" TargetMode="External"/><Relationship Id="rId393169b9051ee3b07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bspp.org.uk/ndr/" TargetMode="External"/><Relationship Id="rId546869b9051ee3c56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId382469b9051ee3d2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00905.x" TargetMode="External"/><Relationship Id="rId398869b9051ede263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId398869b9051ede263.jpg"/><Relationship Id="rId640069b9051ee0460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId640069b9051ee0460.jpg"/><Relationship Id="rId370369b9051ee3eee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId370369b9051ee3eee.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>