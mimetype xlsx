--- v0 (2025-10-06)
+++ v1 (2026-03-10)
@@ -12,93 +12,103 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GERMA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>CACYMA</t>
   </si>
   <si>
     <t>Cacyreus marshalli (as Geranium)</t>
   </si>
   <si>
     <t>HELIVI</t>
   </si>
   <si>
     <t>Chloridea virescens</t>
   </si>
   <si>
     <t>* Landolt PJ (2008) New geographic records for tobacco budworm, Heliothis virescens (Fabricius) (Lepidoptera: Noctuidae), in the Pacific Northwest. The Pan-Pacific Entomologist 84(3), 246-248.
 ------- citing Tietz (1972)
 * EPPO (2024) EPPO Technical Document No. 1091. Pest risk analysis for Chloridea virescens. EPPO, Paris. Available at https://gd.eppo.int/taxon/HELIVI/documents
 ------- Likely host (reported as host in the literature but lacking evidence to consider it as main host – see PRA for further details on the host).</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Geranium)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli (as Geranium)</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Comstock JA (1965) Ciclo biologico de Prodenia ornithogalli Guenée (Lepidoptera: Noctuidae). Instituto de Biología, Universidad Nacional Autónoma de México, Serie Zoologia 36, 199-202.
 * Heppner JB (2007) Lepidoptera of Florida. Part 1. Introduction and catalog. Gainesville, Florida Department of Agriculture &amp; Consumer Services, p 670.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>OXYALV</t>
   </si>
   <si>
     <t>Oxycarenus lavaterae (as Geranium)</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
@@ -436,61 +446,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D7"/>
+  <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -520,72 +530,86 @@
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" t="s">
         <v>16</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>17</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
+      <c r="D7"/>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
         <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">