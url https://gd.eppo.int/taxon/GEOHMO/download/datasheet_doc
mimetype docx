--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -113,51 +113,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its insect vector</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId508468e0502ae97fc" w:history="1">
+      <w:hyperlink r:id="rId806468fc52a549cd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are responsible for the thousand cankers disease of walnut.</w:t>
       </w:r>
     </w:p>
@@ -302,51 +302,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Hypocreales: Bionectriaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> thousand cankers disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276168e0502ae99b8" w:history="1">
+            <w:hyperlink r:id="rId831768fc52a549ecb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -362,51 +362,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189068e0502ae9a20" w:history="1">
+            <w:hyperlink r:id="rId611368fc52a549f35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GEOHMO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57640040" name="name624368e0502aea158" descr="1825.jpg"/>
+                  <wp:docPr id="28804050" name="name208968fc52a54a695" descr="1825.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1825.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId708568e0502aea156" cstate="print"/>
+                          <a:blip r:embed="rId992568fc52a54a694" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId593268e0502aea2bf" w:history="1">
+            <w:hyperlink r:id="rId334168fc52a54a7df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1596,63 +1596,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also detected in Friuli Venezia Giulia (EPPO, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71478351" name="name349868e0502aeb77d" descr="GEOHMO_distribution_map.jpg"/>
+            <wp:docPr id="12875164" name="name464568fc52a54bd55" descr="GEOHMO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GEOHMO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId312968e0502aeb77a" cstate="print"/>
+                    <a:blip r:embed="rId618568fc52a54bd53" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4610,104 +4610,104 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agriculture and Bioscience International) (2019) Invasive Species Compendium – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> datasheet. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId409268e0502aeccb2" w:history="1">
+      <w:hyperlink r:id="rId985368fc52a54d2ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/117952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W, Tisserat N (2012) Questions and answers about thousand cankers disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Bioagricultural Sciences and Pest Management, Colorado State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId197568e0502aecd00" w:history="1">
+      <w:hyperlink r:id="rId941868fc52a54d33c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId927268e0502aecd15" w:history="1"/>
+      <w:hyperlink r:id="rId926968fc52a54d351" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Wilstermann A, Hoppe B, Schrader G, Delbianco A and Vos S, 2020. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4800,111 +4800,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId628568e0502aecdf8" w:history="1">
+      <w:hyperlink r:id="rId236068fc52a54d435" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) EPPO Global database. EPPO Reporting Service no. 08 – 2016. Num. article: 2016/153. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId187068e0502aece2c" w:history="1">
+      <w:hyperlink r:id="rId683568fc52a54d46b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-5898</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) EPPO Global database. EPPO Reporting Service no. 05 – 2019. Num. article: 2019/102. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId620468e0502aece5f" w:history="1">
+      <w:hyperlink r:id="rId462668fc52a54d49d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6532</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5162,51 +5162,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 741–748. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Graves AD, Coleman TW, Flint ML and Seybold SJ (2009) Walnut twig beetle and thousand cankers disease: Field identification guide, UC-IPM Website Publication, 2 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId334468e0502aed041" w:history="1">
+      <w:hyperlink r:id="rId512768fc52a54d686" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6072,101 +6072,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California Agriculture and Natural Resources, Statewide Integrated Pest Management Program, 11 pp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId206368e0502aed5fc" w:history="1">
+      <w:hyperlink r:id="rId831868fc52a54dc37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold S, Haugen D and Graves A (2019) Thousand Cankers Disease Survey Guidelines for 2020. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">United States Department of Agriculture: Forest Service (FS) and Plant Protection and Quarantine (PPQ)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, March 2020, 55 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId887768e0502aed650" w:history="1">
+      <w:hyperlink r:id="rId741468fc52a54dc8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6582,51 +6582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId195668e0502aed951" w:history="1">
+      <w:hyperlink r:id="rId394468fc52a54df8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6639,63 +6639,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29947493" name="name264568e0502aed9f1" descr="eu_funding_250.png"/>
+            <wp:docPr id="93242467" name="name920168fc52a54e058" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId269768e0502aed9f0" cstate="print"/>
+                    <a:blip r:embed="rId613568fc52a54e057" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6793,137 +6793,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88428623">
+  <w:abstractNum w:abstractNumId="65423289">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94941783">
+    <w:lvl w:ilvl="0" w:tplc="34328222">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94941783" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34328222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94941783" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34328222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94941783" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34328222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94941783" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34328222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94941783" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34328222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94941783" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34328222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94941783" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34328222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94941783" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34328222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88428622">
+  <w:abstractNum w:abstractNumId="65423288">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34589107">
+    <w:lvl w:ilvl="0" w:tplc="76384906">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7675,55 +7675,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88428622">
-    <w:abstractNumId w:val="88428622"/>
+  <w:num w:numId="65423288">
+    <w:abstractNumId w:val="65423288"/>
   </w:num>
-  <w:num w:numId="88428623">
-    <w:abstractNumId w:val="88428623"/>
+  <w:num w:numId="65423289">
+    <w:abstractNumId w:val="65423289"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19273,51 +19273,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId879592498" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId262646061" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId508468e0502ae97fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/datasheet" TargetMode="External"/><Relationship Id="rId276168e0502ae99b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/" TargetMode="External"/><Relationship Id="rId189068e0502ae9a20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/categorization" TargetMode="External"/><Relationship Id="rId593268e0502aea2bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/photos" TargetMode="External"/><Relationship Id="rId409268e0502aeccb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/117952" TargetMode="External"/><Relationship Id="rId197568e0502aecd00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf" TargetMode="External"/><Relationship Id="rId927268e0502aecd15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bspm.agsci.-colostate.edu/files/2013/03/Questions-and-Answers-Revision-April-2012.pdf" TargetMode="External"/><Relationship Id="rId628568e0502aecdf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01" TargetMode="External"/><Relationship Id="rId187068e0502aece2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5898" TargetMode="External"/><Relationship Id="rId620468e0502aece5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6532" TargetMode="External"/><Relationship Id="rId334468e0502aed041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf" TargetMode="External"/><Relationship Id="rId206368e0502aed5fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId887768e0502aed650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf" TargetMode="External"/><Relationship Id="rId195668e0502aed951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId708568e0502aea156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId708568e0502aea156.jpg"/><Relationship Id="rId312968e0502aeb77a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId312968e0502aeb77a.jpg"/><Relationship Id="rId269768e0502aed9f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId269768e0502aed9f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId852064176" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId612128911" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId806468fc52a549cd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/datasheet" TargetMode="External"/><Relationship Id="rId831768fc52a549ecb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/" TargetMode="External"/><Relationship Id="rId611368fc52a549f35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/categorization" TargetMode="External"/><Relationship Id="rId334168fc52a54a7df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/photos" TargetMode="External"/><Relationship Id="rId985368fc52a54d2ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/117952" TargetMode="External"/><Relationship Id="rId941868fc52a54d33c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf" TargetMode="External"/><Relationship Id="rId926968fc52a54d351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bspm.agsci.-colostate.edu/files/2013/03/Questions-and-Answers-Revision-April-2012.pdf" TargetMode="External"/><Relationship Id="rId236068fc52a54d435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01" TargetMode="External"/><Relationship Id="rId683568fc52a54d46b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5898" TargetMode="External"/><Relationship Id="rId462668fc52a54d49d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6532" TargetMode="External"/><Relationship Id="rId512768fc52a54d686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf" TargetMode="External"/><Relationship Id="rId831868fc52a54dc37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId741468fc52a54dc8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf" TargetMode="External"/><Relationship Id="rId394468fc52a54df8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId992568fc52a54a694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId992568fc52a54a694.jpg"/><Relationship Id="rId618568fc52a54bd53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId618568fc52a54bd53.jpg"/><Relationship Id="rId613568fc52a54e057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId613568fc52a54e057.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>