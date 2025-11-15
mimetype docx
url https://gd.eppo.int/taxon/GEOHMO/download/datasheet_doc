--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -113,51 +113,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its insect vector</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId806468fc52a549cd3" w:history="1">
+      <w:hyperlink r:id="rId68716917cb6a8446f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are responsible for the thousand cankers disease of walnut.</w:t>
       </w:r>
     </w:p>
@@ -302,51 +302,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Hypocreales: Bionectriaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> thousand cankers disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId831768fc52a549ecb" w:history="1">
+            <w:hyperlink r:id="rId19656917cb6a84625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -362,51 +362,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId611368fc52a549f35" w:history="1">
+            <w:hyperlink r:id="rId27856917cb6a84693" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GEOHMO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28804050" name="name208968fc52a54a695" descr="1825.jpg"/>
+                  <wp:docPr id="53213440" name="name76216917cb6a84dd5" descr="1825.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1825.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId992568fc52a54a694" cstate="print"/>
+                          <a:blip r:embed="rId13606917cb6a84dd3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId334168fc52a54a7df" w:history="1">
+            <w:hyperlink r:id="rId46796917cb6a84ee8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1596,63 +1596,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also detected in Friuli Venezia Giulia (EPPO, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12875164" name="name464568fc52a54bd55" descr="GEOHMO_distribution_map.jpg"/>
+            <wp:docPr id="99889562" name="name98996917cb6a86309" descr="GEOHMO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GEOHMO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId618568fc52a54bd53" cstate="print"/>
+                    <a:blip r:embed="rId53236917cb6a86306" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4610,104 +4610,104 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agriculture and Bioscience International) (2019) Invasive Species Compendium – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> datasheet. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId985368fc52a54d2ee" w:history="1">
+      <w:hyperlink r:id="rId41506917cb6a8787c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/117952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W, Tisserat N (2012) Questions and answers about thousand cankers disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Bioagricultural Sciences and Pest Management, Colorado State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId941868fc52a54d33c" w:history="1">
+      <w:hyperlink r:id="rId79616917cb6a878ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId926968fc52a54d351" w:history="1"/>
+      <w:hyperlink r:id="rId23596917cb6a878de" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Wilstermann A, Hoppe B, Schrader G, Delbianco A and Vos S, 2020. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4800,111 +4800,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId236068fc52a54d435" w:history="1">
+      <w:hyperlink r:id="rId65726917cb6a879c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) EPPO Global database. EPPO Reporting Service no. 08 – 2016. Num. article: 2016/153. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId683568fc52a54d46b" w:history="1">
+      <w:hyperlink r:id="rId32866917cb6a879f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-5898</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) EPPO Global database. EPPO Reporting Service no. 05 – 2019. Num. article: 2019/102. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId462668fc52a54d49d" w:history="1">
+      <w:hyperlink r:id="rId63326917cb6a87a28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6532</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5162,51 +5162,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 741–748. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Graves AD, Coleman TW, Flint ML and Seybold SJ (2009) Walnut twig beetle and thousand cankers disease: Field identification guide, UC-IPM Website Publication, 2 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId512768fc52a54d686" w:history="1">
+      <w:hyperlink r:id="rId17376917cb6a87c35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6072,101 +6072,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California Agriculture and Natural Resources, Statewide Integrated Pest Management Program, 11 pp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId831868fc52a54dc37" w:history="1">
+      <w:hyperlink r:id="rId37796917cb6a881eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold S, Haugen D and Graves A (2019) Thousand Cankers Disease Survey Guidelines for 2020. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">United States Department of Agriculture: Forest Service (FS) and Plant Protection and Quarantine (PPQ)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, March 2020, 55 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId741468fc52a54dc8b" w:history="1">
+      <w:hyperlink r:id="rId44466917cb6a88240" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6582,51 +6582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId394468fc52a54df8b" w:history="1">
+      <w:hyperlink r:id="rId59126917cb6a88531" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6639,63 +6639,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="93242467" name="name920168fc52a54e058" descr="eu_funding_250.png"/>
+            <wp:docPr id="50601521" name="name29756917cb6a885ed" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId613568fc52a54e057" cstate="print"/>
+                    <a:blip r:embed="rId24456917cb6a885ec" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6793,137 +6793,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65423289">
+  <w:abstractNum w:abstractNumId="56244043">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34328222">
+    <w:lvl w:ilvl="0" w:tplc="24381321">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34328222" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24381321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34328222" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24381321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34328222" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24381321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34328222" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24381321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34328222" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24381321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34328222" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24381321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34328222" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24381321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34328222" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24381321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65423288">
+  <w:abstractNum w:abstractNumId="56244042">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76384906">
+    <w:lvl w:ilvl="0" w:tplc="68060065">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7675,55 +7675,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65423288">
-    <w:abstractNumId w:val="65423288"/>
+  <w:num w:numId="56244042">
+    <w:abstractNumId w:val="56244042"/>
   </w:num>
-  <w:num w:numId="65423289">
-    <w:abstractNumId w:val="65423289"/>
+  <w:num w:numId="56244043">
+    <w:abstractNumId w:val="56244043"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19273,51 +19273,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId852064176" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId612128911" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId806468fc52a549cd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/datasheet" TargetMode="External"/><Relationship Id="rId831768fc52a549ecb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/" TargetMode="External"/><Relationship Id="rId611368fc52a549f35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/categorization" TargetMode="External"/><Relationship Id="rId334168fc52a54a7df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/photos" TargetMode="External"/><Relationship Id="rId985368fc52a54d2ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/117952" TargetMode="External"/><Relationship Id="rId941868fc52a54d33c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf" TargetMode="External"/><Relationship Id="rId926968fc52a54d351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bspm.agsci.-colostate.edu/files/2013/03/Questions-and-Answers-Revision-April-2012.pdf" TargetMode="External"/><Relationship Id="rId236068fc52a54d435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01" TargetMode="External"/><Relationship Id="rId683568fc52a54d46b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5898" TargetMode="External"/><Relationship Id="rId462668fc52a54d49d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6532" TargetMode="External"/><Relationship Id="rId512768fc52a54d686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf" TargetMode="External"/><Relationship Id="rId831868fc52a54dc37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId741468fc52a54dc8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf" TargetMode="External"/><Relationship Id="rId394468fc52a54df8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId992568fc52a54a694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId992568fc52a54a694.jpg"/><Relationship Id="rId618568fc52a54bd53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId618568fc52a54bd53.jpg"/><Relationship Id="rId613568fc52a54e057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId613568fc52a54e057.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId463524252" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId923648428" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId68716917cb6a8446f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/datasheet" TargetMode="External"/><Relationship Id="rId19656917cb6a84625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/" TargetMode="External"/><Relationship Id="rId27856917cb6a84693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/categorization" TargetMode="External"/><Relationship Id="rId46796917cb6a84ee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/photos" TargetMode="External"/><Relationship Id="rId41506917cb6a8787c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/117952" TargetMode="External"/><Relationship Id="rId79616917cb6a878ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf" TargetMode="External"/><Relationship Id="rId23596917cb6a878de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bspm.agsci.-colostate.edu/files/2013/03/Questions-and-Answers-Revision-April-2012.pdf" TargetMode="External"/><Relationship Id="rId65726917cb6a879c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01" TargetMode="External"/><Relationship Id="rId32866917cb6a879f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5898" TargetMode="External"/><Relationship Id="rId63326917cb6a87a28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6532" TargetMode="External"/><Relationship Id="rId17376917cb6a87c35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf" TargetMode="External"/><Relationship Id="rId37796917cb6a881eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId44466917cb6a88240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf" TargetMode="External"/><Relationship Id="rId59126917cb6a88531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId13606917cb6a84dd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13606917cb6a84dd3.jpg"/><Relationship Id="rId53236917cb6a86306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53236917cb6a86306.jpg"/><Relationship Id="rId24456917cb6a885ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24456917cb6a885ec.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>