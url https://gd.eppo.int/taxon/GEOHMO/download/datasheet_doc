--- v2 (2025-11-15)
+++ v3 (2025-12-05)
@@ -113,51 +113,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its insect vector</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68716917cb6a8446f" w:history="1">
+      <w:hyperlink r:id="rId68706932d4243120d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are responsible for the thousand cankers disease of walnut.</w:t>
       </w:r>
     </w:p>
@@ -302,51 +302,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Hypocreales: Bionectriaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> thousand cankers disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19656917cb6a84625" w:history="1">
+            <w:hyperlink r:id="rId50506932d424313a5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -362,51 +362,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27856917cb6a84693" w:history="1">
+            <w:hyperlink r:id="rId56796932d4243140e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GEOHMO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53213440" name="name76216917cb6a84dd5" descr="1825.jpg"/>
+                  <wp:docPr id="24831807" name="name65076932d42432e16" descr="1825.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1825.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId13606917cb6a84dd3" cstate="print"/>
+                          <a:blip r:embed="rId65706932d42432e14" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId46796917cb6a84ee8" w:history="1">
+            <w:hyperlink r:id="rId93656932d42432fcd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1596,63 +1596,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also detected in Friuli Venezia Giulia (EPPO, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99889562" name="name98996917cb6a86309" descr="GEOHMO_distribution_map.jpg"/>
+            <wp:docPr id="75675835" name="name38146932d424347f7" descr="GEOHMO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GEOHMO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId53236917cb6a86306" cstate="print"/>
+                    <a:blip r:embed="rId26186932d424347f4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4610,104 +4610,104 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agriculture and Bioscience International) (2019) Invasive Species Compendium – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> datasheet. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41506917cb6a8787c" w:history="1">
+      <w:hyperlink r:id="rId79846932d424367e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/117952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W, Tisserat N (2012) Questions and answers about thousand cankers disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Bioagricultural Sciences and Pest Management, Colorado State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79616917cb6a878ca" w:history="1">
+      <w:hyperlink r:id="rId14736932d42436871" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId23596917cb6a878de" w:history="1"/>
+      <w:hyperlink r:id="rId34846932d42436887" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Wilstermann A, Hoppe B, Schrader G, Delbianco A and Vos S, 2020. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4800,111 +4800,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65726917cb6a879c0" w:history="1">
+      <w:hyperlink r:id="rId26566932d4243696d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) EPPO Global database. EPPO Reporting Service no. 08 – 2016. Num. article: 2016/153. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32866917cb6a879f5" w:history="1">
+      <w:hyperlink r:id="rId17646932d424369a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-5898</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) EPPO Global database. EPPO Reporting Service no. 05 – 2019. Num. article: 2019/102. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63326917cb6a87a28" w:history="1">
+      <w:hyperlink r:id="rId16236932d424369d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6532</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5162,51 +5162,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 741–748. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Graves AD, Coleman TW, Flint ML and Seybold SJ (2009) Walnut twig beetle and thousand cankers disease: Field identification guide, UC-IPM Website Publication, 2 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17376917cb6a87c35" w:history="1">
+      <w:hyperlink r:id="rId81366932d42436bd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6072,101 +6072,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California Agriculture and Natural Resources, Statewide Integrated Pest Management Program, 11 pp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37796917cb6a881eb" w:history="1">
+      <w:hyperlink r:id="rId47286932d42437ea7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold S, Haugen D and Graves A (2019) Thousand Cankers Disease Survey Guidelines for 2020. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">United States Department of Agriculture: Forest Service (FS) and Plant Protection and Quarantine (PPQ)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, March 2020, 55 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44466917cb6a88240" w:history="1">
+      <w:hyperlink r:id="rId86276932d42437f25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6582,51 +6582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59126917cb6a88531" w:history="1">
+      <w:hyperlink r:id="rId93526932d4243825c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6639,63 +6639,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="50601521" name="name29756917cb6a885ed" descr="eu_funding_250.png"/>
+            <wp:docPr id="42372444" name="name37816932d424387f8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24456917cb6a885ec" cstate="print"/>
+                    <a:blip r:embed="rId95956932d424387f6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6793,137 +6793,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56244043">
+  <w:abstractNum w:abstractNumId="39129673">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24381321">
+    <w:lvl w:ilvl="0" w:tplc="23296204">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24381321" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23296204" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24381321" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23296204" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24381321" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23296204" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24381321" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23296204" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24381321" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23296204" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24381321" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23296204" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24381321" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23296204" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24381321" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23296204" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56244042">
+  <w:abstractNum w:abstractNumId="39129672">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68060065">
+    <w:lvl w:ilvl="0" w:tplc="36402572">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7675,55 +7675,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56244042">
-    <w:abstractNumId w:val="56244042"/>
+  <w:num w:numId="39129672">
+    <w:abstractNumId w:val="39129672"/>
   </w:num>
-  <w:num w:numId="56244043">
-    <w:abstractNumId w:val="56244043"/>
+  <w:num w:numId="39129673">
+    <w:abstractNumId w:val="39129673"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19273,51 +19273,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId463524252" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId923648428" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId68716917cb6a8446f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/datasheet" TargetMode="External"/><Relationship Id="rId19656917cb6a84625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/" TargetMode="External"/><Relationship Id="rId27856917cb6a84693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/categorization" TargetMode="External"/><Relationship Id="rId46796917cb6a84ee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/photos" TargetMode="External"/><Relationship Id="rId41506917cb6a8787c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/117952" TargetMode="External"/><Relationship Id="rId79616917cb6a878ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf" TargetMode="External"/><Relationship Id="rId23596917cb6a878de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bspm.agsci.-colostate.edu/files/2013/03/Questions-and-Answers-Revision-April-2012.pdf" TargetMode="External"/><Relationship Id="rId65726917cb6a879c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01" TargetMode="External"/><Relationship Id="rId32866917cb6a879f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5898" TargetMode="External"/><Relationship Id="rId63326917cb6a87a28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6532" TargetMode="External"/><Relationship Id="rId17376917cb6a87c35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf" TargetMode="External"/><Relationship Id="rId37796917cb6a881eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId44466917cb6a88240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf" TargetMode="External"/><Relationship Id="rId59126917cb6a88531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId13606917cb6a84dd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13606917cb6a84dd3.jpg"/><Relationship Id="rId53236917cb6a86306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53236917cb6a86306.jpg"/><Relationship Id="rId24456917cb6a885ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24456917cb6a885ec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId282217807" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId260724709" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId68706932d4243120d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/datasheet" TargetMode="External"/><Relationship Id="rId50506932d424313a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/" TargetMode="External"/><Relationship Id="rId56796932d4243140e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/categorization" TargetMode="External"/><Relationship Id="rId93656932d42432fcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/photos" TargetMode="External"/><Relationship Id="rId79846932d424367e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/117952" TargetMode="External"/><Relationship Id="rId14736932d42436871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf" TargetMode="External"/><Relationship Id="rId34846932d42436887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bspm.agsci.-colostate.edu/files/2013/03/Questions-and-Answers-Revision-April-2012.pdf" TargetMode="External"/><Relationship Id="rId26566932d4243696d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01" TargetMode="External"/><Relationship Id="rId17646932d424369a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5898" TargetMode="External"/><Relationship Id="rId16236932d424369d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6532" TargetMode="External"/><Relationship Id="rId81366932d42436bd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf" TargetMode="External"/><Relationship Id="rId47286932d42437ea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId86276932d42437f25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf" TargetMode="External"/><Relationship Id="rId93526932d4243825c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId65706932d42432e14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65706932d42432e14.jpg"/><Relationship Id="rId26186932d424347f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26186932d424347f4.jpg"/><Relationship Id="rId95956932d424387f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95956932d424387f6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>