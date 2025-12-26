--- v3 (2025-12-05)
+++ v4 (2025-12-26)
@@ -113,51 +113,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its insect vector</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68706932d4243120d" w:history="1">
+      <w:hyperlink r:id="rId4096694e24da26c2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are responsible for the thousand cankers disease of walnut.</w:t>
       </w:r>
     </w:p>
@@ -302,51 +302,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Hypocreales: Bionectriaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> thousand cankers disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50506932d424313a5" w:history="1">
+            <w:hyperlink r:id="rId6889694e24da26dad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -362,51 +362,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56796932d4243140e" w:history="1">
+            <w:hyperlink r:id="rId5769694e24da26e11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GEOHMO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24831807" name="name65076932d42432e16" descr="1825.jpg"/>
+                  <wp:docPr id="43455619" name="name1459694e24da26ec9" descr="1825.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1825.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId65706932d42432e14" cstate="print"/>
+                          <a:blip r:embed="rId4602694e24da26ec8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId93656932d42432fcd" w:history="1">
+            <w:hyperlink r:id="rId7906694e24da26fbe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1596,63 +1596,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also detected in Friuli Venezia Giulia (EPPO, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75675835" name="name38146932d424347f7" descr="GEOHMO_distribution_map.jpg"/>
+            <wp:docPr id="51866156" name="name2447694e24da287eb" descr="GEOHMO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GEOHMO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26186932d424347f4" cstate="print"/>
+                    <a:blip r:embed="rId5781694e24da287e8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4610,104 +4610,104 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agriculture and Bioscience International) (2019) Invasive Species Compendium – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> datasheet. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79846932d424367e7" w:history="1">
+      <w:hyperlink r:id="rId8221694e24da29c88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/117952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W, Tisserat N (2012) Questions and answers about thousand cankers disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Bioagricultural Sciences and Pest Management, Colorado State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14736932d42436871" w:history="1">
+      <w:hyperlink r:id="rId4050694e24da29cd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId34846932d42436887" w:history="1"/>
+      <w:hyperlink r:id="rId2058694e24da29ce7" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Wilstermann A, Hoppe B, Schrader G, Delbianco A and Vos S, 2020. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4800,111 +4800,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26566932d4243696d" w:history="1">
+      <w:hyperlink r:id="rId5192694e24da29dce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) EPPO Global database. EPPO Reporting Service no. 08 – 2016. Num. article: 2016/153. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17646932d424369a2" w:history="1">
+      <w:hyperlink r:id="rId3145694e24da29e05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-5898</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) EPPO Global database. EPPO Reporting Service no. 05 – 2019. Num. article: 2019/102. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16236932d424369d5" w:history="1">
+      <w:hyperlink r:id="rId2531694e24da29e38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6532</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5162,51 +5162,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 741–748. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Graves AD, Coleman TW, Flint ML and Seybold SJ (2009) Walnut twig beetle and thousand cankers disease: Field identification guide, UC-IPM Website Publication, 2 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81366932d42436bd5" w:history="1">
+      <w:hyperlink r:id="rId4369694e24da2a02f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6072,101 +6072,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California Agriculture and Natural Resources, Statewide Integrated Pest Management Program, 11 pp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47286932d42437ea7" w:history="1">
+      <w:hyperlink r:id="rId9576694e24da2a5d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold S, Haugen D and Graves A (2019) Thousand Cankers Disease Survey Guidelines for 2020. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">United States Department of Agriculture: Forest Service (FS) and Plant Protection and Quarantine (PPQ)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, March 2020, 55 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86276932d42437f25" w:history="1">
+      <w:hyperlink r:id="rId1055694e24da2a625" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6582,51 +6582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93526932d4243825c" w:history="1">
+      <w:hyperlink r:id="rId6416694e24da2a909" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6639,63 +6639,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42372444" name="name37816932d424387f8" descr="eu_funding_250.png"/>
+            <wp:docPr id="37331471" name="name8293694e24da2a99d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId95956932d424387f6" cstate="print"/>
+                    <a:blip r:embed="rId6065694e24da2a99b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6793,137 +6793,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39129673">
+  <w:abstractNum w:abstractNumId="61513762">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23296204">
+    <w:lvl w:ilvl="0" w:tplc="23244609">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23296204" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23244609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23296204" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23244609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23296204" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23244609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23296204" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23244609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23296204" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23244609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23296204" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23244609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23296204" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23244609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23296204" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23244609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39129672">
+  <w:abstractNum w:abstractNumId="61513761">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36402572">
+    <w:lvl w:ilvl="0" w:tplc="87006180">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7675,55 +7675,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39129672">
-    <w:abstractNumId w:val="39129672"/>
+  <w:num w:numId="61513761">
+    <w:abstractNumId w:val="61513761"/>
   </w:num>
-  <w:num w:numId="39129673">
-    <w:abstractNumId w:val="39129673"/>
+  <w:num w:numId="61513762">
+    <w:abstractNumId w:val="61513762"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19273,51 +19273,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId282217807" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId260724709" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId68706932d4243120d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/datasheet" TargetMode="External"/><Relationship Id="rId50506932d424313a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/" TargetMode="External"/><Relationship Id="rId56796932d4243140e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/categorization" TargetMode="External"/><Relationship Id="rId93656932d42432fcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/photos" TargetMode="External"/><Relationship Id="rId79846932d424367e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/117952" TargetMode="External"/><Relationship Id="rId14736932d42436871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf" TargetMode="External"/><Relationship Id="rId34846932d42436887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bspm.agsci.-colostate.edu/files/2013/03/Questions-and-Answers-Revision-April-2012.pdf" TargetMode="External"/><Relationship Id="rId26566932d4243696d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01" TargetMode="External"/><Relationship Id="rId17646932d424369a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5898" TargetMode="External"/><Relationship Id="rId16236932d424369d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6532" TargetMode="External"/><Relationship Id="rId81366932d42436bd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf" TargetMode="External"/><Relationship Id="rId47286932d42437ea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId86276932d42437f25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf" TargetMode="External"/><Relationship Id="rId93526932d4243825c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId65706932d42432e14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65706932d42432e14.jpg"/><Relationship Id="rId26186932d424347f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26186932d424347f4.jpg"/><Relationship Id="rId95956932d424387f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95956932d424387f6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId218844194" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId911144710" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4096694e24da26c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/datasheet" TargetMode="External"/><Relationship Id="rId6889694e24da26dad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/" TargetMode="External"/><Relationship Id="rId5769694e24da26e11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/categorization" TargetMode="External"/><Relationship Id="rId7906694e24da26fbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/photos" TargetMode="External"/><Relationship Id="rId8221694e24da29c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/117952" TargetMode="External"/><Relationship Id="rId4050694e24da29cd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf" TargetMode="External"/><Relationship Id="rId2058694e24da29ce7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bspm.agsci.-colostate.edu/files/2013/03/Questions-and-Answers-Revision-April-2012.pdf" TargetMode="External"/><Relationship Id="rId5192694e24da29dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01" TargetMode="External"/><Relationship Id="rId3145694e24da29e05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5898" TargetMode="External"/><Relationship Id="rId2531694e24da29e38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6532" TargetMode="External"/><Relationship Id="rId4369694e24da2a02f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf" TargetMode="External"/><Relationship Id="rId9576694e24da2a5d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId1055694e24da2a625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf" TargetMode="External"/><Relationship Id="rId6416694e24da2a909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4602694e24da26ec8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4602694e24da26ec8.jpg"/><Relationship Id="rId5781694e24da287e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5781694e24da287e8.jpg"/><Relationship Id="rId6065694e24da2a99b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6065694e24da2a99b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>