--- v4 (2025-12-26)
+++ v5 (2026-01-17)
@@ -113,51 +113,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its insect vector</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4096694e24da26c2a" w:history="1">
+      <w:hyperlink r:id="rId4139696ae4bc1d76b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are responsible for the thousand cankers disease of walnut.</w:t>
       </w:r>
     </w:p>
@@ -302,51 +302,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Hypocreales: Bionectriaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> thousand cankers disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6889694e24da26dad" w:history="1">
+            <w:hyperlink r:id="rId3993696ae4bc1d8f3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -362,51 +362,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5769694e24da26e11" w:history="1">
+            <w:hyperlink r:id="rId9248696ae4bc1d957" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GEOHMO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43455619" name="name1459694e24da26ec9" descr="1825.jpg"/>
+                  <wp:docPr id="96999440" name="name9229696ae4bc1dec8" descr="1825.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1825.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4602694e24da26ec8" cstate="print"/>
+                          <a:blip r:embed="rId7556696ae4bc1dec7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7906694e24da26fbe" w:history="1">
+            <w:hyperlink r:id="rId2969696ae4bc1dfdd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1596,63 +1596,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also detected in Friuli Venezia Giulia (EPPO, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51866156" name="name2447694e24da287eb" descr="GEOHMO_distribution_map.jpg"/>
+            <wp:docPr id="97858267" name="name6144696ae4bc1f32a" descr="GEOHMO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GEOHMO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5781694e24da287e8" cstate="print"/>
+                    <a:blip r:embed="rId8186696ae4bc1f328" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4610,104 +4610,104 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agriculture and Bioscience International) (2019) Invasive Species Compendium – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> datasheet. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8221694e24da29c88" w:history="1">
+      <w:hyperlink r:id="rId3926696ae4bc20982" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/117952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W, Tisserat N (2012) Questions and answers about thousand cankers disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Bioagricultural Sciences and Pest Management, Colorado State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4050694e24da29cd3" w:history="1">
+      <w:hyperlink r:id="rId7572696ae4bc209ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId2058694e24da29ce7" w:history="1"/>
+      <w:hyperlink r:id="rId3256696ae4bc209e2" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Wilstermann A, Hoppe B, Schrader G, Delbianco A and Vos S, 2020. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4800,111 +4800,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5192694e24da29dce" w:history="1">
+      <w:hyperlink r:id="rId2671696ae4bc20ad0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) EPPO Global database. EPPO Reporting Service no. 08 – 2016. Num. article: 2016/153. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3145694e24da29e05" w:history="1">
+      <w:hyperlink r:id="rId4311696ae4bc20b05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-5898</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) EPPO Global database. EPPO Reporting Service no. 05 – 2019. Num. article: 2019/102. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2531694e24da29e38" w:history="1">
+      <w:hyperlink r:id="rId7667696ae4bc20b38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6532</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5162,51 +5162,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 741–748. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Graves AD, Coleman TW, Flint ML and Seybold SJ (2009) Walnut twig beetle and thousand cankers disease: Field identification guide, UC-IPM Website Publication, 2 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4369694e24da2a02f" w:history="1">
+      <w:hyperlink r:id="rId9311696ae4bc20d1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6072,101 +6072,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California Agriculture and Natural Resources, Statewide Integrated Pest Management Program, 11 pp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9576694e24da2a5d3" w:history="1">
+      <w:hyperlink r:id="rId8037696ae4bc212cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold S, Haugen D and Graves A (2019) Thousand Cankers Disease Survey Guidelines for 2020. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">United States Department of Agriculture: Forest Service (FS) and Plant Protection and Quarantine (PPQ)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, March 2020, 55 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1055694e24da2a625" w:history="1">
+      <w:hyperlink r:id="rId4618696ae4bc2133a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6560,73 +6560,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6416694e24da2a909" w:history="1">
+      <w:hyperlink r:id="rId2317696ae4bc21670" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6639,63 +6639,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37331471" name="name8293694e24da2a99d" descr="eu_funding_250.png"/>
+            <wp:docPr id="85637220" name="name4328696ae4bc21825" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6065694e24da2a99b" cstate="print"/>
+                    <a:blip r:embed="rId8026696ae4bc21824" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6793,137 +6793,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61513762">
+  <w:abstractNum w:abstractNumId="11628651">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23244609">
+    <w:lvl w:ilvl="0" w:tplc="78800327">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23244609" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78800327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23244609" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78800327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23244609" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78800327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23244609" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78800327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23244609" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78800327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23244609" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78800327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23244609" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78800327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23244609" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78800327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61513761">
+  <w:abstractNum w:abstractNumId="11628650">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87006180">
+    <w:lvl w:ilvl="0" w:tplc="86755566">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7675,55 +7675,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61513761">
-    <w:abstractNumId w:val="61513761"/>
+  <w:num w:numId="11628650">
+    <w:abstractNumId w:val="11628650"/>
   </w:num>
-  <w:num w:numId="61513762">
-    <w:abstractNumId w:val="61513762"/>
+  <w:num w:numId="11628651">
+    <w:abstractNumId w:val="11628651"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19273,51 +19273,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId218844194" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId911144710" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4096694e24da26c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/datasheet" TargetMode="External"/><Relationship Id="rId6889694e24da26dad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/" TargetMode="External"/><Relationship Id="rId5769694e24da26e11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/categorization" TargetMode="External"/><Relationship Id="rId7906694e24da26fbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/photos" TargetMode="External"/><Relationship Id="rId8221694e24da29c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/117952" TargetMode="External"/><Relationship Id="rId4050694e24da29cd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf" TargetMode="External"/><Relationship Id="rId2058694e24da29ce7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bspm.agsci.-colostate.edu/files/2013/03/Questions-and-Answers-Revision-April-2012.pdf" TargetMode="External"/><Relationship Id="rId5192694e24da29dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01" TargetMode="External"/><Relationship Id="rId3145694e24da29e05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5898" TargetMode="External"/><Relationship Id="rId2531694e24da29e38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6532" TargetMode="External"/><Relationship Id="rId4369694e24da2a02f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf" TargetMode="External"/><Relationship Id="rId9576694e24da2a5d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId1055694e24da2a625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf" TargetMode="External"/><Relationship Id="rId6416694e24da2a909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4602694e24da26ec8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4602694e24da26ec8.jpg"/><Relationship Id="rId5781694e24da287e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5781694e24da287e8.jpg"/><Relationship Id="rId6065694e24da2a99b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6065694e24da2a99b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId242875463" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId793688904" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4139696ae4bc1d76b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/datasheet" TargetMode="External"/><Relationship Id="rId3993696ae4bc1d8f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/" TargetMode="External"/><Relationship Id="rId9248696ae4bc1d957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/categorization" TargetMode="External"/><Relationship Id="rId2969696ae4bc1dfdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/photos" TargetMode="External"/><Relationship Id="rId3926696ae4bc20982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/117952" TargetMode="External"/><Relationship Id="rId7572696ae4bc209ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf" TargetMode="External"/><Relationship Id="rId3256696ae4bc209e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bspm.agsci.-colostate.edu/files/2013/03/Questions-and-Answers-Revision-April-2012.pdf" TargetMode="External"/><Relationship Id="rId2671696ae4bc20ad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01" TargetMode="External"/><Relationship Id="rId4311696ae4bc20b05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5898" TargetMode="External"/><Relationship Id="rId7667696ae4bc20b38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6532" TargetMode="External"/><Relationship Id="rId9311696ae4bc20d1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf" TargetMode="External"/><Relationship Id="rId8037696ae4bc212cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId4618696ae4bc2133a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf" TargetMode="External"/><Relationship Id="rId2317696ae4bc21670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7556696ae4bc1dec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7556696ae4bc1dec7.jpg"/><Relationship Id="rId8186696ae4bc1f328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8186696ae4bc1f328.jpg"/><Relationship Id="rId8026696ae4bc21824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8026696ae4bc21824.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>