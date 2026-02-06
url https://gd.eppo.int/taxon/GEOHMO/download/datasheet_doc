--- v5 (2026-01-17)
+++ v6 (2026-02-06)
@@ -113,51 +113,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its insect vector</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4139696ae4bc1d76b" w:history="1">
+      <w:hyperlink r:id="rId527369860fb4c63d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are responsible for the thousand cankers disease of walnut.</w:t>
       </w:r>
     </w:p>
@@ -302,51 +302,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Hypocreales: Bionectriaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> thousand cankers disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3993696ae4bc1d8f3" w:history="1">
+            <w:hyperlink r:id="rId740069860fb4c6566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -360,53 +360,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9248696ae4bc1d957" w:history="1">
+            <w:hyperlink r:id="rId890569860fb4c65cb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GEOHMO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="96999440" name="name9229696ae4bc1dec8" descr="1825.jpg"/>
+                  <wp:docPr id="42447571" name="name222069860fb4c6686" descr="1825.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1825.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7556696ae4bc1dec7" cstate="print"/>
+                          <a:blip r:embed="rId587169860fb4c6685" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2969696ae4bc1dfdd" w:history="1">
+            <w:hyperlink r:id="rId424969860fb4c67c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1596,63 +1596,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also detected in Friuli Venezia Giulia (EPPO, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97858267" name="name6144696ae4bc1f32a" descr="GEOHMO_distribution_map.jpg"/>
+            <wp:docPr id="83744324" name="name857469860fb4c735f" descr="GEOHMO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GEOHMO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8186696ae4bc1f328" cstate="print"/>
+                    <a:blip r:embed="rId140569860fb4c735d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4610,104 +4610,104 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agriculture and Bioscience International) (2019) Invasive Species Compendium – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> datasheet. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3926696ae4bc20982" w:history="1">
+      <w:hyperlink r:id="rId275469860fb4c8785" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/117952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W, Tisserat N (2012) Questions and answers about thousand cankers disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Bioagricultural Sciences and Pest Management, Colorado State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7572696ae4bc209ce" w:history="1">
+      <w:hyperlink r:id="rId630869860fb4c87d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId3256696ae4bc209e2" w:history="1"/>
+      <w:hyperlink r:id="rId945869860fb4c87e6" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Wilstermann A, Hoppe B, Schrader G, Delbianco A and Vos S, 2020. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4800,111 +4800,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2671696ae4bc20ad0" w:history="1">
+      <w:hyperlink r:id="rId799869860fb4c88c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) EPPO Global database. EPPO Reporting Service no. 08 – 2016. Num. article: 2016/153. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4311696ae4bc20b05" w:history="1">
+      <w:hyperlink r:id="rId583169860fb4c88f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-5898</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) EPPO Global database. EPPO Reporting Service no. 05 – 2019. Num. article: 2019/102. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7667696ae4bc20b38" w:history="1">
+      <w:hyperlink r:id="rId369269860fb4c8929" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6532</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5162,51 +5162,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 741–748. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Graves AD, Coleman TW, Flint ML and Seybold SJ (2009) Walnut twig beetle and thousand cankers disease: Field identification guide, UC-IPM Website Publication, 2 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9311696ae4bc20d1e" w:history="1">
+      <w:hyperlink r:id="rId610369860fb4c8b1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6072,101 +6072,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California Agriculture and Natural Resources, Statewide Integrated Pest Management Program, 11 pp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8037696ae4bc212cd" w:history="1">
+      <w:hyperlink r:id="rId191369860fb4c90bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold S, Haugen D and Graves A (2019) Thousand Cankers Disease Survey Guidelines for 2020. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">United States Department of Agriculture: Forest Service (FS) and Plant Protection and Quarantine (PPQ)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, March 2020, 55 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4618696ae4bc2133a" w:history="1">
+      <w:hyperlink r:id="rId825369860fb4c910f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6582,51 +6582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2317696ae4bc21670" w:history="1">
+      <w:hyperlink r:id="rId453569860fb4c9408" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6639,63 +6639,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="85637220" name="name4328696ae4bc21825" descr="eu_funding_250.png"/>
+            <wp:docPr id="64161349" name="name433269860fb4c94b6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8026696ae4bc21824" cstate="print"/>
+                    <a:blip r:embed="rId487969860fb4c94b4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6793,137 +6793,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11628651">
+  <w:abstractNum w:abstractNumId="24280535">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78800327">
+    <w:lvl w:ilvl="0" w:tplc="80388471">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78800327" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80388471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78800327" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80388471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78800327" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80388471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78800327" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80388471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78800327" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80388471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78800327" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80388471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78800327" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80388471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78800327" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80388471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11628650">
+  <w:abstractNum w:abstractNumId="24280534">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86755566">
+    <w:lvl w:ilvl="0" w:tplc="63047138">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7675,55 +7675,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11628650">
-    <w:abstractNumId w:val="11628650"/>
+  <w:num w:numId="24280534">
+    <w:abstractNumId w:val="24280534"/>
   </w:num>
-  <w:num w:numId="11628651">
-    <w:abstractNumId w:val="11628651"/>
+  <w:num w:numId="24280535">
+    <w:abstractNumId w:val="24280535"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19273,51 +19273,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId242875463" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId793688904" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4139696ae4bc1d76b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/datasheet" TargetMode="External"/><Relationship Id="rId3993696ae4bc1d8f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/" TargetMode="External"/><Relationship Id="rId9248696ae4bc1d957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/categorization" TargetMode="External"/><Relationship Id="rId2969696ae4bc1dfdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/photos" TargetMode="External"/><Relationship Id="rId3926696ae4bc20982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/117952" TargetMode="External"/><Relationship Id="rId7572696ae4bc209ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf" TargetMode="External"/><Relationship Id="rId3256696ae4bc209e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bspm.agsci.-colostate.edu/files/2013/03/Questions-and-Answers-Revision-April-2012.pdf" TargetMode="External"/><Relationship Id="rId2671696ae4bc20ad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01" TargetMode="External"/><Relationship Id="rId4311696ae4bc20b05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5898" TargetMode="External"/><Relationship Id="rId7667696ae4bc20b38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6532" TargetMode="External"/><Relationship Id="rId9311696ae4bc20d1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf" TargetMode="External"/><Relationship Id="rId8037696ae4bc212cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId4618696ae4bc2133a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf" TargetMode="External"/><Relationship Id="rId2317696ae4bc21670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7556696ae4bc1dec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7556696ae4bc1dec7.jpg"/><Relationship Id="rId8186696ae4bc1f328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8186696ae4bc1f328.jpg"/><Relationship Id="rId8026696ae4bc21824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8026696ae4bc21824.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId655889351" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168962114" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId527369860fb4c63d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/datasheet" TargetMode="External"/><Relationship Id="rId740069860fb4c6566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/" TargetMode="External"/><Relationship Id="rId890569860fb4c65cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/categorization" TargetMode="External"/><Relationship Id="rId424969860fb4c67c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/photos" TargetMode="External"/><Relationship Id="rId275469860fb4c8785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/117952" TargetMode="External"/><Relationship Id="rId630869860fb4c87d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf" TargetMode="External"/><Relationship Id="rId945869860fb4c87e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bspm.agsci.-colostate.edu/files/2013/03/Questions-and-Answers-Revision-April-2012.pdf" TargetMode="External"/><Relationship Id="rId799869860fb4c88c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01" TargetMode="External"/><Relationship Id="rId583169860fb4c88f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5898" TargetMode="External"/><Relationship Id="rId369269860fb4c8929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6532" TargetMode="External"/><Relationship Id="rId610369860fb4c8b1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf" TargetMode="External"/><Relationship Id="rId191369860fb4c90bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId825369860fb4c910f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf" TargetMode="External"/><Relationship Id="rId453569860fb4c9408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId587169860fb4c6685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId587169860fb4c6685.jpg"/><Relationship Id="rId140569860fb4c735d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId140569860fb4c735d.jpg"/><Relationship Id="rId487969860fb4c94b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId487969860fb4c94b4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>