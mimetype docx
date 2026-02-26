--- v6 (2026-02-06)
+++ v7 (2026-02-26)
@@ -113,51 +113,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its insect vector</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId527369860fb4c63d4" w:history="1">
+      <w:hyperlink r:id="rId690569a0b09ac36b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are responsible for the thousand cankers disease of walnut.</w:t>
       </w:r>
     </w:p>
@@ -302,51 +302,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Hypocreales: Bionectriaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> thousand cankers disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId740069860fb4c6566" w:history="1">
+            <w:hyperlink r:id="rId133369a0b09ac3840" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -362,51 +362,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId890569860fb4c65cb" w:history="1">
+            <w:hyperlink r:id="rId721969a0b09ac38a5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GEOHMO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="42447571" name="name222069860fb4c6686" descr="1825.jpg"/>
+                  <wp:docPr id="16348662" name="name844069a0b09ac3f1c" descr="1825.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1825.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId587169860fb4c6685" cstate="print"/>
+                          <a:blip r:embed="rId132169a0b09ac3f1b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId424969860fb4c67c9" w:history="1">
+            <w:hyperlink r:id="rId738069a0b09ac4035" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1596,63 +1596,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also detected in Friuli Venezia Giulia (EPPO, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83744324" name="name857469860fb4c735f" descr="GEOHMO_distribution_map.jpg"/>
+            <wp:docPr id="50956326" name="name445369a0b09ac5426" descr="GEOHMO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GEOHMO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId140569860fb4c735d" cstate="print"/>
+                    <a:blip r:embed="rId181469a0b09ac5424" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4610,104 +4610,104 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agriculture and Bioscience International) (2019) Invasive Species Compendium – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> datasheet. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId275469860fb4c8785" w:history="1">
+      <w:hyperlink r:id="rId856769a0b09ac6da2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/117952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W, Tisserat N (2012) Questions and answers about thousand cankers disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Bioagricultural Sciences and Pest Management, Colorado State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId630869860fb4c87d1" w:history="1">
+      <w:hyperlink r:id="rId185169a0b09ac6df3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId945869860fb4c87e6" w:history="1"/>
+      <w:hyperlink r:id="rId158169a0b09ac6e07" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Wilstermann A, Hoppe B, Schrader G, Delbianco A and Vos S, 2020. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4800,111 +4800,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId799869860fb4c88c4" w:history="1">
+      <w:hyperlink r:id="rId589169a0b09ac6ee8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) EPPO Global database. EPPO Reporting Service no. 08 – 2016. Num. article: 2016/153. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId583169860fb4c88f7" w:history="1">
+      <w:hyperlink r:id="rId942569a0b09ac6f1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-5898</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) EPPO Global database. EPPO Reporting Service no. 05 – 2019. Num. article: 2019/102. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId369269860fb4c8929" w:history="1">
+      <w:hyperlink r:id="rId619569a0b09ac6f4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6532</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5162,51 +5162,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 741–748. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Graves AD, Coleman TW, Flint ML and Seybold SJ (2009) Walnut twig beetle and thousand cankers disease: Field identification guide, UC-IPM Website Publication, 2 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId610369860fb4c8b1a" w:history="1">
+      <w:hyperlink r:id="rId468269a0b09ac7130" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6072,101 +6072,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California Agriculture and Natural Resources, Statewide Integrated Pest Management Program, 11 pp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId191369860fb4c90bc" w:history="1">
+      <w:hyperlink r:id="rId754969a0b09ac76e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold S, Haugen D and Graves A (2019) Thousand Cankers Disease Survey Guidelines for 2020. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">United States Department of Agriculture: Forest Service (FS) and Plant Protection and Quarantine (PPQ)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, March 2020, 55 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId825369860fb4c910f" w:history="1">
+      <w:hyperlink r:id="rId276169a0b09ac7744" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6582,51 +6582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId453569860fb4c9408" w:history="1">
+      <w:hyperlink r:id="rId305869a0b09ac7a35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6639,63 +6639,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64161349" name="name433269860fb4c94b6" descr="eu_funding_250.png"/>
+            <wp:docPr id="64024021" name="name541869a0b09ac7c2b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId487969860fb4c94b4" cstate="print"/>
+                    <a:blip r:embed="rId275669a0b09ac7c2a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6793,137 +6793,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24280535">
+  <w:abstractNum w:abstractNumId="91538918">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80388471">
+    <w:lvl w:ilvl="0" w:tplc="23023120">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80388471" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23023120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80388471" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23023120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80388471" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23023120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80388471" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23023120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80388471" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23023120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80388471" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23023120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80388471" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23023120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80388471" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23023120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24280534">
+  <w:abstractNum w:abstractNumId="91538917">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63047138">
+    <w:lvl w:ilvl="0" w:tplc="28835507">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7675,55 +7675,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24280534">
-    <w:abstractNumId w:val="24280534"/>
+  <w:num w:numId="91538917">
+    <w:abstractNumId w:val="91538917"/>
   </w:num>
-  <w:num w:numId="24280535">
-    <w:abstractNumId w:val="24280535"/>
+  <w:num w:numId="91538918">
+    <w:abstractNumId w:val="91538918"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19273,51 +19273,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId655889351" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168962114" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId527369860fb4c63d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/datasheet" TargetMode="External"/><Relationship Id="rId740069860fb4c6566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/" TargetMode="External"/><Relationship Id="rId890569860fb4c65cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/categorization" TargetMode="External"/><Relationship Id="rId424969860fb4c67c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/photos" TargetMode="External"/><Relationship Id="rId275469860fb4c8785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/117952" TargetMode="External"/><Relationship Id="rId630869860fb4c87d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf" TargetMode="External"/><Relationship Id="rId945869860fb4c87e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bspm.agsci.-colostate.edu/files/2013/03/Questions-and-Answers-Revision-April-2012.pdf" TargetMode="External"/><Relationship Id="rId799869860fb4c88c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01" TargetMode="External"/><Relationship Id="rId583169860fb4c88f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5898" TargetMode="External"/><Relationship Id="rId369269860fb4c8929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6532" TargetMode="External"/><Relationship Id="rId610369860fb4c8b1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf" TargetMode="External"/><Relationship Id="rId191369860fb4c90bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId825369860fb4c910f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf" TargetMode="External"/><Relationship Id="rId453569860fb4c9408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId587169860fb4c6685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId587169860fb4c6685.jpg"/><Relationship Id="rId140569860fb4c735d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId140569860fb4c735d.jpg"/><Relationship Id="rId487969860fb4c94b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId487969860fb4c94b4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId632984371" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId533050035" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId690569a0b09ac36b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/datasheet" TargetMode="External"/><Relationship Id="rId133369a0b09ac3840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/" TargetMode="External"/><Relationship Id="rId721969a0b09ac38a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/categorization" TargetMode="External"/><Relationship Id="rId738069a0b09ac4035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/photos" TargetMode="External"/><Relationship Id="rId856769a0b09ac6da2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/117952" TargetMode="External"/><Relationship Id="rId185169a0b09ac6df3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf" TargetMode="External"/><Relationship Id="rId158169a0b09ac6e07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bspm.agsci.-colostate.edu/files/2013/03/Questions-and-Answers-Revision-April-2012.pdf" TargetMode="External"/><Relationship Id="rId589169a0b09ac6ee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01" TargetMode="External"/><Relationship Id="rId942569a0b09ac6f1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5898" TargetMode="External"/><Relationship Id="rId619569a0b09ac6f4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6532" TargetMode="External"/><Relationship Id="rId468269a0b09ac7130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf" TargetMode="External"/><Relationship Id="rId754969a0b09ac76e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId276169a0b09ac7744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf" TargetMode="External"/><Relationship Id="rId305869a0b09ac7a35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId132169a0b09ac3f1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId132169a0b09ac3f1b.jpg"/><Relationship Id="rId181469a0b09ac5424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId181469a0b09ac5424.jpg"/><Relationship Id="rId275669a0b09ac7c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId275669a0b09ac7c2a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>