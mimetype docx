--- v7 (2026-02-26)
+++ v8 (2026-03-19)
@@ -113,51 +113,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its insect vector</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId690569a0b09ac36b0" w:history="1">
+      <w:hyperlink r:id="rId735769bb5b2222026" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are responsible for the thousand cankers disease of walnut.</w:t>
       </w:r>
     </w:p>
@@ -302,51 +302,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Hypocreales: Bionectriaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> thousand cankers disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133369a0b09ac3840" w:history="1">
+            <w:hyperlink r:id="rId667369bb5b22221b6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -362,51 +362,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId721969a0b09ac38a5" w:history="1">
+            <w:hyperlink r:id="rId356269bb5b2222271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -420,86 +420,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> GEOHMO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16348662" name="name844069a0b09ac3f1c" descr="1825.jpg"/>
+                  <wp:docPr id="74338156" name="name488069bb5b22223a9" descr="1825.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1825.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId132169a0b09ac3f1b" cstate="print"/>
+                          <a:blip r:embed="rId259069bb5b22223a7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId738069a0b09ac4035" w:history="1">
+            <w:hyperlink r:id="rId893169bb5b222252c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1596,63 +1596,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also detected in Friuli Venezia Giulia (EPPO, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50956326" name="name445369a0b09ac5426" descr="GEOHMO_distribution_map.jpg"/>
+            <wp:docPr id="78637222" name="name339069bb5b2222e0e" descr="GEOHMO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GEOHMO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId181469a0b09ac5424" cstate="print"/>
+                    <a:blip r:embed="rId148569bb5b2222e0c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4610,104 +4610,104 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agriculture and Bioscience International) (2019) Invasive Species Compendium – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> datasheet. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId856769a0b09ac6da2" w:history="1">
+      <w:hyperlink r:id="rId771069bb5b22243e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/117952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W, Tisserat N (2012) Questions and answers about thousand cankers disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Bioagricultural Sciences and Pest Management, Colorado State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId185169a0b09ac6df3" w:history="1">
+      <w:hyperlink r:id="rId385369bb5b2224438" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId158169a0b09ac6e07" w:history="1"/>
+      <w:hyperlink r:id="rId876869bb5b222444e" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Wilstermann A, Hoppe B, Schrader G, Delbianco A and Vos S, 2020. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4800,111 +4800,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId589169a0b09ac6ee8" w:history="1">
+      <w:hyperlink r:id="rId522169bb5b2224537" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) EPPO Global database. EPPO Reporting Service no. 08 – 2016. Num. article: 2016/153. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId942569a0b09ac6f1c" w:history="1">
+      <w:hyperlink r:id="rId960469bb5b222456e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-5898</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) EPPO Global database. EPPO Reporting Service no. 05 – 2019. Num. article: 2019/102. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId619569a0b09ac6f4e" w:history="1">
+      <w:hyperlink r:id="rId587469bb5b22245a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6532</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5162,51 +5162,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 741–748. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Graves AD, Coleman TW, Flint ML and Seybold SJ (2009) Walnut twig beetle and thousand cankers disease: Field identification guide, UC-IPM Website Publication, 2 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId468269a0b09ac7130" w:history="1">
+      <w:hyperlink r:id="rId190969bb5b2224796" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6072,101 +6072,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California Agriculture and Natural Resources, Statewide Integrated Pest Management Program, 11 pp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId754969a0b09ac76e8" w:history="1">
+      <w:hyperlink r:id="rId447669bb5b2224d7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold S, Haugen D and Graves A (2019) Thousand Cankers Disease Survey Guidelines for 2020. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">United States Department of Agriculture: Forest Service (FS) and Plant Protection and Quarantine (PPQ)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, March 2020, 55 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId276169a0b09ac7744" w:history="1">
+      <w:hyperlink r:id="rId976569bb5b2224dd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6582,51 +6582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Geosmithia morbida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId305869a0b09ac7a35" w:history="1">
+      <w:hyperlink r:id="rId466369bb5b2225102" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6639,63 +6639,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64024021" name="name541869a0b09ac7c2b" descr="eu_funding_250.png"/>
+            <wp:docPr id="96679963" name="name996069bb5b222536c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId275669a0b09ac7c2a" cstate="print"/>
+                    <a:blip r:embed="rId284669bb5b222536b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6793,137 +6793,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91538918">
+  <w:abstractNum w:abstractNumId="51991817">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23023120">
+    <w:lvl w:ilvl="0" w:tplc="91123088">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23023120" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91123088" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23023120" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91123088" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23023120" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91123088" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23023120" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91123088" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23023120" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91123088" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23023120" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91123088" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23023120" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91123088" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23023120" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91123088" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91538917">
+  <w:abstractNum w:abstractNumId="51991816">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28835507">
+    <w:lvl w:ilvl="0" w:tplc="59991368">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7675,55 +7675,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91538917">
-    <w:abstractNumId w:val="91538917"/>
+  <w:num w:numId="51991816">
+    <w:abstractNumId w:val="51991816"/>
   </w:num>
-  <w:num w:numId="91538918">
-    <w:abstractNumId w:val="91538918"/>
+  <w:num w:numId="51991817">
+    <w:abstractNumId w:val="51991817"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19273,51 +19273,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId632984371" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId533050035" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId690569a0b09ac36b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/datasheet" TargetMode="External"/><Relationship Id="rId133369a0b09ac3840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/" TargetMode="External"/><Relationship Id="rId721969a0b09ac38a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/categorization" TargetMode="External"/><Relationship Id="rId738069a0b09ac4035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/photos" TargetMode="External"/><Relationship Id="rId856769a0b09ac6da2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/117952" TargetMode="External"/><Relationship Id="rId185169a0b09ac6df3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf" TargetMode="External"/><Relationship Id="rId158169a0b09ac6e07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bspm.agsci.-colostate.edu/files/2013/03/Questions-and-Answers-Revision-April-2012.pdf" TargetMode="External"/><Relationship Id="rId589169a0b09ac6ee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01" TargetMode="External"/><Relationship Id="rId942569a0b09ac6f1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5898" TargetMode="External"/><Relationship Id="rId619569a0b09ac6f4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6532" TargetMode="External"/><Relationship Id="rId468269a0b09ac7130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf" TargetMode="External"/><Relationship Id="rId754969a0b09ac76e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId276169a0b09ac7744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf" TargetMode="External"/><Relationship Id="rId305869a0b09ac7a35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId132169a0b09ac3f1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId132169a0b09ac3f1b.jpg"/><Relationship Id="rId181469a0b09ac5424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId181469a0b09ac5424.jpg"/><Relationship Id="rId275669a0b09ac7c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId275669a0b09ac7c2a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId170865709" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId797592917" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId735769bb5b2222026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/datasheet" TargetMode="External"/><Relationship Id="rId667369bb5b22221b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/" TargetMode="External"/><Relationship Id="rId356269bb5b2222271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/categorization" TargetMode="External"/><Relationship Id="rId893169bb5b222252c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/photos" TargetMode="External"/><Relationship Id="rId771069bb5b22243e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/117952" TargetMode="External"/><Relationship Id="rId385369bb5b2224438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thousandcankers.com/wp-content/uploads/2018/08/CSU_TCD_FAQ_7_2012.pdf" TargetMode="External"/><Relationship Id="rId876869bb5b222444e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bspm.agsci.-colostate.edu/files/2013/03/Questions-and-Answers-Revision-April-2012.pdf" TargetMode="External"/><Relationship Id="rId522169bb5b2224537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/aa43e4f8-7092-445b-84c1-af9f40bdae01" TargetMode="External"/><Relationship Id="rId960469bb5b222456e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5898" TargetMode="External"/><Relationship Id="rId587469bb5b22245a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6532" TargetMode="External"/><Relationship Id="rId190969bb5b2224796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PDF/MISC/thousand_cankers_field_guide.pdf" TargetMode="External"/><Relationship Id="rId447669bb5b2224d7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId976569bb5b2224dd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/tcd/downloads/tcd-survey-guidelines.pdf" TargetMode="External"/><Relationship Id="rId466369bb5b2225102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId259069bb5b22223a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId259069bb5b22223a7.jpg"/><Relationship Id="rId148569bb5b2222e0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId148569bb5b2222e0c.jpg"/><Relationship Id="rId284669bb5b222536b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId284669bb5b222536b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>