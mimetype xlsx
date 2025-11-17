--- v0 (2025-10-08)
+++ v1 (2025-11-17)
@@ -12,62 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GEBJA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- incidental host.</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>APLOBE</t>
   </si>
   <si>
     <t>Aphelenchoides besseyi (as Gerbera)</t>
   </si>
   <si>
     <t>* Oliveira CJ, Subbotin SA, Alvarez-Ortega S, Desaeger J, Brito JA, Xavier KV, Freitas LG, Vau S, Inserra RN (2019) Morphological and molecular identification of two Florida populations of foliar nematodes (Aphelenchoides spp.) isolated from strawberry with the description of Aphelenchoides pseudogoodeyi sp. n. (Nematoda: Aphelenchoididae) and notes on their bionomics. Plant Disease 103(11), 2825-2842.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>CHONPA</t>
   </si>
   <si>
     <t>Choristoneura parallela</t>
   </si>
   <si>
     <t xml:space="preserve">* Brown JW, Robinson G, Powell JA (2008) Food plant database of the leafrollers of the world (Lepidoptera: Tortricidae) (Version 1.0). http://www.tortricid.net/foodplants.asp.
 ------- citing Anonymous (1983)
@@ -545,330 +558,344 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D20"/>
+  <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="478.883" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="D7"/>
+        <v>23</v>
+      </c>
+      <c r="D7" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D14"/>
+        <v>42</v>
+      </c>
+      <c r="D14" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" t="s">
         <v>47</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C17" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B19" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>58</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
+        <v>49</v>
+      </c>
+      <c r="B21" t="s">
+        <v>59</v>
+      </c>
+      <c r="C21" t="s">
+        <v>60</v>
+      </c>
+      <c r="D21" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">